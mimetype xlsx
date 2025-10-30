--- v0 (2025-10-09)
+++ v1 (2025-10-30)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Skurupshem" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="125" uniqueCount="125">
   <si>
-    <t>Giltiga ramavtal för Skurupshem AB 2025-10-09</t>
+    <t>Giltiga ramavtal för Skurupshem AB 2025-10-30</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -181,78 +181,78 @@
   <si>
     <t>23.3-2904-2024-002</t>
   </si>
   <si>
     <t>23.3-7600-2024-001</t>
   </si>
   <si>
     <t>Celab Communications Aktiebolag</t>
   </si>
   <si>
     <t xml:space="preserve">5561971291      </t>
   </si>
   <si>
     <t>Rakel- och radioutrustning</t>
   </si>
   <si>
     <t>Rakel- och radioutrustning / Rakel - och radioutrustning</t>
   </si>
   <si>
     <t>2025-10-01</t>
   </si>
   <si>
     <t>2029-09-30</t>
   </si>
   <si>
+    <t>23.3-5890-2023-007</t>
+  </si>
+  <si>
+    <t>DataCom Group Nordic AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5563697746      </t>
+  </si>
+  <si>
+    <t>23.3-3262-2024-003</t>
+  </si>
+  <si>
+    <t>Dustin Sverige AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5566661012      </t>
+  </si>
+  <si>
+    <t>23.3-2904-2024-003</t>
+  </si>
+  <si>
     <t>23.3-5890-2023-006</t>
   </si>
   <si>
-    <t>Centric IT Solutions Sweden AB</t>
+    <t>Eccera IT Solutions AB</t>
   </si>
   <si>
     <t xml:space="preserve">5567714349      </t>
-  </si>
-[...19 lines deleted...]
-    <t>23.3-2904-2024-003</t>
   </si>
   <si>
     <t>23.3-3262-2024-004</t>
   </si>
   <si>
     <t>Foxway AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564700309      </t>
   </si>
   <si>
     <t>23.3-2904-2024-004</t>
   </si>
   <si>
     <t>23.3-10639-2023-005</t>
   </si>
   <si>
     <t>Fujitsu Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5561475897      </t>
   </si>
   <si>
     <t>23.3-2965-20:005</t>
   </si>
@@ -1001,164 +1001,164 @@
       </c>
       <c r="E20" s="0" t="s">
         <v>39</v>
       </c>
       <c r="F20" s="0" t="s">
         <v>36</v>
       </c>
       <c r="G20" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
         <v>60</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>61</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>62</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>34</v>
+        <v>21</v>
       </c>
       <c r="E21" s="0" t="s">
-        <v>39</v>
+        <v>22</v>
       </c>
       <c r="F21" s="0" t="s">
-        <v>36</v>
+        <v>23</v>
       </c>
       <c r="G21" s="0" t="s">
-        <v>37</v>
+        <v>24</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
-        <v>63</v>
+        <v>60</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E22" s="0" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="F22" s="0" t="s">
         <v>23</v>
       </c>
       <c r="G22" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
         <v>63</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>21</v>
+        <v>28</v>
       </c>
       <c r="E23" s="0" t="s">
-        <v>26</v>
+        <v>29</v>
       </c>
       <c r="F23" s="0" t="s">
-        <v>23</v>
+        <v>30</v>
       </c>
       <c r="G23" s="0" t="s">
-        <v>24</v>
+        <v>31</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
-        <v>66</v>
+        <v>63</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>65</v>
+        <v>62</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>28</v>
       </c>
       <c r="E24" s="0" t="s">
-        <v>29</v>
+        <v>32</v>
       </c>
       <c r="F24" s="0" t="s">
         <v>30</v>
       </c>
       <c r="G24" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
+        <v>64</v>
+      </c>
+      <c r="B25" s="0" t="s">
+        <v>65</v>
+      </c>
+      <c r="C25" s="0" t="s">
         <v>66</v>
       </c>
-      <c r="B25" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D25" s="0" t="s">
-        <v>28</v>
+        <v>34</v>
       </c>
       <c r="E25" s="0" t="s">
-        <v>32</v>
+        <v>39</v>
       </c>
       <c r="F25" s="0" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="G25" s="0" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
         <v>67</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>68</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>69</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E26" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F26" s="0" t="s">
         <v>23</v>
       </c>
       <c r="G26" s="0" t="s">