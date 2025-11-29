--- v1 (2025-10-30)
+++ v2 (2025-11-29)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Skurupshem" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="125" uniqueCount="125">
   <si>
-    <t>Giltiga ramavtal för Skurupshem AB 2025-10-30</t>
+    <t>Giltiga ramavtal för Skurupshem AB 2025-11-29</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -88,51 +88,51 @@
   <si>
     <t>23.3-3262-2024-001</t>
   </si>
   <si>
     <t>Advania Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5562149996      </t>
   </si>
   <si>
     <t>Bärbara datorer</t>
   </si>
   <si>
     <t>Bärbara datorer / Bärbara datorer / Särskild fördelningsnyckel</t>
   </si>
   <si>
     <t>2025-09-09</t>
   </si>
   <si>
     <t>2029-09-08</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
-    <t>Bärbara datorer / Bärbara datorer / Förnyad konkurrensersättning</t>
+    <t>Bärbara datorer / Bärbara datorer / Förnyad konkurrensutsättning</t>
   </si>
   <si>
     <t>23.3-2904-2024-001</t>
   </si>
   <si>
     <t>Datorer, mobiltelefoner och surfplattor</t>
   </si>
   <si>
     <t>Datorer, mobiltelefoner och surfplattor / Datorer, mobiltelefoner och surfplattor / Särskild fördelningsnyckel</t>
   </si>
   <si>
     <t>2025-09-27</t>
   </si>
   <si>
     <t>2029-09-26</t>
   </si>
   <si>
     <t>Datorer, mobiltelefoner och surfplattor / Datorer, mobiltelefoner och surfplattor / Förnyad konkurrensersättning</t>
   </si>
   <si>
     <t>23.3-10639-2023-001</t>
   </si>
   <si>
     <t>IT-drift</t>
   </si>