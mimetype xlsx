--- v2 (2025-11-29)
+++ v3 (2025-12-20)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Skurupshem" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="125" uniqueCount="125">
   <si>
-    <t>Giltiga ramavtal för Skurupshem AB 2025-11-29</t>
+    <t>Giltiga ramavtal för Skurupshem AB 2025-12-20</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>