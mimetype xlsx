--- v3 (2025-12-20)
+++ v4 (2026-01-29)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Skurupshem" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="125" uniqueCount="125">
   <si>
-    <t>Giltiga ramavtal för Skurupshem AB 2025-12-20</t>
+    <t>Giltiga ramavtal för Skurupshem AB 2026-01-29</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>