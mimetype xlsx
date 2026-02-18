--- v4 (2026-01-29)
+++ v5 (2026-02-18)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Skurupshem" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="125" uniqueCount="125">
   <si>
-    <t>Giltiga ramavtal för Skurupshem AB 2026-01-29</t>
+    <t>Giltiga ramavtal för Skurupshem AB 2026-02-18</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>