--- v5 (2026-02-18)
+++ v6 (2026-03-10)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Skurupshem" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="125" uniqueCount="125">
   <si>
-    <t>Giltiga ramavtal för Skurupshem AB 2026-02-18</t>
+    <t>Giltiga ramavtal för Skurupshem AB 2026-03-10</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -247,51 +247,51 @@
   <si>
     <t>23.3-10639-2023-005</t>
   </si>
   <si>
     <t>Fujitsu Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5561475897      </t>
   </si>
   <si>
     <t>23.3-2965-20:005</t>
   </si>
   <si>
     <t>IDEMIA Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5560297250      </t>
   </si>
   <si>
     <t>23.3-3262-2024-005</t>
   </si>
   <si>
     <t>itm8 Sverige AB</t>
   </si>
   <si>
-    <t xml:space="preserve">5569908485      </t>
+    <t>5569908485</t>
   </si>
   <si>
     <t>23.3-10639-2023-003</t>
   </si>
   <si>
     <t>Iver Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565753042      </t>
   </si>
   <si>
     <t>23.3-3262-2024-006</t>
   </si>
   <si>
     <t>Iver Workplace AB</t>
   </si>
   <si>
     <t xml:space="preserve">5567707244      </t>
   </si>
   <si>
     <t>23.3-5890-2023-001</t>
   </si>
   <si>
     <t>NetBin Sverige AB</t>
   </si>
@@ -370,51 +370,51 @@
   <si>
     <t>23.3-7600-2024-003</t>
   </si>
   <si>
     <t>TC Connect Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5569064107      </t>
   </si>
   <si>
     <t>23.3-2965-20:007</t>
   </si>
   <si>
     <t>Technology Nexus Secured Business Solutions AB</t>
   </si>
   <si>
     <t xml:space="preserve">5562580414      </t>
   </si>
   <si>
     <t>23.3-2965-20:004</t>
   </si>
   <si>
     <t>Telia Cygate AB</t>
   </si>
   <si>
-    <t xml:space="preserve">5565498952      </t>
+    <t>5565498952</t>
   </si>
   <si>
     <t>23.3-10639-2023-002</t>
   </si>
   <si>
     <t>Videnca AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565396081      </t>
   </si>
   <si>
     <t>23.3-5890-2023-004</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <name val="Aptos Narrow"/>
     </font>
     <font>