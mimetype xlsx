--- v6 (2026-03-10)
+++ v7 (2026-03-30)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Skurupshem" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="125" uniqueCount="125">
   <si>
-    <t>Giltiga ramavtal för Skurupshem AB 2026-03-10</t>
+    <t>Giltiga ramavtal för Skurupshem AB 2026-03-30</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -247,51 +247,51 @@
   <si>
     <t>23.3-10639-2023-005</t>
   </si>
   <si>
     <t>Fujitsu Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5561475897      </t>
   </si>
   <si>
     <t>23.3-2965-20:005</t>
   </si>
   <si>
     <t>IDEMIA Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5560297250      </t>
   </si>
   <si>
     <t>23.3-3262-2024-005</t>
   </si>
   <si>
     <t>itm8 Sverige AB</t>
   </si>
   <si>
-    <t>5569908485</t>
+    <t xml:space="preserve">5569908485      </t>
   </si>
   <si>
     <t>23.3-10639-2023-003</t>
   </si>
   <si>
     <t>Iver Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565753042      </t>
   </si>
   <si>
     <t>23.3-3262-2024-006</t>
   </si>
   <si>
     <t>Iver Workplace AB</t>
   </si>
   <si>
     <t xml:space="preserve">5567707244      </t>
   </si>
   <si>
     <t>23.3-5890-2023-001</t>
   </si>
   <si>
     <t>NetBin Sverige AB</t>
   </si>
@@ -370,51 +370,51 @@
   <si>
     <t>23.3-7600-2024-003</t>
   </si>
   <si>
     <t>TC Connect Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5569064107      </t>
   </si>
   <si>
     <t>23.3-2965-20:007</t>
   </si>
   <si>
     <t>Technology Nexus Secured Business Solutions AB</t>
   </si>
   <si>
     <t xml:space="preserve">5562580414      </t>
   </si>
   <si>
     <t>23.3-2965-20:004</t>
   </si>
   <si>
     <t>Telia Cygate AB</t>
   </si>
   <si>
-    <t>5565498952</t>
+    <t xml:space="preserve">5565498952      </t>
   </si>
   <si>
     <t>23.3-10639-2023-002</t>
   </si>
   <si>
     <t>Videnca AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565396081      </t>
   </si>
   <si>
     <t>23.3-5890-2023-004</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <name val="Aptos Narrow"/>
     </font>
     <font>