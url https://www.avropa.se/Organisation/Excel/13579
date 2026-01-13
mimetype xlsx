--- v0 (2025-10-24)
+++ v1 (2026-01-13)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Tekniska v" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="295" uniqueCount="295">
   <si>
-    <t>Giltiga ramavtal för Tekniska verket i Linköping AB (publ) 2025-10-24</t>
+    <t>Giltiga ramavtal för Tekniska verket i Linköping AB (publ) 2026-01-13</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -490,50 +490,59 @@
   <si>
     <t>23.3-10517-20:004</t>
   </si>
   <si>
     <t>23.3-5432-19:008</t>
   </si>
   <si>
     <t>23.3-5890-2023-006</t>
   </si>
   <si>
     <t>Eccera IT Solutions AB</t>
   </si>
   <si>
     <t xml:space="preserve">5567714349      </t>
   </si>
   <si>
     <t>23.3-4104-2022-006</t>
   </si>
   <si>
     <t>Finlarm Aktiebolag</t>
   </si>
   <si>
     <t xml:space="preserve">5563767382      </t>
   </si>
   <si>
+    <t>23.3-10517-20:006</t>
+  </si>
+  <si>
+    <t>Forté Sweden AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5563657039      </t>
+  </si>
+  <si>
     <t>23.3-3081-2023-003</t>
   </si>
   <si>
     <t>Foxway AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564700309      </t>
   </si>
   <si>
     <t>23.3-10517-20:005</t>
   </si>
   <si>
     <t>23.3-10639-2023-005</t>
   </si>
   <si>
     <t>Fujitsu Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5561475897      </t>
   </si>
   <si>
     <t>23.3-2651-2022-007</t>
   </si>
   <si>
     <t>23.3-10150-2021-006</t>
@@ -550,59 +559,50 @@
   <si>
     <t>Kommunikationstjänster inom tele- och datakom / Kommunikationslösningar / Särskild fördelningsnyckel</t>
   </si>
   <si>
     <t>Kommunikationstjänster inom tele- och datakom / Kommunikationslösningar / Förnyad konkurrensutsättning</t>
   </si>
   <si>
     <t>23.3-4104-2022-009</t>
   </si>
   <si>
     <t>Great Security Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565354726      </t>
   </si>
   <si>
     <t>23.3-2649-2022-004</t>
   </si>
   <si>
     <t>HiQ International AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565293205      </t>
   </si>
   <si>
-    <t>23.3-10517-20:006</t>
-[...7 lines deleted...]
-  <si>
     <t>23.3-2650-2022-006</t>
   </si>
   <si>
     <t>Insight Technology Solutions AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565559522      </t>
   </si>
   <si>
     <t>23.3-10639-2023-003</t>
   </si>
   <si>
     <t>Iver Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565753042      </t>
   </si>
   <si>
     <t>23.3-2649-2022-005</t>
   </si>
   <si>
     <t>Knowit Connectivity AB</t>
   </si>
   <si>
     <t xml:space="preserve">5562540673      </t>
@@ -646,51 +646,51 @@
   <si>
     <t>23.3-5890-2023-002</t>
   </si>
   <si>
     <t>Nordlo Advance AB (f.d.EPM Data)</t>
   </si>
   <si>
     <t xml:space="preserve">5564861689      </t>
   </si>
   <si>
     <t>23.3-10639-2023-007</t>
   </si>
   <si>
     <t>Nordlo Improve AB</t>
   </si>
   <si>
     <t xml:space="preserve">5562719129      </t>
   </si>
   <si>
     <t>23.3-11119-2021-003</t>
   </si>
   <si>
     <t>Office Sverige AB</t>
   </si>
   <si>
-    <t xml:space="preserve">5563544948      </t>
+    <t xml:space="preserve">5569926388      </t>
   </si>
   <si>
     <t>23.3-10639-2023-004</t>
   </si>
   <si>
     <t>Orange Business Digital Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566380639      </t>
   </si>
   <si>
     <t>23.3-5890-2023-005</t>
   </si>
   <si>
     <t>23.3-2771-21:012</t>
   </si>
   <si>
     <t>Orange Cyberdefense Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565897211      </t>
   </si>
   <si>
     <t>23.3-11119-2021-004</t>
   </si>
@@ -2369,346 +2369,346 @@
       </c>
       <c r="E53" s="0" t="s">
         <v>98</v>
       </c>
       <c r="F53" s="0" t="s">
         <v>99</v>
       </c>
       <c r="G53" s="0" t="s">
         <v>100</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
         <v>160</v>
       </c>
       <c r="B54" s="0" t="s">
         <v>161</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>162</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>27</v>
+        <v>83</v>
       </c>
       <c r="E54" s="0" t="s">
-        <v>28</v>
+        <v>84</v>
       </c>
       <c r="F54" s="0" t="s">
-        <v>29</v>
+        <v>85</v>
       </c>
       <c r="G54" s="0" t="s">
-        <v>30</v>
+        <v>86</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
-        <v>160</v>
+        <v>163</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="D55" s="0" t="s">
         <v>27</v>
       </c>
       <c r="E55" s="0" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="F55" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G55" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
         <v>163</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>161</v>
+        <v>164</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="D56" s="0" t="s">
-        <v>83</v>
+        <v>27</v>
       </c>
       <c r="E56" s="0" t="s">
-        <v>84</v>
+        <v>31</v>
       </c>
       <c r="F56" s="0" t="s">
-        <v>85</v>
+        <v>29</v>
       </c>
       <c r="G56" s="0" t="s">
-        <v>86</v>
+        <v>30</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
+        <v>166</v>
+      </c>
+      <c r="B57" s="0" t="s">
         <v>164</v>
       </c>
-      <c r="B57" s="0" t="s">
+      <c r="C57" s="0" t="s">
         <v>165</v>
       </c>
-      <c r="C57" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D57" s="0" t="s">
-        <v>20</v>
+        <v>83</v>
       </c>
       <c r="E57" s="0" t="s">
-        <v>21</v>
+        <v>84</v>
       </c>
       <c r="F57" s="0" t="s">
-        <v>22</v>
+        <v>85</v>
       </c>
       <c r="G57" s="0" t="s">
-        <v>23</v>
+        <v>86</v>
       </c>
       <c r="H57" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
         <v>167</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="D58" s="0" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="E58" s="0" t="s">
-        <v>13</v>
+        <v>21</v>
       </c>
       <c r="F58" s="0" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G58" s="0" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
+        <v>170</v>
+      </c>
+      <c r="B59" s="0" t="s">
         <v>168</v>
       </c>
-      <c r="B59" s="0" t="s">
+      <c r="C59" s="0" t="s">
         <v>169</v>
       </c>
-      <c r="C59" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D59" s="0" t="s">
-        <v>54</v>
+        <v>12</v>
       </c>
       <c r="E59" s="0" t="s">
-        <v>55</v>
+        <v>13</v>
       </c>
       <c r="F59" s="0" t="s">
-        <v>56</v>
+        <v>14</v>
       </c>
       <c r="G59" s="0" t="s">
-        <v>57</v>
+        <v>15</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
         <v>171</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="D60" s="0" t="s">
         <v>54</v>
       </c>
       <c r="E60" s="0" t="s">
-        <v>172</v>
+        <v>55</v>
       </c>
       <c r="F60" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G60" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H60" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
-        <v>168</v>
+        <v>174</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="D61" s="0" t="s">
         <v>54</v>
       </c>
       <c r="E61" s="0" t="s">
-        <v>58</v>
+        <v>175</v>
       </c>
       <c r="F61" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G61" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H61" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
         <v>171</v>
       </c>
       <c r="B62" s="0" t="s">
-        <v>169</v>
+        <v>172</v>
       </c>
       <c r="C62" s="0" t="s">
-        <v>170</v>
+        <v>173</v>
       </c>
       <c r="D62" s="0" t="s">
         <v>54</v>
       </c>
       <c r="E62" s="0" t="s">
-        <v>173</v>
+        <v>58</v>
       </c>
       <c r="F62" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G62" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H62" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
         <v>174</v>
       </c>
       <c r="B63" s="0" t="s">
-        <v>175</v>
+        <v>172</v>
       </c>
       <c r="C63" s="0" t="s">
+        <v>173</v>
+      </c>
+      <c r="D63" s="0" t="s">
+        <v>54</v>
+      </c>
+      <c r="E63" s="0" t="s">
         <v>176</v>
       </c>
-      <c r="D63" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F63" s="0" t="s">
-        <v>99</v>
+        <v>56</v>
       </c>
       <c r="G63" s="0" t="s">
-        <v>100</v>
+        <v>57</v>
       </c>
       <c r="H63" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
         <v>177</v>
       </c>
       <c r="B64" s="0" t="s">
         <v>178</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>179</v>
       </c>
       <c r="D64" s="0" t="s">
-        <v>12</v>
+        <v>46</v>
       </c>
       <c r="E64" s="0" t="s">
-        <v>74</v>
+        <v>98</v>
       </c>
       <c r="F64" s="0" t="s">
-        <v>75</v>
+        <v>99</v>
       </c>
       <c r="G64" s="0" t="s">
-        <v>76</v>
+        <v>100</v>
       </c>
       <c r="H64" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
         <v>180</v>
       </c>
       <c r="B65" s="0" t="s">
         <v>181</v>
       </c>
       <c r="C65" s="0" t="s">
         <v>182</v>
       </c>
       <c r="D65" s="0" t="s">
-        <v>83</v>
+        <v>12</v>
       </c>
       <c r="E65" s="0" t="s">
-        <v>84</v>
+        <v>74</v>
       </c>
       <c r="F65" s="0" t="s">
-        <v>85</v>
+        <v>75</v>
       </c>
       <c r="G65" s="0" t="s">
-        <v>86</v>
+        <v>76</v>
       </c>
       <c r="H65" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
         <v>183</v>
       </c>
       <c r="B66" s="0" t="s">
         <v>184</v>
       </c>
       <c r="C66" s="0" t="s">
         <v>185</v>
       </c>
       <c r="D66" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E66" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F66" s="0" t="s">
         <v>34</v>
       </c>
       <c r="G66" s="0" t="s">
@@ -3750,51 +3750,51 @@
       </c>
       <c r="F106" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G106" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H106" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="0" t="s">
         <v>269</v>
       </c>
       <c r="B107" s="0" t="s">
         <v>266</v>
       </c>
       <c r="C107" s="0" t="s">
         <v>267</v>
       </c>
       <c r="D107" s="0" t="s">
         <v>54</v>
       </c>
       <c r="E107" s="0" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="F107" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G107" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H107" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="0" t="s">
         <v>268</v>
       </c>
       <c r="B108" s="0" t="s">
         <v>266</v>
       </c>
       <c r="C108" s="0" t="s">
         <v>267</v>
       </c>
       <c r="D108" s="0" t="s">
         <v>54</v>
       </c>
       <c r="E108" s="0" t="s">
@@ -3802,51 +3802,51 @@
       </c>
       <c r="F108" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G108" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H108" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="0" t="s">
         <v>269</v>
       </c>
       <c r="B109" s="0" t="s">
         <v>266</v>
       </c>
       <c r="C109" s="0" t="s">
         <v>267</v>
       </c>
       <c r="D109" s="0" t="s">
         <v>54</v>
       </c>
       <c r="E109" s="0" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="F109" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G109" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H109" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="0" t="s">
         <v>270</v>
       </c>
       <c r="B110" s="0" t="s">
         <v>266</v>
       </c>
       <c r="C110" s="0" t="s">
         <v>267</v>
       </c>
       <c r="D110" s="0" t="s">
         <v>37</v>
       </c>
       <c r="E110" s="0" t="s">
@@ -3932,51 +3932,51 @@
       </c>
       <c r="F113" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G113" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H113" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="0" t="s">
         <v>275</v>
       </c>
       <c r="B114" s="0" t="s">
         <v>272</v>
       </c>
       <c r="C114" s="0" t="s">
         <v>273</v>
       </c>
       <c r="D114" s="0" t="s">
         <v>54</v>
       </c>
       <c r="E114" s="0" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="F114" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G114" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H114" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="0" t="s">
         <v>274</v>
       </c>
       <c r="B115" s="0" t="s">
         <v>272</v>
       </c>
       <c r="C115" s="0" t="s">
         <v>273</v>
       </c>
       <c r="D115" s="0" t="s">
         <v>54</v>
       </c>
       <c r="E115" s="0" t="s">
@@ -3984,51 +3984,51 @@
       </c>
       <c r="F115" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G115" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H115" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="0" t="s">
         <v>275</v>
       </c>
       <c r="B116" s="0" t="s">
         <v>272</v>
       </c>
       <c r="C116" s="0" t="s">
         <v>273</v>
       </c>
       <c r="D116" s="0" t="s">
         <v>54</v>
       </c>
       <c r="E116" s="0" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="F116" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G116" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H116" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="0" t="s">
         <v>276</v>
       </c>
       <c r="B117" s="0" t="s">
         <v>277</v>
       </c>
       <c r="C117" s="0" t="s">
         <v>278</v>
       </c>
       <c r="D117" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E117" s="0" t="s">
@@ -4114,51 +4114,51 @@
       </c>
       <c r="F120" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G120" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H120" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="0" t="s">
         <v>284</v>
       </c>
       <c r="B121" s="0" t="s">
         <v>282</v>
       </c>
       <c r="C121" s="0" t="s">
         <v>283</v>
       </c>
       <c r="D121" s="0" t="s">
         <v>54</v>
       </c>
       <c r="E121" s="0" t="s">
-        <v>172</v>
+        <v>175</v>
       </c>
       <c r="F121" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G121" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H121" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="0" t="s">
         <v>281</v>
       </c>
       <c r="B122" s="0" t="s">
         <v>282</v>
       </c>
       <c r="C122" s="0" t="s">
         <v>283</v>
       </c>
       <c r="D122" s="0" t="s">
         <v>54</v>
       </c>
       <c r="E122" s="0" t="s">
@@ -4166,51 +4166,51 @@
       </c>
       <c r="F122" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G122" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H122" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="0" t="s">
         <v>284</v>
       </c>
       <c r="B123" s="0" t="s">
         <v>282</v>
       </c>
       <c r="C123" s="0" t="s">
         <v>283</v>
       </c>
       <c r="D123" s="0" t="s">
         <v>54</v>
       </c>
       <c r="E123" s="0" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="F123" s="0" t="s">
         <v>56</v>
       </c>
       <c r="G123" s="0" t="s">
         <v>57</v>
       </c>
       <c r="H123" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="0" t="s">
         <v>285</v>
       </c>
       <c r="B124" s="0" t="s">
         <v>286</v>
       </c>
       <c r="C124" s="0" t="s">
         <v>287</v>
       </c>
       <c r="D124" s="0" t="s">
         <v>67</v>
       </c>
       <c r="E124" s="0" t="s">