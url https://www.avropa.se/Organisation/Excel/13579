--- v1 (2026-01-13)
+++ v2 (2026-02-02)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Tekniska v" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="295" uniqueCount="295">
   <si>
-    <t>Giltiga ramavtal för Tekniska verket i Linköping AB (publ) 2026-01-13</t>
+    <t>Giltiga ramavtal för Tekniska verket i Linköping AB (publ) 2026-02-02</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>