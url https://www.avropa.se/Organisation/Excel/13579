--- v2 (2026-02-02)
+++ v3 (2026-02-22)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Tekniska v" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="295" uniqueCount="295">
   <si>
-    <t>Giltiga ramavtal för Tekniska verket i Linköping AB (publ) 2026-02-02</t>
+    <t>Giltiga ramavtal för Tekniska verket i Linköping AB (publ) 2026-02-22</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>