--- v3 (2026-02-22)
+++ v4 (2026-03-14)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Tekniska v" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="295" uniqueCount="295">
   <si>
-    <t>Giltiga ramavtal för Tekniska verket i Linköping AB (publ) 2026-02-22</t>
+    <t>Giltiga ramavtal för Tekniska verket i Linköping AB (publ) 2026-03-14</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>