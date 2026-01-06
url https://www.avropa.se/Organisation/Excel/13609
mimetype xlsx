--- v0 (2025-10-16)
+++ v1 (2026-01-06)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Uppsala va" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="166" uniqueCount="166">
   <si>
-    <t>Giltiga ramavtal för Uppsala vatten och avfall AB 2025-10-16</t>
+    <t>Giltiga ramavtal för Uppsala vatten och avfall AB 2026-01-07</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -295,93 +295,93 @@
   <si>
     <t>Cuebid Väst AB</t>
   </si>
   <si>
     <t xml:space="preserve">5591484968      </t>
   </si>
   <si>
     <t>23.3-8027-2021-005</t>
   </si>
   <si>
     <t>Dustin Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566661012      </t>
   </si>
   <si>
     <t>23.3-2771-21:005</t>
   </si>
   <si>
     <t>23.3-10517-20:004</t>
   </si>
   <si>
     <t>23.3-5432-19:008</t>
   </si>
   <si>
+    <t>23.3-10517-20:006</t>
+  </si>
+  <si>
+    <t>Forté Sweden AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5563657039      </t>
+  </si>
+  <si>
     <t>23.3-10517-20:005</t>
   </si>
   <si>
     <t>Foxway AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564700309      </t>
   </si>
   <si>
     <t>23.3-10150-2021-006</t>
   </si>
   <si>
     <t>GlobalConnect AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565976122      </t>
   </si>
   <si>
     <t>23.3-10150-2021-001</t>
   </si>
   <si>
     <t>Kommunikationstjänster inom tele- och datakom / Kommunikationslösningar / Särskild fördelningsnyckel</t>
   </si>
   <si>
     <t>Kommunikationstjänster inom tele- och datakom / Kommunikationslösningar / Förnyad konkurrensutsättning</t>
   </si>
   <si>
     <t>23.3-2965-20:005</t>
   </si>
   <si>
     <t>IDEMIA Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5560297250      </t>
-  </si>
-[...7 lines deleted...]
-    <t xml:space="preserve">5563657039      </t>
   </si>
   <si>
     <t>23.3-2771-21:011</t>
   </si>
   <si>
     <t>NetNordic Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566997309      </t>
   </si>
   <si>
     <t>23.3-2771-21:012</t>
   </si>
   <si>
     <t>Orange Cyberdefense Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565897211      </t>
   </si>
   <si>
     <t>23.3-2771-21:006</t>
   </si>
   <si>
     <t>Proact IT Sweden AB</t>
   </si>
@@ -1384,219 +1384,219 @@
       </c>
       <c r="E30" s="0" t="s">
         <v>56</v>
       </c>
       <c r="F30" s="0" t="s">
         <v>57</v>
       </c>
       <c r="G30" s="0" t="s">
         <v>58</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
         <v>98</v>
       </c>
       <c r="B31" s="0" t="s">
         <v>99</v>
       </c>
       <c r="C31" s="0" t="s">
         <v>100</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>34</v>
+        <v>55</v>
       </c>
       <c r="E31" s="0" t="s">
-        <v>35</v>
+        <v>56</v>
       </c>
       <c r="F31" s="0" t="s">
-        <v>36</v>
+        <v>57</v>
       </c>
       <c r="G31" s="0" t="s">
-        <v>37</v>
+        <v>58</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
         <v>101</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>34</v>
       </c>
       <c r="E32" s="0" t="s">
-        <v>102</v>
+        <v>35</v>
       </c>
       <c r="F32" s="0" t="s">
         <v>36</v>
       </c>
       <c r="G32" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
-        <v>98</v>
+        <v>104</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="D33" s="0" t="s">
         <v>34</v>
       </c>
       <c r="E33" s="0" t="s">
-        <v>38</v>
+        <v>105</v>
       </c>
       <c r="F33" s="0" t="s">
         <v>36</v>
       </c>
       <c r="G33" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
         <v>101</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>99</v>
+        <v>102</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>100</v>
+        <v>103</v>
       </c>
       <c r="D34" s="0" t="s">
         <v>34</v>
       </c>
       <c r="E34" s="0" t="s">
-        <v>103</v>
+        <v>38</v>
       </c>
       <c r="F34" s="0" t="s">
         <v>36</v>
       </c>
       <c r="G34" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
         <v>104</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="C35" s="0" t="s">
+        <v>103</v>
+      </c>
+      <c r="D35" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="E35" s="0" t="s">
         <v>106</v>
       </c>
-      <c r="D35" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F35" s="0" t="s">
-        <v>14</v>
+        <v>36</v>
       </c>
       <c r="G35" s="0" t="s">
-        <v>15</v>
+        <v>37</v>
       </c>
       <c r="H35" s="0" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="E36" s="0" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="F36" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G36" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
         <v>107</v>
       </c>
       <c r="B37" s="0" t="s">
         <v>108</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>109</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>55</v>
+        <v>16</v>
       </c>
       <c r="E37" s="0" t="s">
-        <v>56</v>
+        <v>17</v>
       </c>
       <c r="F37" s="0" t="s">
-        <v>57</v>
+        <v>14</v>
       </c>
       <c r="G37" s="0" t="s">
-        <v>58</v>
+        <v>15</v>
       </c>
       <c r="H37" s="0" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
         <v>110</v>
       </c>
       <c r="B38" s="0" t="s">
         <v>111</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>112</v>
       </c>
       <c r="D38" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E38" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F38" s="0" t="s">
         <v>41</v>
       </c>
       <c r="G38" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H38" s="0" t="s">
@@ -1985,51 +1985,51 @@
       </c>
       <c r="F53" s="0" t="s">
         <v>36</v>
       </c>
       <c r="G53" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
         <v>150</v>
       </c>
       <c r="B54" s="0" t="s">
         <v>148</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>149</v>
       </c>
       <c r="D54" s="0" t="s">
         <v>34</v>
       </c>
       <c r="E54" s="0" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="F54" s="0" t="s">
         <v>36</v>
       </c>
       <c r="G54" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
         <v>147</v>
       </c>
       <c r="B55" s="0" t="s">
         <v>148</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>149</v>
       </c>
       <c r="D55" s="0" t="s">
         <v>34</v>
       </c>
       <c r="E55" s="0" t="s">
@@ -2037,51 +2037,51 @@
       </c>
       <c r="F55" s="0" t="s">
         <v>36</v>
       </c>
       <c r="G55" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
         <v>150</v>
       </c>
       <c r="B56" s="0" t="s">
         <v>148</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>149</v>
       </c>
       <c r="D56" s="0" t="s">
         <v>34</v>
       </c>
       <c r="E56" s="0" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="F56" s="0" t="s">
         <v>36</v>
       </c>
       <c r="G56" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
         <v>151</v>
       </c>
       <c r="B57" s="0" t="s">
         <v>148</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>149</v>
       </c>
       <c r="D57" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E57" s="0" t="s">
@@ -2115,51 +2115,51 @@
       </c>
       <c r="F58" s="0" t="s">
         <v>36</v>
       </c>
       <c r="G58" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
         <v>155</v>
       </c>
       <c r="B59" s="0" t="s">
         <v>153</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>154</v>
       </c>
       <c r="D59" s="0" t="s">
         <v>34</v>
       </c>
       <c r="E59" s="0" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="F59" s="0" t="s">
         <v>36</v>
       </c>
       <c r="G59" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
         <v>152</v>
       </c>
       <c r="B60" s="0" t="s">
         <v>153</v>
       </c>
       <c r="C60" s="0" t="s">
         <v>154</v>
       </c>
       <c r="D60" s="0" t="s">
         <v>34</v>
       </c>
       <c r="E60" s="0" t="s">
@@ -2167,51 +2167,51 @@
       </c>
       <c r="F60" s="0" t="s">
         <v>36</v>
       </c>
       <c r="G60" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H60" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
         <v>155</v>
       </c>
       <c r="B61" s="0" t="s">
         <v>153</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>154</v>
       </c>
       <c r="D61" s="0" t="s">
         <v>34</v>
       </c>
       <c r="E61" s="0" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="F61" s="0" t="s">
         <v>36</v>
       </c>
       <c r="G61" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H61" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
         <v>156</v>
       </c>
       <c r="B62" s="0" t="s">
         <v>157</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>158</v>
       </c>
       <c r="D62" s="0" t="s">
         <v>49</v>
       </c>
       <c r="E62" s="0" t="s">
@@ -2349,51 +2349,51 @@
       </c>
       <c r="F67" s="0" t="s">
         <v>36</v>
       </c>
       <c r="G67" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H67" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
         <v>165</v>
       </c>
       <c r="B68" s="0" t="s">
         <v>163</v>
       </c>
       <c r="C68" s="0" t="s">
         <v>164</v>
       </c>
       <c r="D68" s="0" t="s">
         <v>34</v>
       </c>
       <c r="E68" s="0" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="F68" s="0" t="s">
         <v>36</v>
       </c>
       <c r="G68" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H68" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
         <v>162</v>
       </c>
       <c r="B69" s="0" t="s">
         <v>163</v>
       </c>
       <c r="C69" s="0" t="s">
         <v>164</v>
       </c>
       <c r="D69" s="0" t="s">
         <v>34</v>
       </c>
       <c r="E69" s="0" t="s">
@@ -2401,51 +2401,51 @@
       </c>
       <c r="F69" s="0" t="s">
         <v>36</v>
       </c>
       <c r="G69" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H69" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
         <v>165</v>
       </c>
       <c r="B70" s="0" t="s">
         <v>163</v>
       </c>
       <c r="C70" s="0" t="s">
         <v>164</v>
       </c>
       <c r="D70" s="0" t="s">
         <v>34</v>
       </c>
       <c r="E70" s="0" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="F70" s="0" t="s">
         <v>36</v>
       </c>
       <c r="G70" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H70" s="0" t="s">
         <v>25</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
   </mergeCells>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=EPPlusLicense.txt>This workbook was created with the EPPlus library, licensed to Kammarkollegiet under the Polyform Noncommercial license, see https://polyformproject.org/licenses/noncommercial/1.0.0
 For more information about EPPlus, see https://epplussoftware.com/
 
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>