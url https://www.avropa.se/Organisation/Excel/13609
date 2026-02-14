--- v1 (2026-01-06)
+++ v2 (2026-02-14)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Uppsala va" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="166" uniqueCount="166">
   <si>
-    <t>Giltiga ramavtal för Uppsala vatten och avfall AB 2026-01-07</t>
+    <t>Giltiga ramavtal för Uppsala vatten och avfall AB 2026-02-14</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>