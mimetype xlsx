--- v2 (2026-02-14)
+++ v3 (2026-03-07)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Uppsala va" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="166" uniqueCount="166">
   <si>
-    <t>Giltiga ramavtal för Uppsala vatten och avfall AB 2026-02-14</t>
+    <t>Giltiga ramavtal för Uppsala vatten och avfall AB 2026-03-07</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>