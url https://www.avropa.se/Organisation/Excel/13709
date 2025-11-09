--- v0 (2025-10-20)
+++ v1 (2025-11-09)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Ljusdal En" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="164" uniqueCount="164">
   <si>
-    <t>Giltiga ramavtal för Ljusdal Energiföretag AB 2025-10-20</t>
+    <t>Giltiga ramavtal för Ljusdal Energiföretag AB 2025-11-09</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>