--- v1 (2025-11-09)
+++ v2 (2025-12-02)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Ljusdal En" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="164" uniqueCount="164">
   <si>
-    <t>Giltiga ramavtal för Ljusdal Energiföretag AB 2025-11-09</t>
+    <t>Giltiga ramavtal för Ljusdal Energiföretag AB 2025-12-02</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -313,93 +313,93 @@
   <si>
     <t>23.3-2650-2022-005</t>
   </si>
   <si>
     <t>Dustin Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566661012      </t>
   </si>
   <si>
     <t>23.3-8027-2021-005</t>
   </si>
   <si>
     <t>23.3-10517-20:004</t>
   </si>
   <si>
     <t>23.3-4104-2022-006</t>
   </si>
   <si>
     <t>Finlarm Aktiebolag</t>
   </si>
   <si>
     <t xml:space="preserve">5563767382      </t>
   </si>
   <si>
+    <t>23.3-10517-20:006</t>
+  </si>
+  <si>
+    <t>Forté Sweden AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5563657039      </t>
+  </si>
+  <si>
     <t>23.3-10517-20:005</t>
   </si>
   <si>
     <t>Foxway AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564700309      </t>
   </si>
   <si>
     <t>23.3-4104-2022-009</t>
   </si>
   <si>
     <t>Great Security Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565354726      </t>
   </si>
   <si>
     <t>23.3-2649-2022-004</t>
   </si>
   <si>
     <t>HiQ International AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565293205      </t>
   </si>
   <si>
     <t>23.3-2965-20:005</t>
   </si>
   <si>
     <t>IDEMIA Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5560297250      </t>
-  </si>
-[...7 lines deleted...]
-    <t xml:space="preserve">5563657039      </t>
   </si>
   <si>
     <t>23.3-2650-2022-006</t>
   </si>
   <si>
     <t>Insight Technology Solutions AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565559522      </t>
   </si>
   <si>
     <t>23.3-2649-2022-005</t>
   </si>
   <si>
     <t>Knowit Connectivity AB</t>
   </si>
   <si>
     <t xml:space="preserve">5562540673      </t>
   </si>
   <si>
     <t>23.3-4104-2022-005</t>
   </si>
   <si>
     <t>LåsTeam Sverige AB</t>
   </si>
@@ -1430,167 +1430,167 @@
       </c>
       <c r="E32" s="0" t="s">
         <v>53</v>
       </c>
       <c r="F32" s="0" t="s">
         <v>54</v>
       </c>
       <c r="G32" s="0" t="s">
         <v>55</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
         <v>104</v>
       </c>
       <c r="B33" s="0" t="s">
         <v>105</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>106</v>
       </c>
       <c r="D33" s="0" t="s">
-        <v>29</v>
+        <v>52</v>
       </c>
       <c r="E33" s="0" t="s">
-        <v>65</v>
+        <v>53</v>
       </c>
       <c r="F33" s="0" t="s">
-        <v>66</v>
+        <v>54</v>
       </c>
       <c r="G33" s="0" t="s">
-        <v>67</v>
+        <v>55</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
         <v>107</v>
       </c>
       <c r="B34" s="0" t="s">
         <v>108</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>109</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>21</v>
+        <v>29</v>
       </c>
       <c r="E34" s="0" t="s">
-        <v>44</v>
+        <v>65</v>
       </c>
       <c r="F34" s="0" t="s">
-        <v>45</v>
+        <v>66</v>
       </c>
       <c r="G34" s="0" t="s">
-        <v>46</v>
+        <v>67</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
         <v>110</v>
       </c>
       <c r="B35" s="0" t="s">
         <v>111</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>112</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="E35" s="0" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
       <c r="F35" s="0" t="s">
-        <v>14</v>
+        <v>45</v>
       </c>
       <c r="G35" s="0" t="s">
-        <v>15</v>
+        <v>46</v>
       </c>
       <c r="H35" s="0" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="E36" s="0" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="F36" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G36" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
         <v>113</v>
       </c>
       <c r="B37" s="0" t="s">
         <v>114</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>115</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>52</v>
+        <v>16</v>
       </c>
       <c r="E37" s="0" t="s">
-        <v>53</v>
+        <v>17</v>
       </c>
       <c r="F37" s="0" t="s">
-        <v>54</v>
+        <v>14</v>
       </c>
       <c r="G37" s="0" t="s">
-        <v>55</v>
+        <v>15</v>
       </c>
       <c r="H37" s="0" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
         <v>116</v>
       </c>
       <c r="B38" s="0" t="s">
         <v>117</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>118</v>
       </c>
       <c r="D38" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E38" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F38" s="0" t="s">
         <v>23</v>
       </c>
       <c r="G38" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H38" s="0" t="s">