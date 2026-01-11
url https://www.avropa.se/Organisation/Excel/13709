--- v2 (2025-12-02)
+++ v3 (2026-01-11)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Ljusdal En" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="164" uniqueCount="164">
   <si>
-    <t>Giltiga ramavtal för Ljusdal Energiföretag AB 2025-12-02</t>
+    <t>Giltiga ramavtal för Ljusdal Energiföretag AB 2026-01-11</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>