--- v3 (2026-01-11)
+++ v4 (2026-02-02)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Ljusdal En" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="164" uniqueCount="164">
   <si>
-    <t>Giltiga ramavtal för Ljusdal Energiföretag AB 2026-01-11</t>
+    <t>Giltiga ramavtal för Ljusdal Energiföretag AB 2026-02-02</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>