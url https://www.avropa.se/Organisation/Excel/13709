--- v4 (2026-02-02)
+++ v5 (2026-02-22)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Ljusdal En" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="164" uniqueCount="164">
   <si>
-    <t>Giltiga ramavtal för Ljusdal Energiföretag AB 2026-02-02</t>
+    <t>Giltiga ramavtal för Ljusdal Energiföretag AB 2026-02-22</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>