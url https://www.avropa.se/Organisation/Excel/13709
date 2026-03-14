--- v5 (2026-02-22)
+++ v6 (2026-03-14)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Ljusdal En" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="164" uniqueCount="164">
   <si>
-    <t>Giltiga ramavtal för Ljusdal Energiföretag AB 2026-02-22</t>
+    <t>Giltiga ramavtal för Ljusdal Energiföretag AB 2026-03-14</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>