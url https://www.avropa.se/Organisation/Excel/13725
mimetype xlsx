--- v0 (2025-10-18)
+++ v1 (2025-11-09)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för AB Ängelho" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="200" uniqueCount="200">
   <si>
-    <t>Giltiga ramavtal för AB Ängelholmslokaler 2025-10-18</t>
+    <t>Giltiga ramavtal för AB Ängelholmslokaler 2025-11-09</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>