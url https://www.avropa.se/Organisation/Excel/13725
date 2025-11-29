--- v1 (2025-11-09)
+++ v2 (2025-11-29)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för AB Ängelho" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="200" uniqueCount="200">
   <si>
-    <t>Giltiga ramavtal för AB Ängelholmslokaler 2025-11-09</t>
+    <t>Giltiga ramavtal för AB Ängelholmslokaler 2025-11-29</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -82,51 +82,51 @@
   <si>
     <t/>
   </si>
   <si>
     <t>23.3-3262-2024-001</t>
   </si>
   <si>
     <t>Advania Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5562149996      </t>
   </si>
   <si>
     <t>Bärbara datorer</t>
   </si>
   <si>
     <t>Bärbara datorer / Bärbara datorer / Särskild fördelningsnyckel</t>
   </si>
   <si>
     <t>2025-09-09</t>
   </si>
   <si>
     <t>2029-09-08</t>
   </si>
   <si>
-    <t>Bärbara datorer / Bärbara datorer / Förnyad konkurrensersättning</t>
+    <t>Bärbara datorer / Bärbara datorer / Förnyad konkurrensutsättning</t>
   </si>
   <si>
     <t>23.3-2904-2024-001</t>
   </si>
   <si>
     <t>Datorer, mobiltelefoner och surfplattor</t>
   </si>
   <si>
     <t>Datorer, mobiltelefoner och surfplattor / Datorer, mobiltelefoner och surfplattor / Särskild fördelningsnyckel</t>
   </si>
   <si>
     <t>2025-09-27</t>
   </si>
   <si>
     <t>2029-09-26</t>
   </si>
   <si>
     <t>Datorer, mobiltelefoner och surfplattor / Datorer, mobiltelefoner och surfplattor / Förnyad konkurrensersättning</t>
   </si>
   <si>
     <t>23.3-3081-2023-001</t>
   </si>
   <si>
     <t>Mobiltelefoner</t>
   </si>
@@ -451,51 +451,51 @@
   <si>
     <t>23.3-4104-2022-005</t>
   </si>
   <si>
     <t>LåsTeam Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565808473      </t>
   </si>
   <si>
     <t>23.3-2651-2022-004</t>
   </si>
   <si>
     <t>Nexer AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564519345      </t>
   </si>
   <si>
     <t>23.3-11119-2021-003</t>
   </si>
   <si>
     <t>Office Sverige AB</t>
   </si>
   <si>
-    <t xml:space="preserve">5563544948      </t>
+    <t xml:space="preserve">5569926388      </t>
   </si>
   <si>
     <t>23.3-957-2022-001</t>
   </si>
   <si>
     <t>OpusCapita Solutions AB</t>
   </si>
   <si>
     <t xml:space="preserve">5591341705      </t>
   </si>
   <si>
     <t>Operatörstjänst för elektroniska meddelanden</t>
   </si>
   <si>
     <t>Operatörstjänst för elektroniska meddelanden / Operatörstjänst för elektroniska meddelanden</t>
   </si>
   <si>
     <t>2023-04-14</t>
   </si>
   <si>
     <t>2027-04-13</t>
   </si>
   <si>
     <t>23.3-957-2022-002</t>
   </si>