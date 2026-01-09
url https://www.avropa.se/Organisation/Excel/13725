--- v2 (2025-11-29)
+++ v3 (2026-01-09)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för AB Ängelho" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="200" uniqueCount="200">
   <si>
-    <t>Giltiga ramavtal för AB Ängelholmslokaler 2025-11-29</t>
+    <t>Giltiga ramavtal för AB Ängelholmslokaler 2026-01-09</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>