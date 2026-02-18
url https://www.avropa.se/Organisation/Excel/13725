--- v3 (2026-01-09)
+++ v4 (2026-02-18)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för AB Ängelho" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="200" uniqueCount="200">
   <si>
-    <t>Giltiga ramavtal för AB Ängelholmslokaler 2026-01-09</t>
+    <t>Giltiga ramavtal för AB Ängelholmslokaler 2026-02-18</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -373,50 +373,71 @@
   <si>
     <t>23.3-3262-2024-004</t>
   </si>
   <si>
     <t>Foxway AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564700309      </t>
   </si>
   <si>
     <t>23.3-2904-2024-004</t>
   </si>
   <si>
     <t>23.3-3081-2023-003</t>
   </si>
   <si>
     <t>23.3-2651-2022-007</t>
   </si>
   <si>
     <t>Fujitsu Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5561475897      </t>
   </si>
   <si>
+    <t>23.3-957-2022-001</t>
+  </si>
+  <si>
+    <t>GEP Sweden AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5591341705      </t>
+  </si>
+  <si>
+    <t>Operatörstjänst för elektroniska meddelanden</t>
+  </si>
+  <si>
+    <t>Operatörstjänst för elektroniska meddelanden / Operatörstjänst för elektroniska meddelanden</t>
+  </si>
+  <si>
+    <t>2023-04-14</t>
+  </si>
+  <si>
+    <t>2027-04-13</t>
+  </si>
+  <si>
     <t>23.3-4104-2022-009</t>
   </si>
   <si>
     <t>Great Security Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565354726      </t>
   </si>
   <si>
     <t>23.3-2649-2022-004</t>
   </si>
   <si>
     <t>HiQ International AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565293205      </t>
   </si>
   <si>
     <t>23.3-2650-2022-006</t>
   </si>
   <si>
     <t>Insight Technology Solutions AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565559522      </t>
@@ -452,71 +473,50 @@
     <t>23.3-4104-2022-005</t>
   </si>
   <si>
     <t>LåsTeam Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565808473      </t>
   </si>
   <si>
     <t>23.3-2651-2022-004</t>
   </si>
   <si>
     <t>Nexer AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564519345      </t>
   </si>
   <si>
     <t>23.3-11119-2021-003</t>
   </si>
   <si>
     <t>Office Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5569926388      </t>
-  </si>
-[...19 lines deleted...]
-    <t>2027-04-13</t>
   </si>
   <si>
     <t>23.3-957-2022-002</t>
   </si>
   <si>
     <t>Pagero Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5567522981      </t>
   </si>
   <si>
     <t>23.3-11119-2021-004</t>
   </si>
   <si>
     <t>Perfect Print Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566179486      </t>
   </si>
   <si>
     <t>23.3-2651-2022-005</t>
   </si>
   <si>
     <t>Pulsen AB</t>
   </si>
@@ -2032,398 +2032,398 @@
       </c>
       <c r="E51" s="0" t="s">
         <v>13</v>
       </c>
       <c r="F51" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G51" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
         <v>121</v>
       </c>
       <c r="B52" s="0" t="s">
         <v>122</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>123</v>
       </c>
       <c r="D52" s="0" t="s">
-        <v>44</v>
+        <v>124</v>
       </c>
       <c r="E52" s="0" t="s">
-        <v>72</v>
+        <v>125</v>
       </c>
       <c r="F52" s="0" t="s">
-        <v>73</v>
+        <v>126</v>
       </c>
       <c r="G52" s="0" t="s">
-        <v>74</v>
+        <v>127</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>12</v>
+        <v>44</v>
       </c>
       <c r="E53" s="0" t="s">
-        <v>62</v>
+        <v>72</v>
       </c>
       <c r="F53" s="0" t="s">
-        <v>63</v>
+        <v>73</v>
       </c>
       <c r="G53" s="0" t="s">
-        <v>64</v>
+        <v>74</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="D54" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E54" s="0" t="s">
-        <v>38</v>
+        <v>62</v>
       </c>
       <c r="F54" s="0" t="s">
-        <v>39</v>
+        <v>63</v>
       </c>
       <c r="G54" s="0" t="s">
-        <v>40</v>
+        <v>64</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="E55" s="0" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="F55" s="0" t="s">
-        <v>22</v>
+        <v>39</v>
       </c>
       <c r="G55" s="0" t="s">
-        <v>23</v>
+        <v>40</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
-        <v>130</v>
+        <v>137</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>131</v>
+        <v>138</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>132</v>
+        <v>139</v>
       </c>
       <c r="D56" s="0" t="s">
         <v>20</v>
       </c>
       <c r="E56" s="0" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="F56" s="0" t="s">
         <v>22</v>
       </c>
       <c r="G56" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>135</v>
+        <v>139</v>
       </c>
       <c r="D57" s="0" t="s">
         <v>20</v>
       </c>
       <c r="E57" s="0" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="F57" s="0" t="s">
         <v>22</v>
       </c>
       <c r="G57" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H57" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
-        <v>133</v>
+        <v>140</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>134</v>
+        <v>141</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>135</v>
+        <v>142</v>
       </c>
       <c r="D58" s="0" t="s">
         <v>20</v>
       </c>
       <c r="E58" s="0" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="F58" s="0" t="s">
         <v>22</v>
       </c>
       <c r="G58" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="D59" s="0" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="E59" s="0" t="s">
-        <v>62</v>
+        <v>24</v>
       </c>
       <c r="F59" s="0" t="s">
-        <v>63</v>
+        <v>22</v>
       </c>
       <c r="G59" s="0" t="s">
-        <v>64</v>
+        <v>23</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="D60" s="0" t="s">
-        <v>44</v>
+        <v>12</v>
       </c>
       <c r="E60" s="0" t="s">
-        <v>72</v>
+        <v>62</v>
       </c>
       <c r="F60" s="0" t="s">
-        <v>73</v>
+        <v>63</v>
       </c>
       <c r="G60" s="0" t="s">
-        <v>74</v>
+        <v>64</v>
       </c>
       <c r="H60" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="D61" s="0" t="s">
-        <v>12</v>
+        <v>44</v>
       </c>
       <c r="E61" s="0" t="s">
-        <v>13</v>
+        <v>72</v>
       </c>
       <c r="F61" s="0" t="s">
-        <v>14</v>
+        <v>73</v>
       </c>
       <c r="G61" s="0" t="s">
-        <v>15</v>
+        <v>74</v>
       </c>
       <c r="H61" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
-        <v>145</v>
+        <v>149</v>
       </c>
       <c r="B62" s="0" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="C62" s="0" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="D62" s="0" t="s">
-        <v>55</v>
+        <v>12</v>
       </c>
       <c r="E62" s="0" t="s">
-        <v>56</v>
+        <v>13</v>
       </c>
       <c r="F62" s="0" t="s">
-        <v>57</v>
+        <v>14</v>
       </c>
       <c r="G62" s="0" t="s">
-        <v>58</v>
+        <v>15</v>
       </c>
       <c r="H62" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
-        <v>145</v>
+        <v>152</v>
       </c>
       <c r="B63" s="0" t="s">
-        <v>146</v>
+        <v>153</v>
       </c>
       <c r="C63" s="0" t="s">
-        <v>147</v>
+        <v>154</v>
       </c>
       <c r="D63" s="0" t="s">
         <v>55</v>
       </c>
       <c r="E63" s="0" t="s">
-        <v>59</v>
+        <v>56</v>
       </c>
       <c r="F63" s="0" t="s">
         <v>57</v>
       </c>
       <c r="G63" s="0" t="s">
         <v>58</v>
       </c>
       <c r="H63" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
-        <v>148</v>
+        <v>152</v>
       </c>
       <c r="B64" s="0" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="C64" s="0" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="D64" s="0" t="s">
-        <v>151</v>
+        <v>55</v>
       </c>
       <c r="E64" s="0" t="s">
-        <v>152</v>
+        <v>59</v>
       </c>
       <c r="F64" s="0" t="s">
-        <v>153</v>
+        <v>57</v>
       </c>
       <c r="G64" s="0" t="s">
-        <v>154</v>
+        <v>58</v>
       </c>
       <c r="H64" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
         <v>155</v>
       </c>
       <c r="B65" s="0" t="s">
         <v>156</v>
       </c>
       <c r="C65" s="0" t="s">
         <v>157</v>
       </c>
       <c r="D65" s="0" t="s">
-        <v>151</v>
+        <v>124</v>
       </c>
       <c r="E65" s="0" t="s">
-        <v>152</v>
+        <v>125</v>
       </c>
       <c r="F65" s="0" t="s">
-        <v>153</v>
+        <v>126</v>
       </c>
       <c r="G65" s="0" t="s">
-        <v>154</v>
+        <v>127</v>
       </c>
       <c r="H65" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
         <v>158</v>
       </c>
       <c r="B66" s="0" t="s">
         <v>159</v>
       </c>
       <c r="C66" s="0" t="s">
         <v>160</v>
       </c>
       <c r="D66" s="0" t="s">
         <v>55</v>
       </c>
       <c r="E66" s="0" t="s">
         <v>56</v>
       </c>
       <c r="F66" s="0" t="s">
         <v>57</v>
       </c>
       <c r="G66" s="0" t="s">
@@ -2526,60 +2526,60 @@
       </c>
       <c r="E70" s="0" t="s">
         <v>66</v>
       </c>
       <c r="F70" s="0" t="s">
         <v>67</v>
       </c>
       <c r="G70" s="0" t="s">
         <v>68</v>
       </c>
       <c r="H70" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
         <v>166</v>
       </c>
       <c r="B71" s="0" t="s">
         <v>167</v>
       </c>
       <c r="C71" s="0" t="s">
         <v>168</v>
       </c>
       <c r="D71" s="0" t="s">
-        <v>151</v>
+        <v>124</v>
       </c>
       <c r="E71" s="0" t="s">
-        <v>152</v>
+        <v>125</v>
       </c>
       <c r="F71" s="0" t="s">
-        <v>153</v>
+        <v>126</v>
       </c>
       <c r="G71" s="0" t="s">
-        <v>154</v>
+        <v>127</v>
       </c>
       <c r="H71" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
         <v>169</v>
       </c>
       <c r="B72" s="0" t="s">
         <v>170</v>
       </c>
       <c r="C72" s="0" t="s">
         <v>171</v>
       </c>
       <c r="D72" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E72" s="0" t="s">
         <v>62</v>
       </c>
       <c r="F72" s="0" t="s">
         <v>63</v>
       </c>
       <c r="G72" s="0" t="s">