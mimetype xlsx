--- v4 (2026-02-18)
+++ v5 (2026-03-10)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för AB Ängelho" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="200" uniqueCount="200">
   <si>
-    <t>Giltiga ramavtal för AB Ängelholmslokaler 2026-02-18</t>
+    <t>Giltiga ramavtal för AB Ängelholmslokaler 2026-03-10</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -427,51 +427,51 @@
   <si>
     <t>23.3-2649-2022-004</t>
   </si>
   <si>
     <t>HiQ International AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565293205      </t>
   </si>
   <si>
     <t>23.3-2650-2022-006</t>
   </si>
   <si>
     <t>Insight Technology Solutions AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565559522      </t>
   </si>
   <si>
     <t>23.3-3262-2024-005</t>
   </si>
   <si>
     <t>itm8 Sverige AB</t>
   </si>
   <si>
-    <t xml:space="preserve">5569908485      </t>
+    <t>5569908485</t>
   </si>
   <si>
     <t>23.3-3262-2024-006</t>
   </si>
   <si>
     <t>Iver Workplace AB</t>
   </si>
   <si>
     <t xml:space="preserve">5567707244      </t>
   </si>
   <si>
     <t>23.3-2649-2022-005</t>
   </si>
   <si>
     <t>Knowit Connectivity AB</t>
   </si>
   <si>
     <t xml:space="preserve">5562540673      </t>
   </si>
   <si>
     <t>23.3-4104-2022-005</t>
   </si>
   <si>
     <t>LåsTeam Sverige AB</t>
   </si>
@@ -589,51 +589,51 @@
   <si>
     <t>23.3-3081-2023-005</t>
   </si>
   <si>
     <t>Tele2 Sverige Aktiebolag</t>
   </si>
   <si>
     <t xml:space="preserve">5562675164      </t>
   </si>
   <si>
     <t>23.3-3081-2023-006</t>
   </si>
   <si>
     <t>Telenor Sverige Aktiebolag</t>
   </si>
   <si>
     <t xml:space="preserve">5564210309      </t>
   </si>
   <si>
     <t>23.3-8027-2021-004</t>
   </si>
   <si>
     <t>Telia Cygate AB</t>
   </si>
   <si>
-    <t xml:space="preserve">5565498952      </t>
+    <t>5565498952</t>
   </si>
   <si>
     <t>23.3-11119-2021-006</t>
   </si>
   <si>
     <t>Toshiba TEC Nordic AB</t>
   </si>
   <si>
     <t xml:space="preserve">5560912106      </t>
   </si>
   <si>
     <t>23.3-4104-2022-002</t>
   </si>
   <si>
     <t>WSP Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5560574880      </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>