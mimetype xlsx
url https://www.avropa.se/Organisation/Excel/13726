--- v0 (2025-10-25)
+++ v1 (2026-01-14)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för AB Ängelho" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="177" uniqueCount="177">
   <si>
-    <t>Giltiga ramavtal för AB Ängelholmshem 2025-10-25</t>
+    <t>Giltiga ramavtal för AB Ängelholmshem 2026-01-14</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>