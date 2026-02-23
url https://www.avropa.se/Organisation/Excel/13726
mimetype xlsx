--- v1 (2026-01-14)
+++ v2 (2026-02-23)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för AB Ängelho" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="177" uniqueCount="177">
   <si>
-    <t>Giltiga ramavtal för AB Ängelholmshem 2026-01-14</t>
+    <t>Giltiga ramavtal för AB Ängelholmshem 2026-02-23</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -316,50 +316,71 @@
   <si>
     <t>Finlarm Aktiebolag</t>
   </si>
   <si>
     <t xml:space="preserve">5563767382      </t>
   </si>
   <si>
     <t>23.3-3081-2023-003</t>
   </si>
   <si>
     <t>Foxway AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564700309      </t>
   </si>
   <si>
     <t>23.3-2651-2022-007</t>
   </si>
   <si>
     <t>Fujitsu Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5561475897      </t>
   </si>
   <si>
+    <t>23.3-957-2022-001</t>
+  </si>
+  <si>
+    <t>GEP Sweden AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5591341705      </t>
+  </si>
+  <si>
+    <t>Operatörstjänst för elektroniska meddelanden</t>
+  </si>
+  <si>
+    <t>Operatörstjänst för elektroniska meddelanden / Operatörstjänst för elektroniska meddelanden</t>
+  </si>
+  <si>
+    <t>2023-04-14</t>
+  </si>
+  <si>
+    <t>2027-04-13</t>
+  </si>
+  <si>
     <t>23.3-10150-2021-006</t>
   </si>
   <si>
     <t>GlobalConnect AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565976122      </t>
   </si>
   <si>
     <t>23.3-10150-2021-001</t>
   </si>
   <si>
     <t>Kommunikationstjänster inom tele- och datakom / Kommunikationslösningar / Särskild fördelningsnyckel</t>
   </si>
   <si>
     <t>Kommunikationstjänster inom tele- och datakom / Kommunikationslösningar / Förnyad konkurrensutsättning</t>
   </si>
   <si>
     <t>23.3-4104-2022-009</t>
   </si>
   <si>
     <t>Great Security Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565354726      </t>
@@ -386,71 +407,50 @@
     <t>23.3-2649-2022-005</t>
   </si>
   <si>
     <t>Knowit Connectivity AB</t>
   </si>
   <si>
     <t xml:space="preserve">5562540673      </t>
   </si>
   <si>
     <t>23.3-4104-2022-005</t>
   </si>
   <si>
     <t>LåsTeam Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565808473      </t>
   </si>
   <si>
     <t>23.3-2651-2022-004</t>
   </si>
   <si>
     <t>Nexer AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564519345      </t>
-  </si>
-[...19 lines deleted...]
-    <t>2027-04-13</t>
   </si>
   <si>
     <t>23.3-957-2022-002</t>
   </si>
   <si>
     <t>Pagero Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5567522981      </t>
   </si>
   <si>
     <t>23.3-2651-2022-005</t>
   </si>
   <si>
     <t>Pulsen AB</t>
   </si>
   <si>
     <t xml:space="preserve">5562596428      </t>
   </si>
   <si>
     <t>23.3-2649-2022-006</t>
   </si>
   <si>
     <t>23.3-8027-2021-006</t>
   </si>
@@ -1495,346 +1495,346 @@
       </c>
       <c r="E33" s="0" t="s">
         <v>13</v>
       </c>
       <c r="F33" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G33" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
         <v>102</v>
       </c>
       <c r="B34" s="0" t="s">
         <v>103</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>104</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>40</v>
+        <v>105</v>
       </c>
       <c r="E34" s="0" t="s">
-        <v>41</v>
+        <v>106</v>
       </c>
       <c r="F34" s="0" t="s">
-        <v>42</v>
+        <v>107</v>
       </c>
       <c r="G34" s="0" t="s">
-        <v>43</v>
+        <v>108</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>103</v>
+        <v>110</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>104</v>
+        <v>111</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>40</v>
       </c>
       <c r="E35" s="0" t="s">
-        <v>106</v>
+        <v>41</v>
       </c>
       <c r="F35" s="0" t="s">
         <v>42</v>
       </c>
       <c r="G35" s="0" t="s">
         <v>43</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
-        <v>102</v>
+        <v>112</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>103</v>
+        <v>110</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>104</v>
+        <v>111</v>
       </c>
       <c r="D36" s="0" t="s">
         <v>40</v>
       </c>
       <c r="E36" s="0" t="s">
-        <v>44</v>
+        <v>113</v>
       </c>
       <c r="F36" s="0" t="s">
         <v>42</v>
       </c>
       <c r="G36" s="0" t="s">
         <v>43</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>103</v>
+        <v>110</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>104</v>
+        <v>111</v>
       </c>
       <c r="D37" s="0" t="s">
         <v>40</v>
       </c>
       <c r="E37" s="0" t="s">
-        <v>107</v>
+        <v>44</v>
       </c>
       <c r="F37" s="0" t="s">
         <v>42</v>
       </c>
       <c r="G37" s="0" t="s">
         <v>43</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>109</v>
+        <v>110</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>110</v>
+        <v>111</v>
       </c>
       <c r="D38" s="0" t="s">
-        <v>32</v>
+        <v>40</v>
       </c>
       <c r="E38" s="0" t="s">
-        <v>60</v>
+        <v>114</v>
       </c>
       <c r="F38" s="0" t="s">
-        <v>61</v>
+        <v>42</v>
       </c>
       <c r="G38" s="0" t="s">
-        <v>62</v>
+        <v>43</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
       <c r="E39" s="0" t="s">
-        <v>50</v>
+        <v>60</v>
       </c>
       <c r="F39" s="0" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="G39" s="0" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>115</v>
+        <v>119</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>116</v>
+        <v>120</v>
       </c>
       <c r="D40" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E40" s="0" t="s">
-        <v>26</v>
+        <v>50</v>
       </c>
       <c r="F40" s="0" t="s">
-        <v>27</v>
+        <v>51</v>
       </c>
       <c r="G40" s="0" t="s">
-        <v>28</v>
+        <v>52</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>118</v>
+        <v>122</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>119</v>
+        <v>123</v>
       </c>
       <c r="D41" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E41" s="0" t="s">
-        <v>50</v>
+        <v>26</v>
       </c>
       <c r="F41" s="0" t="s">
-        <v>51</v>
+        <v>27</v>
       </c>
       <c r="G41" s="0" t="s">
-        <v>52</v>
+        <v>28</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>121</v>
+        <v>125</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>122</v>
+        <v>126</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>32</v>
+        <v>12</v>
       </c>
       <c r="E42" s="0" t="s">
-        <v>60</v>
+        <v>50</v>
       </c>
       <c r="F42" s="0" t="s">
-        <v>61</v>
+        <v>51</v>
       </c>
       <c r="G42" s="0" t="s">
-        <v>62</v>
+        <v>52</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="D43" s="0" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
       <c r="E43" s="0" t="s">
-        <v>13</v>
+        <v>60</v>
       </c>
       <c r="F43" s="0" t="s">
-        <v>14</v>
+        <v>61</v>
       </c>
       <c r="G43" s="0" t="s">
-        <v>15</v>
+        <v>62</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="D44" s="0" t="s">
-        <v>129</v>
+        <v>12</v>
       </c>
       <c r="E44" s="0" t="s">
-        <v>130</v>
+        <v>13</v>
       </c>
       <c r="F44" s="0" t="s">
-        <v>131</v>
+        <v>14</v>
       </c>
       <c r="G44" s="0" t="s">
-        <v>132</v>
+        <v>15</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
         <v>133</v>
       </c>
       <c r="B45" s="0" t="s">
         <v>134</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>135</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>129</v>
+        <v>105</v>
       </c>
       <c r="E45" s="0" t="s">
-        <v>130</v>
+        <v>106</v>
       </c>
       <c r="F45" s="0" t="s">
-        <v>131</v>
+        <v>107</v>
       </c>
       <c r="G45" s="0" t="s">
-        <v>132</v>
+        <v>108</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
         <v>136</v>
       </c>
       <c r="B46" s="0" t="s">
         <v>137</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>138</v>
       </c>
       <c r="D46" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E46" s="0" t="s">
         <v>13</v>
       </c>
       <c r="F46" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G46" s="0" t="s">
@@ -1885,60 +1885,60 @@
       </c>
       <c r="E48" s="0" t="s">
         <v>54</v>
       </c>
       <c r="F48" s="0" t="s">
         <v>55</v>
       </c>
       <c r="G48" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
         <v>141</v>
       </c>
       <c r="B49" s="0" t="s">
         <v>142</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>143</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>129</v>
+        <v>105</v>
       </c>
       <c r="E49" s="0" t="s">
-        <v>130</v>
+        <v>106</v>
       </c>
       <c r="F49" s="0" t="s">
-        <v>131</v>
+        <v>107</v>
       </c>
       <c r="G49" s="0" t="s">
-        <v>132</v>
+        <v>108</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
         <v>144</v>
       </c>
       <c r="B50" s="0" t="s">
         <v>145</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>146</v>
       </c>
       <c r="D50" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E50" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F50" s="0" t="s">
         <v>51</v>
       </c>
       <c r="G50" s="0" t="s">
@@ -2200,51 +2200,51 @@
       </c>
       <c r="F60" s="0" t="s">
         <v>42</v>
       </c>
       <c r="G60" s="0" t="s">
         <v>43</v>
       </c>
       <c r="H60" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
         <v>161</v>
       </c>
       <c r="B61" s="0" t="s">
         <v>158</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>159</v>
       </c>
       <c r="D61" s="0" t="s">
         <v>40</v>
       </c>
       <c r="E61" s="0" t="s">
-        <v>106</v>
+        <v>113</v>
       </c>
       <c r="F61" s="0" t="s">
         <v>42</v>
       </c>
       <c r="G61" s="0" t="s">
         <v>43</v>
       </c>
       <c r="H61" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
         <v>160</v>
       </c>
       <c r="B62" s="0" t="s">
         <v>158</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>159</v>
       </c>
       <c r="D62" s="0" t="s">
         <v>40</v>
       </c>
       <c r="E62" s="0" t="s">
@@ -2252,51 +2252,51 @@
       </c>
       <c r="F62" s="0" t="s">
         <v>42</v>
       </c>
       <c r="G62" s="0" t="s">
         <v>43</v>
       </c>
       <c r="H62" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
         <v>161</v>
       </c>
       <c r="B63" s="0" t="s">
         <v>158</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>159</v>
       </c>
       <c r="D63" s="0" t="s">
         <v>40</v>
       </c>
       <c r="E63" s="0" t="s">
-        <v>107</v>
+        <v>114</v>
       </c>
       <c r="F63" s="0" t="s">
         <v>42</v>
       </c>
       <c r="G63" s="0" t="s">
         <v>43</v>
       </c>
       <c r="H63" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
         <v>162</v>
       </c>
       <c r="B64" s="0" t="s">
         <v>163</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>164</v>
       </c>
       <c r="D64" s="0" t="s">
         <v>20</v>
       </c>
       <c r="E64" s="0" t="s">
@@ -2356,51 +2356,51 @@
       </c>
       <c r="F66" s="0" t="s">
         <v>42</v>
       </c>
       <c r="G66" s="0" t="s">
         <v>43</v>
       </c>
       <c r="H66" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
         <v>166</v>
       </c>
       <c r="B67" s="0" t="s">
         <v>163</v>
       </c>
       <c r="C67" s="0" t="s">
         <v>164</v>
       </c>
       <c r="D67" s="0" t="s">
         <v>40</v>
       </c>
       <c r="E67" s="0" t="s">
-        <v>106</v>
+        <v>113</v>
       </c>
       <c r="F67" s="0" t="s">
         <v>42</v>
       </c>
       <c r="G67" s="0" t="s">
         <v>43</v>
       </c>
       <c r="H67" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
         <v>165</v>
       </c>
       <c r="B68" s="0" t="s">
         <v>163</v>
       </c>
       <c r="C68" s="0" t="s">
         <v>164</v>
       </c>
       <c r="D68" s="0" t="s">
         <v>40</v>
       </c>
       <c r="E68" s="0" t="s">
@@ -2408,51 +2408,51 @@
       </c>
       <c r="F68" s="0" t="s">
         <v>42</v>
       </c>
       <c r="G68" s="0" t="s">
         <v>43</v>
       </c>
       <c r="H68" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
         <v>166</v>
       </c>
       <c r="B69" s="0" t="s">
         <v>163</v>
       </c>
       <c r="C69" s="0" t="s">
         <v>164</v>
       </c>
       <c r="D69" s="0" t="s">
         <v>40</v>
       </c>
       <c r="E69" s="0" t="s">
-        <v>107</v>
+        <v>114</v>
       </c>
       <c r="F69" s="0" t="s">
         <v>42</v>
       </c>
       <c r="G69" s="0" t="s">
         <v>43</v>
       </c>
       <c r="H69" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
         <v>167</v>
       </c>
       <c r="B70" s="0" t="s">
         <v>168</v>
       </c>
       <c r="C70" s="0" t="s">
         <v>169</v>
       </c>
       <c r="D70" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E70" s="0" t="s">
@@ -2486,51 +2486,51 @@
       </c>
       <c r="F71" s="0" t="s">
         <v>42</v>
       </c>
       <c r="G71" s="0" t="s">
         <v>43</v>
       </c>
       <c r="H71" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
         <v>173</v>
       </c>
       <c r="B72" s="0" t="s">
         <v>171</v>
       </c>
       <c r="C72" s="0" t="s">
         <v>172</v>
       </c>
       <c r="D72" s="0" t="s">
         <v>40</v>
       </c>
       <c r="E72" s="0" t="s">
-        <v>106</v>
+        <v>113</v>
       </c>
       <c r="F72" s="0" t="s">
         <v>42</v>
       </c>
       <c r="G72" s="0" t="s">
         <v>43</v>
       </c>
       <c r="H72" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="0" t="s">
         <v>170</v>
       </c>
       <c r="B73" s="0" t="s">
         <v>171</v>
       </c>
       <c r="C73" s="0" t="s">
         <v>172</v>
       </c>
       <c r="D73" s="0" t="s">
         <v>40</v>
       </c>
       <c r="E73" s="0" t="s">
@@ -2538,51 +2538,51 @@
       </c>
       <c r="F73" s="0" t="s">
         <v>42</v>
       </c>
       <c r="G73" s="0" t="s">
         <v>43</v>
       </c>
       <c r="H73" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="0" t="s">
         <v>173</v>
       </c>
       <c r="B74" s="0" t="s">
         <v>171</v>
       </c>
       <c r="C74" s="0" t="s">
         <v>172</v>
       </c>
       <c r="D74" s="0" t="s">
         <v>40</v>
       </c>
       <c r="E74" s="0" t="s">
-        <v>107</v>
+        <v>114</v>
       </c>
       <c r="F74" s="0" t="s">
         <v>42</v>
       </c>
       <c r="G74" s="0" t="s">
         <v>43</v>
       </c>
       <c r="H74" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="0" t="s">
         <v>174</v>
       </c>
       <c r="B75" s="0" t="s">
         <v>175</v>
       </c>
       <c r="C75" s="0" t="s">
         <v>176</v>
       </c>
       <c r="D75" s="0" t="s">
         <v>32</v>
       </c>
       <c r="E75" s="0" t="s">