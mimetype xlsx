--- v2 (2026-02-23)
+++ v3 (2026-03-17)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för AB Ängelho" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="177" uniqueCount="177">
   <si>
-    <t>Giltiga ramavtal för AB Ängelholmshem 2026-02-23</t>
+    <t>Giltiga ramavtal för AB Ängelholmshem 2026-03-17</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>