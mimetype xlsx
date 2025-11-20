--- v0 (2025-10-27)
+++ v1 (2025-11-20)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Kraftringe" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="232" uniqueCount="232">
   <si>
-    <t>Giltiga ramavtal för Kraftringen Energi AB 2025-10-27</t>
+    <t>Giltiga ramavtal för Kraftringen Energi AB 2025-11-20</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -82,51 +82,51 @@
   <si>
     <t/>
   </si>
   <si>
     <t>23.3-3262-2024-001</t>
   </si>
   <si>
     <t>Advania Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5562149996      </t>
   </si>
   <si>
     <t>Bärbara datorer</t>
   </si>
   <si>
     <t>Bärbara datorer / Bärbara datorer / Särskild fördelningsnyckel</t>
   </si>
   <si>
     <t>2025-09-09</t>
   </si>
   <si>
     <t>2029-09-08</t>
   </si>
   <si>
-    <t>Bärbara datorer / Bärbara datorer / Förnyad konkurrensersättning</t>
+    <t>Bärbara datorer / Bärbara datorer / Förnyad konkurrensutsättning</t>
   </si>
   <si>
     <t>23.3-2904-2024-001</t>
   </si>
   <si>
     <t>Datorer, mobiltelefoner och surfplattor</t>
   </si>
   <si>
     <t>Datorer, mobiltelefoner och surfplattor / Datorer, mobiltelefoner och surfplattor / Särskild fördelningsnyckel</t>
   </si>
   <si>
     <t>2025-09-27</t>
   </si>
   <si>
     <t>2029-09-26</t>
   </si>
   <si>
     <t>Datorer, mobiltelefoner och surfplattor / Datorer, mobiltelefoner och surfplattor / Förnyad konkurrensersättning</t>
   </si>
   <si>
     <t>23.3-10639-2023-001</t>
   </si>
   <si>
     <t>IT-drift</t>
   </si>
@@ -400,50 +400,59 @@
   <si>
     <t>23.3-8027-2021-005</t>
   </si>
   <si>
     <t>23.3-10517-20:004</t>
   </si>
   <si>
     <t>23.3-5890-2023-006</t>
   </si>
   <si>
     <t>Eccera IT Solutions AB</t>
   </si>
   <si>
     <t xml:space="preserve">5567714349      </t>
   </si>
   <si>
     <t>23.3-4104-2022-006</t>
   </si>
   <si>
     <t>Finlarm Aktiebolag</t>
   </si>
   <si>
     <t xml:space="preserve">5563767382      </t>
   </si>
   <si>
+    <t>23.3-10517-20:006</t>
+  </si>
+  <si>
+    <t>Forté Sweden AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5563657039      </t>
+  </si>
+  <si>
     <t>23.3-3262-2024-004</t>
   </si>
   <si>
     <t>Foxway AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564700309      </t>
   </si>
   <si>
     <t>23.3-2904-2024-004</t>
   </si>
   <si>
     <t>23.3-10517-20:005</t>
   </si>
   <si>
     <t>23.3-10639-2023-005</t>
   </si>
   <si>
     <t>Fujitsu Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5561475897      </t>
   </si>
   <si>
     <t>23.3-2651-2022-007</t>
@@ -461,59 +470,50 @@
     <t>23.3-10150-2021-001</t>
   </si>
   <si>
     <t>Kommunikationstjänster inom tele- och datakom / Kommunikationslösningar / Särskild fördelningsnyckel</t>
   </si>
   <si>
     <t>Kommunikationstjänster inom tele- och datakom / Kommunikationslösningar / Förnyad konkurrensutsättning</t>
   </si>
   <si>
     <t>23.3-4104-2022-009</t>
   </si>
   <si>
     <t>Great Security Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565354726      </t>
   </si>
   <si>
     <t>23.3-2649-2022-004</t>
   </si>
   <si>
     <t>HiQ International AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565293205      </t>
-  </si>
-[...7 lines deleted...]
-    <t xml:space="preserve">5563657039      </t>
   </si>
   <si>
     <t>23.3-2650-2022-006</t>
   </si>
   <si>
     <t>Insight Technology Solutions AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565559522      </t>
   </si>
   <si>
     <t>23.3-3262-2024-005</t>
   </si>
   <si>
     <t>itm8 Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5569908485      </t>
   </si>
   <si>
     <t>23.3-10639-2023-003</t>
   </si>
   <si>
     <t>Iver Sverige AB</t>
   </si>
@@ -1998,398 +1998,398 @@
       </c>
       <c r="E46" s="0" t="s">
         <v>85</v>
       </c>
       <c r="F46" s="0" t="s">
         <v>86</v>
       </c>
       <c r="G46" s="0" t="s">
         <v>87</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
         <v>130</v>
       </c>
       <c r="B47" s="0" t="s">
         <v>131</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>132</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>20</v>
+        <v>72</v>
       </c>
       <c r="E47" s="0" t="s">
-        <v>21</v>
+        <v>73</v>
       </c>
       <c r="F47" s="0" t="s">
-        <v>22</v>
+        <v>74</v>
       </c>
       <c r="G47" s="0" t="s">
-        <v>23</v>
+        <v>75</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="D48" s="0" t="s">
         <v>20</v>
       </c>
       <c r="E48" s="0" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="F48" s="0" t="s">
         <v>22</v>
       </c>
       <c r="G48" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
         <v>133</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="E49" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="F49" s="0" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="G49" s="0" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>131</v>
+        <v>134</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="D50" s="0" t="s">
         <v>26</v>
       </c>
       <c r="E50" s="0" t="s">
-        <v>30</v>
+        <v>27</v>
       </c>
       <c r="F50" s="0" t="s">
         <v>28</v>
       </c>
       <c r="G50" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
+        <v>136</v>
+      </c>
+      <c r="B51" s="0" t="s">
         <v>134</v>
       </c>
-      <c r="B51" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C51" s="0" t="s">
-        <v>132</v>
+        <v>135</v>
       </c>
       <c r="D51" s="0" t="s">
-        <v>72</v>
+        <v>26</v>
       </c>
       <c r="E51" s="0" t="s">
-        <v>73</v>
+        <v>30</v>
       </c>
       <c r="F51" s="0" t="s">
-        <v>74</v>
+        <v>28</v>
       </c>
       <c r="G51" s="0" t="s">
-        <v>75</v>
+        <v>29</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
+        <v>137</v>
+      </c>
+      <c r="B52" s="0" t="s">
+        <v>134</v>
+      </c>
+      <c r="C52" s="0" t="s">
         <v>135</v>
       </c>
-      <c r="B52" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D52" s="0" t="s">
-        <v>32</v>
+        <v>72</v>
       </c>
       <c r="E52" s="0" t="s">
-        <v>33</v>
+        <v>73</v>
       </c>
       <c r="F52" s="0" t="s">
-        <v>34</v>
+        <v>74</v>
       </c>
       <c r="G52" s="0" t="s">
-        <v>35</v>
+        <v>75</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
         <v>138</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
       <c r="E53" s="0" t="s">
-        <v>13</v>
+        <v>33</v>
       </c>
       <c r="F53" s="0" t="s">
-        <v>14</v>
+        <v>34</v>
       </c>
       <c r="G53" s="0" t="s">
-        <v>15</v>
+        <v>35</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
+        <v>141</v>
+      </c>
+      <c r="B54" s="0" t="s">
         <v>139</v>
       </c>
-      <c r="B54" s="0" t="s">
+      <c r="C54" s="0" t="s">
         <v>140</v>
       </c>
-      <c r="C54" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D54" s="0" t="s">
-        <v>53</v>
+        <v>12</v>
       </c>
       <c r="E54" s="0" t="s">
-        <v>54</v>
+        <v>13</v>
       </c>
       <c r="F54" s="0" t="s">
-        <v>55</v>
+        <v>14</v>
       </c>
       <c r="G54" s="0" t="s">
-        <v>56</v>
+        <v>15</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
         <v>142</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="D55" s="0" t="s">
         <v>53</v>
       </c>
       <c r="E55" s="0" t="s">
-        <v>143</v>
+        <v>54</v>
       </c>
       <c r="F55" s="0" t="s">
         <v>55</v>
       </c>
       <c r="G55" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
-        <v>139</v>
+        <v>145</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="D56" s="0" t="s">
         <v>53</v>
       </c>
       <c r="E56" s="0" t="s">
-        <v>57</v>
+        <v>146</v>
       </c>
       <c r="F56" s="0" t="s">
         <v>55</v>
       </c>
       <c r="G56" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
         <v>142</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>141</v>
+        <v>144</v>
       </c>
       <c r="D57" s="0" t="s">
         <v>53</v>
       </c>
       <c r="E57" s="0" t="s">
-        <v>144</v>
+        <v>57</v>
       </c>
       <c r="F57" s="0" t="s">
         <v>55</v>
       </c>
       <c r="G57" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H57" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
         <v>145</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>146</v>
+        <v>143</v>
       </c>
       <c r="C58" s="0" t="s">
+        <v>144</v>
+      </c>
+      <c r="D58" s="0" t="s">
+        <v>53</v>
+      </c>
+      <c r="E58" s="0" t="s">
         <v>147</v>
       </c>
-      <c r="D58" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F58" s="0" t="s">
-        <v>86</v>
+        <v>55</v>
       </c>
       <c r="G58" s="0" t="s">
-        <v>87</v>
+        <v>56</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
         <v>148</v>
       </c>
       <c r="B59" s="0" t="s">
         <v>149</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>150</v>
       </c>
       <c r="D59" s="0" t="s">
-        <v>12</v>
+        <v>45</v>
       </c>
       <c r="E59" s="0" t="s">
-        <v>64</v>
+        <v>85</v>
       </c>
       <c r="F59" s="0" t="s">
-        <v>65</v>
+        <v>86</v>
       </c>
       <c r="G59" s="0" t="s">
-        <v>66</v>
+        <v>87</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
         <v>151</v>
       </c>
       <c r="B60" s="0" t="s">
         <v>152</v>
       </c>
       <c r="C60" s="0" t="s">
         <v>153</v>
       </c>
       <c r="D60" s="0" t="s">
-        <v>72</v>
+        <v>12</v>
       </c>
       <c r="E60" s="0" t="s">
-        <v>73</v>
+        <v>64</v>
       </c>
       <c r="F60" s="0" t="s">
-        <v>74</v>
+        <v>65</v>
       </c>
       <c r="G60" s="0" t="s">
-        <v>75</v>
+        <v>66</v>
       </c>
       <c r="H60" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
         <v>154</v>
       </c>
       <c r="B61" s="0" t="s">
         <v>155</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>156</v>
       </c>
       <c r="D61" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E61" s="0" t="s">
         <v>39</v>
       </c>
       <c r="F61" s="0" t="s">
         <v>40</v>
       </c>
       <c r="G61" s="0" t="s">
@@ -3067,51 +3067,51 @@
       </c>
       <c r="F87" s="0" t="s">
         <v>55</v>
       </c>
       <c r="G87" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H87" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="0" t="s">
         <v>213</v>
       </c>
       <c r="B88" s="0" t="s">
         <v>211</v>
       </c>
       <c r="C88" s="0" t="s">
         <v>212</v>
       </c>
       <c r="D88" s="0" t="s">
         <v>53</v>
       </c>
       <c r="E88" s="0" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="F88" s="0" t="s">
         <v>55</v>
       </c>
       <c r="G88" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H88" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="0" t="s">
         <v>210</v>
       </c>
       <c r="B89" s="0" t="s">
         <v>211</v>
       </c>
       <c r="C89" s="0" t="s">
         <v>212</v>
       </c>
       <c r="D89" s="0" t="s">
         <v>53</v>
       </c>
       <c r="E89" s="0" t="s">
@@ -3119,51 +3119,51 @@
       </c>
       <c r="F89" s="0" t="s">
         <v>55</v>
       </c>
       <c r="G89" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H89" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="0" t="s">
         <v>213</v>
       </c>
       <c r="B90" s="0" t="s">
         <v>211</v>
       </c>
       <c r="C90" s="0" t="s">
         <v>212</v>
       </c>
       <c r="D90" s="0" t="s">
         <v>53</v>
       </c>
       <c r="E90" s="0" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="F90" s="0" t="s">
         <v>55</v>
       </c>
       <c r="G90" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H90" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="0" t="s">
         <v>214</v>
       </c>
       <c r="B91" s="0" t="s">
         <v>215</v>
       </c>
       <c r="C91" s="0" t="s">
         <v>216</v>
       </c>
       <c r="D91" s="0" t="s">
         <v>53</v>
       </c>
       <c r="E91" s="0" t="s">
@@ -3171,51 +3171,51 @@
       </c>
       <c r="F91" s="0" t="s">
         <v>55</v>
       </c>
       <c r="G91" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H91" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="0" t="s">
         <v>217</v>
       </c>
       <c r="B92" s="0" t="s">
         <v>215</v>
       </c>
       <c r="C92" s="0" t="s">
         <v>216</v>
       </c>
       <c r="D92" s="0" t="s">
         <v>53</v>
       </c>
       <c r="E92" s="0" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="F92" s="0" t="s">
         <v>55</v>
       </c>
       <c r="G92" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H92" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="0" t="s">
         <v>214</v>
       </c>
       <c r="B93" s="0" t="s">
         <v>215</v>
       </c>
       <c r="C93" s="0" t="s">
         <v>216</v>
       </c>
       <c r="D93" s="0" t="s">
         <v>53</v>
       </c>
       <c r="E93" s="0" t="s">
@@ -3223,51 +3223,51 @@
       </c>
       <c r="F93" s="0" t="s">
         <v>55</v>
       </c>
       <c r="G93" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H93" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="0" t="s">
         <v>217</v>
       </c>
       <c r="B94" s="0" t="s">
         <v>215</v>
       </c>
       <c r="C94" s="0" t="s">
         <v>216</v>
       </c>
       <c r="D94" s="0" t="s">
         <v>53</v>
       </c>
       <c r="E94" s="0" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="F94" s="0" t="s">
         <v>55</v>
       </c>
       <c r="G94" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H94" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="0" t="s">
         <v>218</v>
       </c>
       <c r="B95" s="0" t="s">
         <v>219</v>
       </c>
       <c r="C95" s="0" t="s">
         <v>220</v>
       </c>
       <c r="D95" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E95" s="0" t="s">
@@ -3301,51 +3301,51 @@
       </c>
       <c r="F96" s="0" t="s">
         <v>55</v>
       </c>
       <c r="G96" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H96" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="0" t="s">
         <v>224</v>
       </c>
       <c r="B97" s="0" t="s">
         <v>222</v>
       </c>
       <c r="C97" s="0" t="s">
         <v>223</v>
       </c>
       <c r="D97" s="0" t="s">
         <v>53</v>
       </c>
       <c r="E97" s="0" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="F97" s="0" t="s">
         <v>55</v>
       </c>
       <c r="G97" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H97" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="0" t="s">
         <v>221</v>
       </c>
       <c r="B98" s="0" t="s">
         <v>222</v>
       </c>
       <c r="C98" s="0" t="s">
         <v>223</v>
       </c>
       <c r="D98" s="0" t="s">
         <v>53</v>
       </c>
       <c r="E98" s="0" t="s">
@@ -3353,51 +3353,51 @@
       </c>
       <c r="F98" s="0" t="s">
         <v>55</v>
       </c>
       <c r="G98" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H98" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="0" t="s">
         <v>224</v>
       </c>
       <c r="B99" s="0" t="s">
         <v>222</v>
       </c>
       <c r="C99" s="0" t="s">
         <v>223</v>
       </c>
       <c r="D99" s="0" t="s">
         <v>53</v>
       </c>
       <c r="E99" s="0" t="s">
-        <v>144</v>
+        <v>147</v>
       </c>
       <c r="F99" s="0" t="s">
         <v>55</v>
       </c>
       <c r="G99" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H99" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="0" t="s">
         <v>225</v>
       </c>
       <c r="B100" s="0" t="s">
         <v>226</v>
       </c>
       <c r="C100" s="0" t="s">
         <v>227</v>
       </c>
       <c r="D100" s="0" t="s">
         <v>32</v>
       </c>
       <c r="E100" s="0" t="s">