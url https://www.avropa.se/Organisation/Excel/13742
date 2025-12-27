--- v1 (2025-11-20)
+++ v2 (2025-12-27)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Kraftringe" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="232" uniqueCount="232">
   <si>
-    <t>Giltiga ramavtal för Kraftringen Energi AB 2025-11-20</t>
+    <t>Giltiga ramavtal för Kraftringen Energi AB 2025-12-27</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>