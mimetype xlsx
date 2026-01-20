--- v2 (2025-12-27)
+++ v3 (2026-01-20)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Kraftringe" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="232" uniqueCount="232">
   <si>
-    <t>Giltiga ramavtal för Kraftringen Energi AB 2025-12-27</t>
+    <t>Giltiga ramavtal för Kraftringen Energi AB 2026-01-20</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>