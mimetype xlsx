--- v3 (2026-01-20)
+++ v4 (2026-02-10)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Kraftringe" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="232" uniqueCount="232">
   <si>
-    <t>Giltiga ramavtal för Kraftringen Energi AB 2026-01-20</t>
+    <t>Giltiga ramavtal för Kraftringen Energi AB 2026-02-10</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>