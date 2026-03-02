--- v4 (2026-02-10)
+++ v5 (2026-03-02)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Kraftringe" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="232" uniqueCount="232">
   <si>
-    <t>Giltiga ramavtal för Kraftringen Energi AB 2026-02-10</t>
+    <t>Giltiga ramavtal för Kraftringen Energi AB 2026-03-02</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>