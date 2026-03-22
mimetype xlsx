--- v5 (2026-03-02)
+++ v6 (2026-03-22)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Kraftringe" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="232" uniqueCount="232">
   <si>
-    <t>Giltiga ramavtal för Kraftringen Energi AB 2026-03-02</t>
+    <t>Giltiga ramavtal för Kraftringen Energi AB 2026-03-22</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>