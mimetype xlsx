--- v0 (2025-10-16)
+++ v1 (2025-12-02)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Södra Dala" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="95" uniqueCount="95">
   <si>
-    <t>Giltiga ramavtal för Södra Dalarnas Räddningstjänstförbund 2025-10-16</t>
+    <t>Giltiga ramavtal för Södra Dalarnas Räddningstjänstförbund 2025-12-02</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -184,84 +184,84 @@
   <si>
     <t xml:space="preserve">5567264758      </t>
   </si>
   <si>
     <t>23.3-2649-2022-002</t>
   </si>
   <si>
     <t>23.3-2649-2022-003</t>
   </si>
   <si>
     <t>Crayon AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566359799      </t>
   </si>
   <si>
     <t>23.3-10517-20:004</t>
   </si>
   <si>
     <t>Dustin Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566661012      </t>
   </si>
   <si>
+    <t>23.3-10517-20:006</t>
+  </si>
+  <si>
+    <t>Forté Sweden AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5563657039      </t>
+  </si>
+  <si>
     <t>23.3-10517-20:005</t>
   </si>
   <si>
     <t>Foxway AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564700309      </t>
   </si>
   <si>
     <t>23.3-2651-2022-007</t>
   </si>
   <si>
     <t>Fujitsu Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5561475897      </t>
   </si>
   <si>
     <t>23.3-2649-2022-004</t>
   </si>
   <si>
     <t>HiQ International AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565293205      </t>
-  </si>
-[...7 lines deleted...]
-    <t xml:space="preserve">5563657039      </t>
   </si>
   <si>
     <t>23.3-2649-2022-005</t>
   </si>
   <si>
     <t>Knowit Connectivity AB</t>
   </si>
   <si>
     <t xml:space="preserve">5562540673      </t>
   </si>
   <si>
     <t>23.3-2651-2022-004</t>
   </si>
   <si>
     <t>Nexer AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564519345      </t>
   </si>
   <si>
     <t>23.3-2651-2022-005</t>
   </si>
   <si>
     <t>Pulsen AB</t>
   </si>
@@ -781,112 +781,112 @@
       </c>
       <c r="E15" s="0" t="s">
         <v>25</v>
       </c>
       <c r="F15" s="0" t="s">
         <v>26</v>
       </c>
       <c r="G15" s="0" t="s">
         <v>27</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
         <v>61</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>62</v>
       </c>
       <c r="C16" s="0" t="s">
         <v>63</v>
       </c>
       <c r="D16" s="0" t="s">
-        <v>12</v>
+        <v>24</v>
       </c>
       <c r="E16" s="0" t="s">
-        <v>13</v>
+        <v>25</v>
       </c>
       <c r="F16" s="0" t="s">
-        <v>14</v>
+        <v>26</v>
       </c>
       <c r="G16" s="0" t="s">
-        <v>15</v>
+        <v>27</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
         <v>64</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>65</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>66</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="0" t="s">
-        <v>20</v>
+        <v>13</v>
       </c>
       <c r="F17" s="0" t="s">
-        <v>21</v>
+        <v>14</v>
       </c>
       <c r="G17" s="0" t="s">
-        <v>22</v>
+        <v>15</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
         <v>67</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>68</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>69</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>24</v>
+        <v>12</v>
       </c>
       <c r="E18" s="0" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
       <c r="F18" s="0" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="G18" s="0" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
         <v>70</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>71</v>
       </c>
       <c r="C19" s="0" t="s">
         <v>72</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="0" t="s">
         <v>20</v>
       </c>
       <c r="F19" s="0" t="s">
         <v>21</v>
       </c>
       <c r="G19" s="0" t="s">