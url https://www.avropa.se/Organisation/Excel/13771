--- v1 (2025-12-02)
+++ v2 (2026-01-10)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Södra Dala" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="95" uniqueCount="95">
   <si>
-    <t>Giltiga ramavtal för Södra Dalarnas Räddningstjänstförbund 2025-12-02</t>
+    <t>Giltiga ramavtal för Södra Dalarnas Räddningstjänstförbund 2026-01-10</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>