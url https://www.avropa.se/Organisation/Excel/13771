--- v2 (2026-01-10)
+++ v3 (2026-02-21)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Södra Dala" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="95" uniqueCount="95">
   <si>
-    <t>Giltiga ramavtal för Södra Dalarnas Räddningstjänstförbund 2026-01-10</t>
+    <t>Giltiga ramavtal för Södra Dalarnas Räddningstjänstförbund 2026-02-21</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>