--- v3 (2026-02-21)
+++ v4 (2026-03-13)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Södra Dala" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="95" uniqueCount="95">
   <si>
-    <t>Giltiga ramavtal för Södra Dalarnas Räddningstjänstförbund 2026-02-21</t>
+    <t>Giltiga ramavtal för Södra Dalarnas Räddningstjänstförbund 2026-03-13</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>