--- v0 (2025-10-14)
+++ v1 (2025-11-05)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Mediacente" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="88" uniqueCount="88">
   <si>
-    <t>Giltiga ramavtal för Mediacenter i Jönköpings län 2025-10-14</t>
+    <t>Giltiga ramavtal för Mediacenter i Jönköpings län 2025-11-05</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>