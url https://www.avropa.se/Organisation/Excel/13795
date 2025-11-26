--- v1 (2025-11-05)
+++ v2 (2025-11-26)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Mediacente" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="88" uniqueCount="88">
   <si>
-    <t>Giltiga ramavtal för Mediacenter i Jönköpings län 2025-11-05</t>
+    <t>Giltiga ramavtal för Mediacenter i Jönköpings län 2025-11-26</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -181,69 +181,69 @@
   <si>
     <t>Crayon AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566359799      </t>
   </si>
   <si>
     <t>23.3-8027-2021-003</t>
   </si>
   <si>
     <t>23.3-2650-2022-005</t>
   </si>
   <si>
     <t>Dustin Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566661012      </t>
   </si>
   <si>
     <t>23.3-8027-2021-005</t>
   </si>
   <si>
     <t>23.3-10517-20:004</t>
   </si>
   <si>
+    <t>23.3-10517-20:006</t>
+  </si>
+  <si>
+    <t>Forté Sweden AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5563657039      </t>
+  </si>
+  <si>
     <t>23.3-3081-2023-003</t>
   </si>
   <si>
     <t>Foxway AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564700309      </t>
   </si>
   <si>
     <t>23.3-10517-20:005</t>
-  </si>
-[...7 lines deleted...]
-    <t xml:space="preserve">5563657039      </t>
   </si>
   <si>
     <t>23.3-2650-2022-006</t>
   </si>
   <si>
     <t>Insight Technology Solutions AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565559522      </t>
   </si>
   <si>
     <t>23.3-8027-2021-006</t>
   </si>
   <si>
     <t>Pulsen AB</t>
   </si>
   <si>
     <t xml:space="preserve">5562596428      </t>
   </si>
   <si>
     <t>23.3-8027-2021-007</t>
   </si>
   <si>
     <t>Redpill Linpro AB</t>
   </si>
@@ -864,126 +864,126 @@
       </c>
       <c r="E19" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F19" s="0" t="s">
         <v>34</v>
       </c>
       <c r="G19" s="0" t="s">
         <v>35</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
         <v>57</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>58</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>59</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>12</v>
+        <v>32</v>
       </c>
       <c r="E20" s="0" t="s">
-        <v>13</v>
+        <v>33</v>
       </c>
       <c r="F20" s="0" t="s">
-        <v>14</v>
+        <v>34</v>
       </c>
       <c r="G20" s="0" t="s">
-        <v>15</v>
+        <v>35</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
-        <v>57</v>
+        <v>60</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E21" s="0" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="F21" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G21" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
         <v>60</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>59</v>
+        <v>62</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>32</v>
+        <v>12</v>
       </c>
       <c r="E22" s="0" t="s">
-        <v>33</v>
+        <v>17</v>
       </c>
       <c r="F22" s="0" t="s">
-        <v>34</v>
+        <v>14</v>
       </c>
       <c r="G22" s="0" t="s">
-        <v>35</v>
+        <v>15</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
+        <v>63</v>
+      </c>
+      <c r="B23" s="0" t="s">
         <v>61</v>
       </c>
-      <c r="B23" s="0" t="s">
+      <c r="C23" s="0" t="s">
         <v>62</v>
-      </c>
-[...1 lines deleted...]
-        <v>63</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>32</v>
       </c>
       <c r="E23" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F23" s="0" t="s">
         <v>34</v>
       </c>
       <c r="G23" s="0" t="s">
         <v>35</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
         <v>64</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>65</v>
       </c>
       <c r="C24" s="0" t="s">