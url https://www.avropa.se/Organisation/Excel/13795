--- v2 (2025-11-26)
+++ v3 (2026-01-07)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Mediacente" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="88" uniqueCount="88">
   <si>
-    <t>Giltiga ramavtal för Mediacenter i Jönköpings län 2025-11-26</t>
+    <t>Giltiga ramavtal för Mediacenter i Jönköpings län 2026-01-07</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>