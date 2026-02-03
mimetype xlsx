--- v3 (2026-01-07)
+++ v4 (2026-02-03)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Mediacente" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="88" uniqueCount="88">
   <si>
-    <t>Giltiga ramavtal för Mediacenter i Jönköpings län 2026-01-07</t>
+    <t>Giltiga ramavtal för Mediacenter i Jönköpings län 2026-02-03</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>