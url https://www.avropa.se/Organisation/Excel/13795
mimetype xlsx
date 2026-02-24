--- v4 (2026-02-03)
+++ v5 (2026-02-24)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Mediacente" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="88" uniqueCount="88">
   <si>
-    <t>Giltiga ramavtal för Mediacenter i Jönköpings län 2026-02-03</t>
+    <t>Giltiga ramavtal för Mediacenter i Jönköpings län 2026-02-24</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>