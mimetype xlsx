--- v5 (2026-02-24)
+++ v6 (2026-03-18)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Mediacente" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="88" uniqueCount="88">
   <si>
-    <t>Giltiga ramavtal för Mediacenter i Jönköpings län 2026-02-24</t>
+    <t>Giltiga ramavtal för Mediacenter i Jönköpings län 2026-03-18</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>