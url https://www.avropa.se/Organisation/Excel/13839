--- v0 (2025-10-30)
+++ v1 (2025-11-20)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Höganäs En" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="159" uniqueCount="159">
   <si>
-    <t>Giltiga ramavtal för Höganäs Energi AB 2025-10-30</t>
+    <t>Giltiga ramavtal för Höganäs Energi AB 2025-11-20</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -343,51 +343,51 @@
   <si>
     <t>23.3-4104-2022-005</t>
   </si>
   <si>
     <t>LåsTeam Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565808473      </t>
   </si>
   <si>
     <t>23.3-2651-2022-004</t>
   </si>
   <si>
     <t>Nexer AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564519345      </t>
   </si>
   <si>
     <t>23.3-11119-2021-003</t>
   </si>
   <si>
     <t>Office Sverige AB</t>
   </si>
   <si>
-    <t xml:space="preserve">5563544948      </t>
+    <t xml:space="preserve">5569926388      </t>
   </si>
   <si>
     <t>23.3-957-2022-001</t>
   </si>
   <si>
     <t>OpusCapita Solutions AB</t>
   </si>
   <si>
     <t xml:space="preserve">5591341705      </t>
   </si>
   <si>
     <t>Operatörstjänst för elektroniska meddelanden</t>
   </si>
   <si>
     <t>Operatörstjänst för elektroniska meddelanden / Operatörstjänst för elektroniska meddelanden</t>
   </si>
   <si>
     <t>2023-04-14</t>
   </si>
   <si>
     <t>2027-04-13</t>
   </si>
   <si>
     <t>23.3-957-2022-002</t>
   </si>