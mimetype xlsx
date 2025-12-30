--- v1 (2025-11-20)
+++ v2 (2025-12-30)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Höganäs En" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="159" uniqueCount="159">
   <si>
-    <t>Giltiga ramavtal för Höganäs Energi AB 2025-11-20</t>
+    <t>Giltiga ramavtal för Höganäs Energi AB 2025-12-30</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>