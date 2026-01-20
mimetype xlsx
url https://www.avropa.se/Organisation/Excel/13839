--- v2 (2025-12-30)
+++ v3 (2026-01-20)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Höganäs En" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="159" uniqueCount="159">
   <si>
-    <t>Giltiga ramavtal för Höganäs Energi AB 2025-12-30</t>
+    <t>Giltiga ramavtal för Höganäs Energi AB 2026-01-20</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>