--- v3 (2026-01-20)
+++ v4 (2026-02-10)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Höganäs En" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="159" uniqueCount="159">
   <si>
-    <t>Giltiga ramavtal för Höganäs Energi AB 2026-01-20</t>
+    <t>Giltiga ramavtal för Höganäs Energi AB 2026-02-10</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -283,50 +283,71 @@
   <si>
     <t>Dustin Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566661012      </t>
   </si>
   <si>
     <t>23.3-4104-2022-006</t>
   </si>
   <si>
     <t>Finlarm Aktiebolag</t>
   </si>
   <si>
     <t xml:space="preserve">5563767382      </t>
   </si>
   <si>
     <t>23.3-2651-2022-007</t>
   </si>
   <si>
     <t>Fujitsu Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5561475897      </t>
   </si>
   <si>
+    <t>23.3-957-2022-001</t>
+  </si>
+  <si>
+    <t>GEP Sweden AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5591341705      </t>
+  </si>
+  <si>
+    <t>Operatörstjänst för elektroniska meddelanden</t>
+  </si>
+  <si>
+    <t>Operatörstjänst för elektroniska meddelanden / Operatörstjänst för elektroniska meddelanden</t>
+  </si>
+  <si>
+    <t>2023-04-14</t>
+  </si>
+  <si>
+    <t>2027-04-13</t>
+  </si>
+  <si>
     <t>23.3-4104-2022-009</t>
   </si>
   <si>
     <t>Great Security Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565354726      </t>
   </si>
   <si>
     <t>23.3-2649-2022-004</t>
   </si>
   <si>
     <t>HiQ International AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565293205      </t>
   </si>
   <si>
     <t>23.3-2650-2022-006</t>
   </si>
   <si>
     <t>Insight Technology Solutions AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565559522      </t>
@@ -344,71 +365,50 @@
     <t>23.3-4104-2022-005</t>
   </si>
   <si>
     <t>LåsTeam Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565808473      </t>
   </si>
   <si>
     <t>23.3-2651-2022-004</t>
   </si>
   <si>
     <t>Nexer AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564519345      </t>
   </si>
   <si>
     <t>23.3-11119-2021-003</t>
   </si>
   <si>
     <t>Office Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5569926388      </t>
-  </si>
-[...19 lines deleted...]
-    <t>2027-04-13</t>
   </si>
   <si>
     <t>23.3-957-2022-002</t>
   </si>
   <si>
     <t>Pagero Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5567522981      </t>
   </si>
   <si>
     <t>23.3-11119-2021-004</t>
   </si>
   <si>
     <t>Perfect Print Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566179486      </t>
   </si>
   <si>
     <t>23.3-2651-2022-005</t>
   </si>
   <si>
     <t>Pulsen AB</t>
   </si>
@@ -1259,294 +1259,294 @@
       </c>
       <c r="E26" s="0" t="s">
         <v>13</v>
       </c>
       <c r="F26" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G26" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
         <v>91</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>92</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>93</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>26</v>
+        <v>94</v>
       </c>
       <c r="E27" s="0" t="s">
-        <v>47</v>
+        <v>95</v>
       </c>
       <c r="F27" s="0" t="s">
-        <v>48</v>
+        <v>96</v>
       </c>
       <c r="G27" s="0" t="s">
-        <v>49</v>
+        <v>97</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>12</v>
+        <v>26</v>
       </c>
       <c r="E28" s="0" t="s">
-        <v>41</v>
+        <v>47</v>
       </c>
       <c r="F28" s="0" t="s">
-        <v>42</v>
+        <v>48</v>
       </c>
       <c r="G28" s="0" t="s">
-        <v>43</v>
+        <v>49</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E29" s="0" t="s">
-        <v>20</v>
+        <v>41</v>
       </c>
       <c r="F29" s="0" t="s">
-        <v>21</v>
+        <v>42</v>
       </c>
       <c r="G29" s="0" t="s">
-        <v>22</v>
+        <v>43</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="D30" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="0" t="s">
-        <v>41</v>
+        <v>20</v>
       </c>
       <c r="F30" s="0" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="G30" s="0" t="s">
-        <v>43</v>
+        <v>22</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>26</v>
+        <v>12</v>
       </c>
       <c r="E31" s="0" t="s">
-        <v>47</v>
+        <v>41</v>
       </c>
       <c r="F31" s="0" t="s">
-        <v>48</v>
+        <v>42</v>
       </c>
       <c r="G31" s="0" t="s">
-        <v>49</v>
+        <v>43</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="D32" s="0" t="s">
-        <v>12</v>
+        <v>26</v>
       </c>
       <c r="E32" s="0" t="s">
-        <v>13</v>
+        <v>47</v>
       </c>
       <c r="F32" s="0" t="s">
-        <v>14</v>
+        <v>48</v>
       </c>
       <c r="G32" s="0" t="s">
-        <v>15</v>
+        <v>49</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>110</v>
+        <v>114</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>111</v>
+        <v>115</v>
       </c>
       <c r="D33" s="0" t="s">
-        <v>34</v>
+        <v>12</v>
       </c>
       <c r="E33" s="0" t="s">
-        <v>35</v>
+        <v>13</v>
       </c>
       <c r="F33" s="0" t="s">
-        <v>36</v>
+        <v>14</v>
       </c>
       <c r="G33" s="0" t="s">
-        <v>37</v>
+        <v>15</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
-        <v>109</v>
+        <v>116</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>110</v>
+        <v>117</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>111</v>
+        <v>118</v>
       </c>
       <c r="D34" s="0" t="s">
         <v>34</v>
       </c>
       <c r="E34" s="0" t="s">
-        <v>38</v>
+        <v>35</v>
       </c>
       <c r="F34" s="0" t="s">
         <v>36</v>
       </c>
       <c r="G34" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
-        <v>112</v>
+        <v>116</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>113</v>
+        <v>117</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>114</v>
+        <v>118</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>115</v>
+        <v>34</v>
       </c>
       <c r="E35" s="0" t="s">
-        <v>116</v>
+        <v>38</v>
       </c>
       <c r="F35" s="0" t="s">
-        <v>117</v>
+        <v>36</v>
       </c>
       <c r="G35" s="0" t="s">
-        <v>118</v>
+        <v>37</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
         <v>119</v>
       </c>
       <c r="B36" s="0" t="s">
         <v>120</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>121</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>115</v>
+        <v>94</v>
       </c>
       <c r="E36" s="0" t="s">
-        <v>116</v>
+        <v>95</v>
       </c>
       <c r="F36" s="0" t="s">
-        <v>117</v>
+        <v>96</v>
       </c>
       <c r="G36" s="0" t="s">
-        <v>118</v>
+        <v>97</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
         <v>122</v>
       </c>
       <c r="B37" s="0" t="s">
         <v>123</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>124</v>
       </c>
       <c r="D37" s="0" t="s">
         <v>34</v>
       </c>
       <c r="E37" s="0" t="s">
         <v>35</v>
       </c>
       <c r="F37" s="0" t="s">
         <v>36</v>
       </c>
       <c r="G37" s="0" t="s">
@@ -1623,60 +1623,60 @@
       </c>
       <c r="E40" s="0" t="s">
         <v>41</v>
       </c>
       <c r="F40" s="0" t="s">
         <v>42</v>
       </c>
       <c r="G40" s="0" t="s">
         <v>43</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
         <v>129</v>
       </c>
       <c r="B41" s="0" t="s">
         <v>130</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>131</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>115</v>
+        <v>94</v>
       </c>
       <c r="E41" s="0" t="s">
-        <v>116</v>
+        <v>95</v>
       </c>
       <c r="F41" s="0" t="s">
-        <v>117</v>
+        <v>96</v>
       </c>
       <c r="G41" s="0" t="s">
-        <v>118</v>
+        <v>97</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
         <v>132</v>
       </c>
       <c r="B42" s="0" t="s">
         <v>133</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>134</v>
       </c>
       <c r="D42" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E42" s="0" t="s">
         <v>41</v>
       </c>
       <c r="F42" s="0" t="s">
         <v>42</v>
       </c>
       <c r="G42" s="0" t="s">