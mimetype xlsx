--- v4 (2026-02-10)
+++ v5 (2026-03-02)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Höganäs En" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="159" uniqueCount="159">
   <si>
-    <t>Giltiga ramavtal för Höganäs Energi AB 2026-02-10</t>
+    <t>Giltiga ramavtal för Höganäs Energi AB 2026-03-02</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>