--- v5 (2026-03-02)
+++ v6 (2026-03-22)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Höganäs En" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="159" uniqueCount="159">
   <si>
-    <t>Giltiga ramavtal för Höganäs Energi AB 2026-03-02</t>
+    <t>Giltiga ramavtal för Höganäs Energi AB 2026-03-22</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>