--- v0 (2025-10-18)
+++ v1 (2025-11-09)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Aktiebolag" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="139" uniqueCount="139">
   <si>
-    <t>Giltiga ramavtal för Aktiebolag Höganäshem 2025-10-18</t>
+    <t>Giltiga ramavtal för Aktiebolag Höganäshem 2025-11-09</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -163,105 +163,105 @@
   <si>
     <t>2027-02-26</t>
   </si>
   <si>
     <t>23.3-2651-2022-003</t>
   </si>
   <si>
     <t>Bidmo Sourcing partners AB</t>
   </si>
   <si>
     <t xml:space="preserve">5594485012      </t>
   </si>
   <si>
     <t>2023-11-09</t>
   </si>
   <si>
     <t>23.3-2651-2022-002</t>
   </si>
   <si>
     <t>CAG Group AB</t>
   </si>
   <si>
     <t xml:space="preserve">5562972504      </t>
   </si>
   <si>
+    <t>23.3-2651-2022-001</t>
+  </si>
+  <si>
+    <t>Chas Visual Management AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5567264758      </t>
+  </si>
+  <si>
+    <t>23.3-2650-2022-003</t>
+  </si>
+  <si>
+    <t>23.3-2649-2022-002</t>
+  </si>
+  <si>
+    <t>23.3-2650-2022-004</t>
+  </si>
+  <si>
+    <t>Crayon AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5566359799      </t>
+  </si>
+  <si>
+    <t>23.3-2649-2022-003</t>
+  </si>
+  <si>
+    <t>23.3-5890-2023-007</t>
+  </si>
+  <si>
+    <t>DataCom Group Nordic AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5563697746      </t>
+  </si>
+  <si>
+    <t>23.3-3262-2024-003</t>
+  </si>
+  <si>
+    <t>Dustin Sverige AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5566661012      </t>
+  </si>
+  <si>
+    <t>23.3-2650-2022-005</t>
+  </si>
+  <si>
     <t>23.3-5890-2023-006</t>
   </si>
   <si>
-    <t>Centric IT Solutions Sweden AB</t>
+    <t>Eccera IT Solutions AB</t>
   </si>
   <si>
     <t xml:space="preserve">5567714349      </t>
-  </si>
-[...46 lines deleted...]
-    <t>23.3-2650-2022-005</t>
   </si>
   <si>
     <t>23.3-3262-2024-004</t>
   </si>
   <si>
     <t>Foxway AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564700309      </t>
   </si>
   <si>
     <t>23.3-10639-2023-005</t>
   </si>
   <si>
     <t>Fujitsu Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5561475897      </t>
   </si>
   <si>
     <t>23.3-2651-2022-007</t>
   </si>
   <si>
     <t>23.3-2649-2022-004</t>
   </si>
@@ -887,294 +887,294 @@
       </c>
       <c r="E14" s="0" t="s">
         <v>13</v>
       </c>
       <c r="F14" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G14" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
         <v>51</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>52</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>53</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>26</v>
+        <v>12</v>
       </c>
       <c r="E15" s="0" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
       <c r="F15" s="0" t="s">
-        <v>28</v>
+        <v>14</v>
       </c>
       <c r="G15" s="0" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
         <v>54</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E16" s="0" t="s">
-        <v>13</v>
+        <v>33</v>
       </c>
       <c r="F16" s="0" t="s">
-        <v>14</v>
+        <v>34</v>
       </c>
       <c r="G16" s="0" t="s">
-        <v>15</v>
+        <v>35</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>57</v>
+        <v>55</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>55</v>
+        <v>52</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>56</v>
+        <v>53</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E17" s="0" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="F17" s="0" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="G17" s="0" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
+        <v>56</v>
+      </c>
+      <c r="B18" s="0" t="s">
+        <v>57</v>
+      </c>
+      <c r="C18" s="0" t="s">
         <v>58</v>
-      </c>
-[...4 lines deleted...]
-        <v>56</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="0" t="s">
-        <v>41</v>
+        <v>33</v>
       </c>
       <c r="F18" s="0" t="s">
-        <v>42</v>
+        <v>34</v>
       </c>
       <c r="G18" s="0" t="s">
-        <v>43</v>
+        <v>35</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
         <v>59</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>60</v>
+        <v>57</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E19" s="0" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="F19" s="0" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="G19" s="0" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
+        <v>60</v>
+      </c>
+      <c r="B20" s="0" t="s">
+        <v>61</v>
+      </c>
+      <c r="C20" s="0" t="s">
         <v>62</v>
       </c>
-      <c r="B20" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D20" s="0" t="s">
-        <v>12</v>
+        <v>26</v>
       </c>
       <c r="E20" s="0" t="s">
-        <v>41</v>
+        <v>31</v>
       </c>
       <c r="F20" s="0" t="s">
-        <v>42</v>
+        <v>28</v>
       </c>
       <c r="G20" s="0" t="s">
-        <v>43</v>
+        <v>29</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
         <v>63</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>64</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>65</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="E21" s="0" t="s">
-        <v>31</v>
+        <v>21</v>
       </c>
       <c r="F21" s="0" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="G21" s="0" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
-        <v>66</v>
+        <v>63</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>67</v>
+        <v>64</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>20</v>
       </c>
       <c r="E22" s="0" t="s">
-        <v>21</v>
+        <v>24</v>
       </c>
       <c r="F22" s="0" t="s">
         <v>22</v>
       </c>
       <c r="G22" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
         <v>66</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>67</v>
+        <v>64</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="E23" s="0" t="s">
-        <v>24</v>
+        <v>33</v>
       </c>
       <c r="F23" s="0" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="G23" s="0" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
+        <v>67</v>
+      </c>
+      <c r="B24" s="0" t="s">
+        <v>68</v>
+      </c>
+      <c r="C24" s="0" t="s">
         <v>69</v>
       </c>
-      <c r="B24" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D24" s="0" t="s">
-        <v>12</v>
+        <v>26</v>
       </c>
       <c r="E24" s="0" t="s">
-        <v>33</v>
+        <v>31</v>
       </c>
       <c r="F24" s="0" t="s">
-        <v>34</v>
+        <v>28</v>
       </c>
       <c r="G24" s="0" t="s">
-        <v>35</v>
+        <v>29</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
         <v>70</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>71</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>72</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>20</v>
       </c>
       <c r="E25" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F25" s="0" t="s">
         <v>22</v>
       </c>
       <c r="G25" s="0" t="s">