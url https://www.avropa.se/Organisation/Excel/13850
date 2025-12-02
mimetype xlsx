--- v1 (2025-11-09)
+++ v2 (2025-12-02)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Aktiebolag" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="139" uniqueCount="139">
   <si>
-    <t>Giltiga ramavtal för Aktiebolag Höganäshem 2025-11-09</t>
+    <t>Giltiga ramavtal för Aktiebolag Höganäshem 2025-12-02</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -82,51 +82,51 @@
   <si>
     <t/>
   </si>
   <si>
     <t>23.3-3262-2024-001</t>
   </si>
   <si>
     <t>Advania Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5562149996      </t>
   </si>
   <si>
     <t>Bärbara datorer</t>
   </si>
   <si>
     <t>Bärbara datorer / Bärbara datorer / Särskild fördelningsnyckel</t>
   </si>
   <si>
     <t>2025-09-09</t>
   </si>
   <si>
     <t>2029-09-08</t>
   </si>
   <si>
-    <t>Bärbara datorer / Bärbara datorer / Förnyad konkurrensersättning</t>
+    <t>Bärbara datorer / Bärbara datorer / Förnyad konkurrensutsättning</t>
   </si>
   <si>
     <t>23.3-10639-2023-001</t>
   </si>
   <si>
     <t>IT-drift</t>
   </si>
   <si>
     <t>IT-drift / IT-drift Större, fler än 200 anställda</t>
   </si>
   <si>
     <t>2024-11-14</t>
   </si>
   <si>
     <t>2028-11-13</t>
   </si>
   <si>
     <t>23.3-5890-2023-003</t>
   </si>
   <si>
     <t>IT-drift / IT-drift Mindre, upp till 200 anställda</t>
   </si>
   <si>
     <t>23.3-2650-2022-001</t>
   </si>