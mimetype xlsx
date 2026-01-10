--- v2 (2025-12-02)
+++ v3 (2026-01-10)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Aktiebolag" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="139" uniqueCount="139">
   <si>
-    <t>Giltiga ramavtal för Aktiebolag Höganäshem 2025-12-02</t>
+    <t>Giltiga ramavtal för Aktiebolag Höganäshem 2026-01-10</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>