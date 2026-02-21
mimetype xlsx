--- v3 (2026-01-10)
+++ v4 (2026-02-21)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Aktiebolag" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="139" uniqueCount="139">
   <si>
-    <t>Giltiga ramavtal för Aktiebolag Höganäshem 2026-01-10</t>
+    <t>Giltiga ramavtal för Aktiebolag Höganäshem 2026-02-21</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -241,50 +241,71 @@
   <si>
     <t xml:space="preserve">5567714349      </t>
   </si>
   <si>
     <t>23.3-3262-2024-004</t>
   </si>
   <si>
     <t>Foxway AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564700309      </t>
   </si>
   <si>
     <t>23.3-10639-2023-005</t>
   </si>
   <si>
     <t>Fujitsu Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5561475897      </t>
   </si>
   <si>
     <t>23.3-2651-2022-007</t>
   </si>
   <si>
+    <t>23.3-957-2022-001</t>
+  </si>
+  <si>
+    <t>GEP Sweden AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5591341705      </t>
+  </si>
+  <si>
+    <t>Operatörstjänst för elektroniska meddelanden</t>
+  </si>
+  <si>
+    <t>Operatörstjänst för elektroniska meddelanden / Operatörstjänst för elektroniska meddelanden</t>
+  </si>
+  <si>
+    <t>2023-04-14</t>
+  </si>
+  <si>
+    <t>2027-04-13</t>
+  </si>
+  <si>
     <t>23.3-2649-2022-004</t>
   </si>
   <si>
     <t>HiQ International AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565293205      </t>
   </si>
   <si>
     <t>23.3-2650-2022-006</t>
   </si>
   <si>
     <t>Insight Technology Solutions AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565559522      </t>
   </si>
   <si>
     <t>23.3-3262-2024-005</t>
   </si>
   <si>
     <t>itm8 Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5569908485      </t>
@@ -329,71 +350,50 @@
     <t>23.3-2651-2022-004</t>
   </si>
   <si>
     <t>Nexer AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564519345      </t>
   </si>
   <si>
     <t>23.3-5890-2023-002</t>
   </si>
   <si>
     <t>Nordlo Advance AB (f.d.EPM Data)</t>
   </si>
   <si>
     <t xml:space="preserve">5564861689      </t>
   </si>
   <si>
     <t>23.3-10639-2023-007</t>
   </si>
   <si>
     <t>Nordlo Improve AB</t>
   </si>
   <si>
     <t xml:space="preserve">5562719129      </t>
-  </si>
-[...19 lines deleted...]
-    <t>2027-04-13</t>
   </si>
   <si>
     <t>23.3-10639-2023-004</t>
   </si>
   <si>
     <t>Orange Business Digital Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566380639      </t>
   </si>
   <si>
     <t>23.3-5890-2023-005</t>
   </si>
   <si>
     <t>23.3-957-2022-002</t>
   </si>
   <si>
     <t>Pagero Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5567522981      </t>
   </si>
   <si>
     <t>23.3-2651-2022-005</t>
   </si>
@@ -1251,372 +1251,372 @@
       </c>
       <c r="E28" s="0" t="s">
         <v>13</v>
       </c>
       <c r="F28" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G28" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
         <v>77</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>78</v>
       </c>
       <c r="C29" s="0" t="s">
         <v>79</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>12</v>
+        <v>80</v>
       </c>
       <c r="E29" s="0" t="s">
-        <v>41</v>
+        <v>81</v>
       </c>
       <c r="F29" s="0" t="s">
-        <v>42</v>
+        <v>82</v>
       </c>
       <c r="G29" s="0" t="s">
-        <v>43</v>
+        <v>83</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="D30" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="0" t="s">
-        <v>33</v>
+        <v>41</v>
       </c>
       <c r="F30" s="0" t="s">
-        <v>34</v>
+        <v>42</v>
       </c>
       <c r="G30" s="0" t="s">
-        <v>35</v>
+        <v>43</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="E31" s="0" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="F31" s="0" t="s">
-        <v>22</v>
+        <v>34</v>
       </c>
       <c r="G31" s="0" t="s">
-        <v>23</v>
+        <v>35</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
-        <v>83</v>
+        <v>90</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>84</v>
+        <v>91</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>85</v>
+        <v>92</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>20</v>
       </c>
       <c r="E32" s="0" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="F32" s="0" t="s">
         <v>22</v>
       </c>
       <c r="G32" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="D33" s="0" t="s">
-        <v>26</v>
+        <v>20</v>
       </c>
       <c r="E33" s="0" t="s">
-        <v>27</v>
+        <v>24</v>
       </c>
       <c r="F33" s="0" t="s">
-        <v>28</v>
+        <v>22</v>
       </c>
       <c r="G33" s="0" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>20</v>
+        <v>26</v>
       </c>
       <c r="E34" s="0" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="F34" s="0" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="G34" s="0" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
-        <v>89</v>
+        <v>96</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>90</v>
+        <v>97</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>91</v>
+        <v>98</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>20</v>
       </c>
       <c r="E35" s="0" t="s">
-        <v>24</v>
+        <v>21</v>
       </c>
       <c r="F35" s="0" t="s">
         <v>22</v>
       </c>
       <c r="G35" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>93</v>
+        <v>97</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="E36" s="0" t="s">
-        <v>41</v>
+        <v>24</v>
       </c>
       <c r="F36" s="0" t="s">
-        <v>42</v>
+        <v>22</v>
       </c>
       <c r="G36" s="0" t="s">
-        <v>43</v>
+        <v>23</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>26</v>
+        <v>12</v>
       </c>
       <c r="E37" s="0" t="s">
-        <v>31</v>
+        <v>41</v>
       </c>
       <c r="F37" s="0" t="s">
-        <v>28</v>
+        <v>42</v>
       </c>
       <c r="G37" s="0" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="D38" s="0" t="s">
-        <v>12</v>
+        <v>26</v>
       </c>
       <c r="E38" s="0" t="s">
-        <v>13</v>
+        <v>31</v>
       </c>
       <c r="F38" s="0" t="s">
-        <v>14</v>
+        <v>28</v>
       </c>
       <c r="G38" s="0" t="s">
-        <v>15</v>
+        <v>29</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>26</v>
+        <v>12</v>
       </c>
       <c r="E39" s="0" t="s">
-        <v>31</v>
+        <v>13</v>
       </c>
       <c r="F39" s="0" t="s">
-        <v>28</v>
+        <v>14</v>
       </c>
       <c r="G39" s="0" t="s">
-        <v>29</v>
+        <v>15</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="D40" s="0" t="s">
         <v>26</v>
       </c>
       <c r="E40" s="0" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
       <c r="F40" s="0" t="s">
         <v>28</v>
       </c>
       <c r="G40" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>109</v>
+        <v>113</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>110</v>
+        <v>26</v>
       </c>
       <c r="E41" s="0" t="s">
-        <v>111</v>
+        <v>27</v>
       </c>
       <c r="F41" s="0" t="s">
-        <v>112</v>
+        <v>28</v>
       </c>
       <c r="G41" s="0" t="s">
-        <v>113</v>
+        <v>29</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
         <v>114</v>
       </c>
       <c r="B42" s="0" t="s">
         <v>115</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>116</v>
       </c>
       <c r="D42" s="0" t="s">
         <v>26</v>
       </c>
       <c r="E42" s="0" t="s">
         <v>27</v>
       </c>
       <c r="F42" s="0" t="s">
         <v>28</v>
       </c>
       <c r="G42" s="0" t="s">
@@ -1641,60 +1641,60 @@
       </c>
       <c r="E43" s="0" t="s">
         <v>31</v>
       </c>
       <c r="F43" s="0" t="s">
         <v>28</v>
       </c>
       <c r="G43" s="0" t="s">
         <v>29</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
         <v>118</v>
       </c>
       <c r="B44" s="0" t="s">
         <v>119</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>120</v>
       </c>
       <c r="D44" s="0" t="s">
-        <v>110</v>
+        <v>80</v>
       </c>
       <c r="E44" s="0" t="s">
-        <v>111</v>
+        <v>81</v>
       </c>
       <c r="F44" s="0" t="s">
-        <v>112</v>
+        <v>82</v>
       </c>
       <c r="G44" s="0" t="s">
-        <v>113</v>
+        <v>83</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
         <v>121</v>
       </c>
       <c r="B45" s="0" t="s">
         <v>122</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>123</v>
       </c>
       <c r="D45" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E45" s="0" t="s">
         <v>13</v>
       </c>
       <c r="F45" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G45" s="0" t="s">
@@ -1719,60 +1719,60 @@
       </c>
       <c r="E46" s="0" t="s">
         <v>41</v>
       </c>
       <c r="F46" s="0" t="s">
         <v>42</v>
       </c>
       <c r="G46" s="0" t="s">
         <v>43</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
         <v>125</v>
       </c>
       <c r="B47" s="0" t="s">
         <v>126</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>127</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>110</v>
+        <v>80</v>
       </c>
       <c r="E47" s="0" t="s">
-        <v>111</v>
+        <v>81</v>
       </c>
       <c r="F47" s="0" t="s">
-        <v>112</v>
+        <v>82</v>
       </c>
       <c r="G47" s="0" t="s">
-        <v>113</v>
+        <v>83</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
         <v>128</v>
       </c>
       <c r="B48" s="0" t="s">
         <v>129</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>130</v>
       </c>
       <c r="D48" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E48" s="0" t="s">
         <v>41</v>
       </c>
       <c r="F48" s="0" t="s">
         <v>42</v>
       </c>
       <c r="G48" s="0" t="s">