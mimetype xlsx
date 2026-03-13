--- v4 (2026-02-21)
+++ v5 (2026-03-13)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Aktiebolag" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="139" uniqueCount="139">
   <si>
-    <t>Giltiga ramavtal för Aktiebolag Höganäshem 2026-02-21</t>
+    <t>Giltiga ramavtal för Aktiebolag Höganäshem 2026-03-13</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>