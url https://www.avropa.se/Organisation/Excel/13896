--- v0 (2025-10-23)
+++ v1 (2025-12-03)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Ideella fö" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="122" uniqueCount="122">
   <si>
-    <t>Giltiga ramavtal för Ideella föreningen Sambruk med firma Sambruk i Sverige 2025-10-23</t>
+    <t>Giltiga ramavtal för Ideella föreningen Sambruk med firma Sambruk i Sverige 2025-12-04</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>