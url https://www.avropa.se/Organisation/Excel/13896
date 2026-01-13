--- v1 (2025-12-03)
+++ v2 (2026-01-13)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Ideella fö" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="122" uniqueCount="122">
   <si>
-    <t>Giltiga ramavtal för Ideella föreningen Sambruk med firma Sambruk i Sverige 2025-12-04</t>
+    <t>Giltiga ramavtal för Ideella föreningen Sambruk med firma Sambruk i Sverige 2026-01-13</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>