--- v2 (2026-01-13)
+++ v3 (2026-02-03)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Ideella fö" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="122" uniqueCount="122">
   <si>
-    <t>Giltiga ramavtal för Ideella föreningen Sambruk med firma Sambruk i Sverige 2026-01-13</t>
+    <t>Giltiga ramavtal för Ideella föreningen Sambruk med firma Sambruk i Sverige 2026-02-03</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -208,50 +208,71 @@
   <si>
     <t xml:space="preserve">5566661012      </t>
   </si>
   <si>
     <t>23.3-5890-2023-006</t>
   </si>
   <si>
     <t>Eccera IT Solutions AB</t>
   </si>
   <si>
     <t xml:space="preserve">5567714349      </t>
   </si>
   <si>
     <t>23.3-10639-2023-005</t>
   </si>
   <si>
     <t>Fujitsu Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5561475897      </t>
   </si>
   <si>
     <t>23.3-2651-2022-007</t>
   </si>
   <si>
+    <t>23.3-957-2022-001</t>
+  </si>
+  <si>
+    <t>GEP Sweden AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5591341705      </t>
+  </si>
+  <si>
+    <t>Operatörstjänst för elektroniska meddelanden</t>
+  </si>
+  <si>
+    <t>Operatörstjänst för elektroniska meddelanden / Operatörstjänst för elektroniska meddelanden</t>
+  </si>
+  <si>
+    <t>2023-04-14</t>
+  </si>
+  <si>
+    <t>2027-04-13</t>
+  </si>
+  <si>
     <t>23.3-2649-2022-004</t>
   </si>
   <si>
     <t>HiQ International AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565293205      </t>
   </si>
   <si>
     <t>23.3-2650-2022-006</t>
   </si>
   <si>
     <t>Insight Technology Solutions AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565559522      </t>
   </si>
   <si>
     <t>23.3-10639-2023-003</t>
   </si>
   <si>
     <t>Iver Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565753042      </t>
@@ -278,71 +299,50 @@
     <t>23.3-2651-2022-004</t>
   </si>
   <si>
     <t>Nexer AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564519345      </t>
   </si>
   <si>
     <t>23.3-5890-2023-002</t>
   </si>
   <si>
     <t>Nordlo Advance AB (f.d.EPM Data)</t>
   </si>
   <si>
     <t xml:space="preserve">5564861689      </t>
   </si>
   <si>
     <t>23.3-10639-2023-007</t>
   </si>
   <si>
     <t>Nordlo Improve AB</t>
   </si>
   <si>
     <t xml:space="preserve">5562719129      </t>
-  </si>
-[...19 lines deleted...]
-    <t>2027-04-13</t>
   </si>
   <si>
     <t>23.3-10639-2023-004</t>
   </si>
   <si>
     <t>Orange Business Digital Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566380639      </t>
   </si>
   <si>
     <t>23.3-5890-2023-005</t>
   </si>
   <si>
     <t>23.3-957-2022-002</t>
   </si>
   <si>
     <t>Pagero Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5567522981      </t>
   </si>
   <si>
     <t>23.3-2651-2022-005</t>
   </si>
@@ -992,268 +992,268 @@
       </c>
       <c r="E20" s="0" t="s">
         <v>13</v>
       </c>
       <c r="F20" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G20" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
         <v>66</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>67</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>68</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>12</v>
+        <v>69</v>
       </c>
       <c r="E21" s="0" t="s">
-        <v>34</v>
+        <v>70</v>
       </c>
       <c r="F21" s="0" t="s">
-        <v>35</v>
+        <v>71</v>
       </c>
       <c r="G21" s="0" t="s">
-        <v>36</v>
+        <v>72</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E22" s="0" t="s">
-        <v>27</v>
+        <v>34</v>
       </c>
       <c r="F22" s="0" t="s">
-        <v>28</v>
+        <v>35</v>
       </c>
       <c r="G22" s="0" t="s">
-        <v>29</v>
+        <v>36</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="E23" s="0" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="F23" s="0" t="s">
-        <v>22</v>
+        <v>28</v>
       </c>
       <c r="G23" s="0" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>77</v>
+        <v>81</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="E24" s="0" t="s">
-        <v>34</v>
+        <v>21</v>
       </c>
       <c r="F24" s="0" t="s">
-        <v>35</v>
+        <v>22</v>
       </c>
       <c r="G24" s="0" t="s">
-        <v>36</v>
+        <v>23</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="E25" s="0" t="s">
-        <v>25</v>
+        <v>34</v>
       </c>
       <c r="F25" s="0" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="G25" s="0" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
-        <v>81</v>
+        <v>85</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>82</v>
+        <v>86</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>83</v>
+        <v>87</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="E26" s="0" t="s">
-        <v>13</v>
+        <v>25</v>
       </c>
       <c r="F26" s="0" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G26" s="0" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>20</v>
+        <v>12</v>
       </c>
       <c r="E27" s="0" t="s">
-        <v>25</v>
+        <v>13</v>
       </c>
       <c r="F27" s="0" t="s">
-        <v>22</v>
+        <v>14</v>
       </c>
       <c r="G27" s="0" t="s">
-        <v>23</v>
+        <v>15</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>20</v>
       </c>
       <c r="E28" s="0" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="F28" s="0" t="s">
         <v>22</v>
       </c>
       <c r="G28" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>93</v>
+        <v>20</v>
       </c>
       <c r="E29" s="0" t="s">
-        <v>94</v>
+        <v>21</v>
       </c>
       <c r="F29" s="0" t="s">
-        <v>95</v>
+        <v>22</v>
       </c>
       <c r="G29" s="0" t="s">
-        <v>96</v>
+        <v>23</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
         <v>97</v>
       </c>
       <c r="B30" s="0" t="s">
         <v>98</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>99</v>
       </c>
       <c r="D30" s="0" t="s">
         <v>20</v>
       </c>
       <c r="E30" s="0" t="s">
         <v>21</v>
       </c>
       <c r="F30" s="0" t="s">
         <v>22</v>
       </c>
       <c r="G30" s="0" t="s">
@@ -1278,60 +1278,60 @@
       </c>
       <c r="E31" s="0" t="s">
         <v>25</v>
       </c>
       <c r="F31" s="0" t="s">
         <v>22</v>
       </c>
       <c r="G31" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
         <v>101</v>
       </c>
       <c r="B32" s="0" t="s">
         <v>102</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>103</v>
       </c>
       <c r="D32" s="0" t="s">
-        <v>93</v>
+        <v>69</v>
       </c>
       <c r="E32" s="0" t="s">
-        <v>94</v>
+        <v>70</v>
       </c>
       <c r="F32" s="0" t="s">
-        <v>95</v>
+        <v>71</v>
       </c>
       <c r="G32" s="0" t="s">
-        <v>96</v>
+        <v>72</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
         <v>104</v>
       </c>
       <c r="B33" s="0" t="s">
         <v>105</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>106</v>
       </c>
       <c r="D33" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="0" t="s">
         <v>13</v>
       </c>
       <c r="F33" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G33" s="0" t="s">
@@ -1356,60 +1356,60 @@
       </c>
       <c r="E34" s="0" t="s">
         <v>34</v>
       </c>
       <c r="F34" s="0" t="s">
         <v>35</v>
       </c>
       <c r="G34" s="0" t="s">
         <v>36</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
         <v>108</v>
       </c>
       <c r="B35" s="0" t="s">
         <v>109</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>110</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>93</v>
+        <v>69</v>
       </c>
       <c r="E35" s="0" t="s">
-        <v>94</v>
+        <v>70</v>
       </c>
       <c r="F35" s="0" t="s">
-        <v>95</v>
+        <v>71</v>
       </c>
       <c r="G35" s="0" t="s">
-        <v>96</v>
+        <v>72</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
         <v>111</v>
       </c>
       <c r="B36" s="0" t="s">
         <v>112</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>113</v>
       </c>
       <c r="D36" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E36" s="0" t="s">
         <v>34</v>
       </c>
       <c r="F36" s="0" t="s">
         <v>35</v>
       </c>
       <c r="G36" s="0" t="s">