--- v3 (2026-02-03)
+++ v4 (2026-02-23)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Ideella fö" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="122" uniqueCount="122">
   <si>
-    <t>Giltiga ramavtal för Ideella föreningen Sambruk med firma Sambruk i Sverige 2026-02-03</t>
+    <t>Giltiga ramavtal för Ideella föreningen Sambruk med firma Sambruk i Sverige 2026-02-23</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>