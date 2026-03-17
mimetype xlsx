--- v4 (2026-02-23)
+++ v5 (2026-03-17)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Ideella fö" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="122" uniqueCount="122">
   <si>
-    <t>Giltiga ramavtal för Ideella föreningen Sambruk med firma Sambruk i Sverige 2026-02-23</t>
+    <t>Giltiga ramavtal för Ideella föreningen Sambruk med firma Sambruk i Sverige 2026-03-17</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>