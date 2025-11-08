--- v0 (2025-10-18)
+++ v1 (2025-11-08)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Stiftelsen" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="206" uniqueCount="206">
   <si>
-    <t>Giltiga ramavtal för Stiftelsen för Kunskaps- och Kompetensutveckling 2025-10-18</t>
+    <t>Giltiga ramavtal för Stiftelsen för Kunskaps- och Kompetensutveckling 2025-11-08</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -205,177 +205,177 @@
   <si>
     <t xml:space="preserve">5560923053      </t>
   </si>
   <si>
     <t>IT-konsulttjänster Resurskonsulter / IT-konsulttjänster 5. IT-konsultlösningar / Förnyad konkurrensutsättning</t>
   </si>
   <si>
     <t>2025-08-23</t>
   </si>
   <si>
     <t>2029-08-22</t>
   </si>
   <si>
     <t>IT-konsulttjänster Resurskonsulter / IT-konsulttjänster 5. IT-konsultlösningar / Särskild fördelningsnyckel (max 1.500 timmar per avrop)</t>
   </si>
   <si>
     <t>23.3-1688-2024-001</t>
   </si>
   <si>
     <t>Castra Group AB</t>
   </si>
   <si>
     <t xml:space="preserve">5569584401      </t>
   </si>
   <si>
+    <t>23.3-1688-2024-011</t>
+  </si>
+  <si>
+    <t>CGI Sverige AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5563372191      </t>
+  </si>
+  <si>
+    <t>23.3-1688-2024-002</t>
+  </si>
+  <si>
+    <t>23.3-1688-2024-012</t>
+  </si>
+  <si>
+    <t>Chas Visual Management AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5567264758      </t>
+  </si>
+  <si>
+    <t>23.3-1688-2024-003</t>
+  </si>
+  <si>
+    <t>Combitech Aktiebolag</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5562186790      </t>
+  </si>
+  <si>
+    <t>23.3-1688-2024-013</t>
+  </si>
+  <si>
+    <t>Consid</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5565994307      </t>
+  </si>
+  <si>
+    <t>Consid AB</t>
+  </si>
+  <si>
+    <t>23.3-1688-2024-004</t>
+  </si>
+  <si>
+    <t>23.3-10176-2023-001</t>
+  </si>
+  <si>
+    <t>Dafo Brand Aktiebolag</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5560790957      </t>
+  </si>
+  <si>
+    <t>Brandskydd</t>
+  </si>
+  <si>
+    <t>Brandskydd / Brandskydd / FKU - Rikstäckande - Samtliga län</t>
+  </si>
+  <si>
+    <t>2025-02-08</t>
+  </si>
+  <si>
+    <t>2029-02-07</t>
+  </si>
+  <si>
+    <t>Brandskydd / Brandskydd / SF - Region Väst - Västra Götaland, Värmland, Halland</t>
+  </si>
+  <si>
+    <t>Brandskydd / Brandskydd / SF - Region Öst - Stockholm, Uppsala, Södermanland, Östergötland</t>
+  </si>
+  <si>
+    <t>Brandskydd / Brandskydd / SF - Region Övre Norrland - Norrbotten, Västerbotten</t>
+  </si>
+  <si>
+    <t>Brandskydd / Brandskydd / FKU - Region Syd - Blekinge, Skåne, Jönköping, Kronoberg, Kalmar</t>
+  </si>
+  <si>
+    <t>Brandskydd / Brandskydd / FKU - Region Nedre Norrland - Jämtland, Västernorrland, Gävleborg, Dalarna</t>
+  </si>
+  <si>
+    <t>Brandskydd / Brandskydd / SF - Rikstäckande- Samtliga län</t>
+  </si>
+  <si>
+    <t>Brandskydd / Brandskydd / FKU - Region Övre Norrland - Norrbotten, Västerbotten</t>
+  </si>
+  <si>
+    <t>Brandskydd / Brandskydd / FKU - Region Öst - Stockholm, Uppsala, Södermanland, Östergötland</t>
+  </si>
+  <si>
+    <t>Brandskydd / Brandskydd / FKU - Region Väst - Västra Götaland, Värmland, Halland</t>
+  </si>
+  <si>
+    <t xml:space="preserve">Brandskydd / Brandskydd / SF - Region Syd -  - Blekinge, Skåne, Jönköping, Kronoberg, Kalmar</t>
+  </si>
+  <si>
+    <t>Brandskydd / Brandskydd / SF - Region Nedre Norrland - Jämtland, Västernorrland, Gävleborg, Dalarna</t>
+  </si>
+  <si>
+    <t>23.3-5890-2023-007</t>
+  </si>
+  <si>
+    <t>DataCom Group Nordic AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5563697746      </t>
+  </si>
+  <si>
+    <t>23.3-3262-2024-003</t>
+  </si>
+  <si>
+    <t>Dustin Sverige AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5566661012      </t>
+  </si>
+  <si>
+    <t>23.3-2904-2024-003</t>
+  </si>
+  <si>
     <t>23.3-5890-2023-006</t>
   </si>
   <si>
-    <t>Centric IT Solutions Sweden AB</t>
+    <t>Eccera IT Solutions AB</t>
   </si>
   <si>
     <t xml:space="preserve">5567714349      </t>
-  </si>
-[...118 lines deleted...]
-    <t>23.3-2904-2024-003</t>
   </si>
   <si>
     <t>23.3-10176-2023-002</t>
   </si>
   <si>
     <t>Firesafe Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5562629260      </t>
   </si>
   <si>
     <t>23.3-15934-2022-001</t>
   </si>
   <si>
     <t>Flygtaxi Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5563293074      </t>
   </si>
   <si>
     <t>Taxitjänster</t>
   </si>
   <si>
     <t>Taxitjänster / Taxitjänster</t>
   </si>
@@ -1270,1022 +1270,1022 @@
       </c>
       <c r="E21" s="0" t="s">
         <v>46</v>
       </c>
       <c r="F21" s="0" t="s">
         <v>44</v>
       </c>
       <c r="G21" s="0" t="s">
         <v>45</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
         <v>65</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>66</v>
       </c>
       <c r="C22" s="0" t="s">
         <v>67</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="E22" s="0" t="s">
-        <v>38</v>
+        <v>58</v>
       </c>
       <c r="F22" s="0" t="s">
-        <v>35</v>
+        <v>59</v>
       </c>
       <c r="G22" s="0" t="s">
-        <v>36</v>
+        <v>60</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
-        <v>68</v>
+        <v>65</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>69</v>
+        <v>66</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>70</v>
+        <v>67</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E23" s="0" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="F23" s="0" t="s">
         <v>59</v>
       </c>
       <c r="G23" s="0" t="s">
         <v>60</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
         <v>68</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>69</v>
+        <v>66</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>70</v>
+        <v>67</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E24" s="0" t="s">
-        <v>61</v>
+        <v>43</v>
       </c>
       <c r="F24" s="0" t="s">
-        <v>59</v>
+        <v>44</v>
       </c>
       <c r="G24" s="0" t="s">
-        <v>60</v>
+        <v>45</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
-        <v>71</v>
+        <v>68</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>69</v>
+        <v>66</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>70</v>
+        <v>67</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E25" s="0" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="F25" s="0" t="s">
         <v>44</v>
       </c>
       <c r="G25" s="0" t="s">
         <v>45</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
+        <v>69</v>
+      </c>
+      <c r="B26" s="0" t="s">
+        <v>70</v>
+      </c>
+      <c r="C26" s="0" t="s">
         <v>71</v>
-      </c>
-[...4 lines deleted...]
-        <v>70</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E26" s="0" t="s">
-        <v>46</v>
+        <v>58</v>
       </c>
       <c r="F26" s="0" t="s">
-        <v>44</v>
+        <v>59</v>
       </c>
       <c r="G26" s="0" t="s">
-        <v>45</v>
+        <v>60</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
-        <v>72</v>
+        <v>69</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>73</v>
+        <v>70</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>74</v>
+        <v>71</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E27" s="0" t="s">
-        <v>58</v>
+        <v>61</v>
       </c>
       <c r="F27" s="0" t="s">
         <v>59</v>
       </c>
       <c r="G27" s="0" t="s">
         <v>60</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
         <v>72</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>73</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>74</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E28" s="0" t="s">
-        <v>61</v>
+        <v>43</v>
       </c>
       <c r="F28" s="0" t="s">
-        <v>59</v>
+        <v>44</v>
       </c>
       <c r="G28" s="0" t="s">
-        <v>60</v>
+        <v>45</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
-        <v>75</v>
+        <v>72</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>76</v>
+        <v>73</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>77</v>
+        <v>74</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E29" s="0" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="F29" s="0" t="s">
         <v>44</v>
       </c>
       <c r="G29" s="0" t="s">
         <v>45</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
         <v>75</v>
       </c>
       <c r="B30" s="0" t="s">
         <v>76</v>
       </c>
       <c r="C30" s="0" t="s">
         <v>77</v>
       </c>
       <c r="D30" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E30" s="0" t="s">
-        <v>46</v>
+        <v>61</v>
       </c>
       <c r="F30" s="0" t="s">
-        <v>44</v>
+        <v>59</v>
       </c>
       <c r="G30" s="0" t="s">
-        <v>45</v>
+        <v>60</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="B31" s="0" t="s">
         <v>78</v>
       </c>
-      <c r="B31" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C31" s="0" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E31" s="0" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="F31" s="0" t="s">
         <v>59</v>
       </c>
       <c r="G31" s="0" t="s">
         <v>60</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
+        <v>79</v>
+      </c>
+      <c r="B32" s="0" t="s">
         <v>78</v>
       </c>
-      <c r="B32" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C32" s="0" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E32" s="0" t="s">
-        <v>58</v>
+        <v>43</v>
       </c>
       <c r="F32" s="0" t="s">
-        <v>59</v>
+        <v>44</v>
       </c>
       <c r="G32" s="0" t="s">
-        <v>60</v>
+        <v>45</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
-        <v>82</v>
+        <v>79</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>81</v>
+        <v>78</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>80</v>
+        <v>77</v>
       </c>
       <c r="D33" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E33" s="0" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="F33" s="0" t="s">
         <v>44</v>
       </c>
       <c r="G33" s="0" t="s">
         <v>45</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
-        <v>82</v>
+        <v>80</v>
       </c>
       <c r="B34" s="0" t="s">
         <v>81</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>80</v>
+        <v>82</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>42</v>
+        <v>83</v>
       </c>
       <c r="E34" s="0" t="s">
-        <v>46</v>
+        <v>84</v>
       </c>
       <c r="F34" s="0" t="s">
-        <v>44</v>
+        <v>85</v>
       </c>
       <c r="G34" s="0" t="s">
-        <v>45</v>
+        <v>86</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
-        <v>83</v>
+        <v>80</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>85</v>
+        <v>82</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="E35" s="0" t="s">
         <v>87</v>
       </c>
       <c r="F35" s="0" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="G35" s="0" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
-        <v>83</v>
+        <v>80</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>85</v>
+        <v>82</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="E36" s="0" t="s">
-        <v>90</v>
+        <v>88</v>
       </c>
       <c r="F36" s="0" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="G36" s="0" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
-        <v>83</v>
+        <v>80</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>85</v>
+        <v>82</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="E37" s="0" t="s">
-        <v>91</v>
+        <v>89</v>
       </c>
       <c r="F37" s="0" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="G37" s="0" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
-        <v>83</v>
+        <v>80</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>85</v>
+        <v>82</v>
       </c>
       <c r="D38" s="0" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="E38" s="0" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="F38" s="0" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="G38" s="0" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
-        <v>83</v>
+        <v>80</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>85</v>
+        <v>82</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="E39" s="0" t="s">
-        <v>93</v>
+        <v>91</v>
       </c>
       <c r="F39" s="0" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="G39" s="0" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
-        <v>83</v>
+        <v>80</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>85</v>
+        <v>82</v>
       </c>
       <c r="D40" s="0" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="E40" s="0" t="s">
-        <v>94</v>
+        <v>92</v>
       </c>
       <c r="F40" s="0" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="G40" s="0" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
-        <v>83</v>
+        <v>80</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>85</v>
+        <v>82</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="E41" s="0" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="F41" s="0" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="G41" s="0" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
-        <v>83</v>
+        <v>80</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>85</v>
+        <v>82</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="E42" s="0" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="F42" s="0" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="G42" s="0" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
-        <v>83</v>
+        <v>80</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>85</v>
+        <v>82</v>
       </c>
       <c r="D43" s="0" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="E43" s="0" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="F43" s="0" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="G43" s="0" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
-        <v>83</v>
+        <v>80</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>85</v>
+        <v>82</v>
       </c>
       <c r="D44" s="0" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="E44" s="0" t="s">
-        <v>98</v>
+        <v>96</v>
       </c>
       <c r="F44" s="0" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="G44" s="0" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
-        <v>83</v>
+        <v>80</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>84</v>
+        <v>81</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>85</v>
+        <v>82</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="E45" s="0" t="s">
-        <v>99</v>
+        <v>97</v>
       </c>
       <c r="F45" s="0" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="G45" s="0" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
-        <v>83</v>
+        <v>98</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>84</v>
+        <v>99</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>85</v>
+        <v>100</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>86</v>
+        <v>33</v>
       </c>
       <c r="E46" s="0" t="s">
-        <v>100</v>
+        <v>38</v>
       </c>
       <c r="F46" s="0" t="s">
-        <v>88</v>
+        <v>35</v>
       </c>
       <c r="G46" s="0" t="s">
-        <v>89</v>
+        <v>36</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
         <v>101</v>
       </c>
       <c r="B47" s="0" t="s">
         <v>102</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>103</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="E47" s="0" t="s">
-        <v>38</v>
+        <v>22</v>
       </c>
       <c r="F47" s="0" t="s">
-        <v>35</v>
+        <v>23</v>
       </c>
       <c r="G47" s="0" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
-        <v>104</v>
+        <v>101</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="D48" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E48" s="0" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="F48" s="0" t="s">
         <v>23</v>
       </c>
       <c r="G48" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
         <v>104</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>21</v>
+        <v>27</v>
       </c>
       <c r="E49" s="0" t="s">
-        <v>25</v>
+        <v>28</v>
       </c>
       <c r="F49" s="0" t="s">
-        <v>23</v>
+        <v>29</v>
       </c>
       <c r="G49" s="0" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
-        <v>107</v>
+        <v>104</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>105</v>
+        <v>102</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>106</v>
+        <v>103</v>
       </c>
       <c r="D50" s="0" t="s">
         <v>27</v>
       </c>
       <c r="E50" s="0" t="s">
-        <v>28</v>
+        <v>31</v>
       </c>
       <c r="F50" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G50" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
+        <v>105</v>
+      </c>
+      <c r="B51" s="0" t="s">
+        <v>106</v>
+      </c>
+      <c r="C51" s="0" t="s">
         <v>107</v>
       </c>
-      <c r="B51" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D51" s="0" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="E51" s="0" t="s">
-        <v>31</v>
+        <v>38</v>
       </c>
       <c r="F51" s="0" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="G51" s="0" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
         <v>108</v>
       </c>
       <c r="B52" s="0" t="s">
         <v>109</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>110</v>
       </c>
       <c r="D52" s="0" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="E52" s="0" t="s">
-        <v>90</v>
+        <v>87</v>
       </c>
       <c r="F52" s="0" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="G52" s="0" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
         <v>108</v>
       </c>
       <c r="B53" s="0" t="s">
         <v>109</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>110</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="E53" s="0" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="F53" s="0" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="G53" s="0" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
         <v>108</v>
       </c>
       <c r="B54" s="0" t="s">
         <v>109</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>110</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="E54" s="0" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="F54" s="0" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="G54" s="0" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
         <v>108</v>
       </c>
       <c r="B55" s="0" t="s">
         <v>109</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>110</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="E55" s="0" t="s">
-        <v>94</v>
+        <v>91</v>
       </c>
       <c r="F55" s="0" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="G55" s="0" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
         <v>108</v>
       </c>
       <c r="B56" s="0" t="s">
         <v>109</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>110</v>
       </c>
       <c r="D56" s="0" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="E56" s="0" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="F56" s="0" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="G56" s="0" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
         <v>108</v>
       </c>
       <c r="B57" s="0" t="s">
         <v>109</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>110</v>
       </c>
       <c r="D57" s="0" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="E57" s="0" t="s">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="F57" s="0" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="G57" s="0" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="H57" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
         <v>108</v>
       </c>
       <c r="B58" s="0" t="s">
         <v>109</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>110</v>
       </c>
       <c r="D58" s="0" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="E58" s="0" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="F58" s="0" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="G58" s="0" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
         <v>108</v>
       </c>
       <c r="B59" s="0" t="s">
         <v>109</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>110</v>
       </c>
       <c r="D59" s="0" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="E59" s="0" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="F59" s="0" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="G59" s="0" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
         <v>111</v>
       </c>
       <c r="B60" s="0" t="s">
         <v>112</v>
       </c>
       <c r="C60" s="0" t="s">
         <v>113</v>
       </c>
       <c r="D60" s="0" t="s">
         <v>114</v>
       </c>
       <c r="E60" s="0" t="s">
         <v>115</v>
       </c>
       <c r="F60" s="0" t="s">
         <v>116</v>
       </c>
       <c r="G60" s="0" t="s">
@@ -2414,190 +2414,190 @@
       </c>
       <c r="E65" s="0" t="s">
         <v>34</v>
       </c>
       <c r="F65" s="0" t="s">
         <v>35</v>
       </c>
       <c r="G65" s="0" t="s">
         <v>36</v>
       </c>
       <c r="H65" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
         <v>125</v>
       </c>
       <c r="B66" s="0" t="s">
         <v>126</v>
       </c>
       <c r="C66" s="0" t="s">
         <v>127</v>
       </c>
       <c r="D66" s="0" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="E66" s="0" t="s">
-        <v>90</v>
+        <v>87</v>
       </c>
       <c r="F66" s="0" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="G66" s="0" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="H66" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
         <v>125</v>
       </c>
       <c r="B67" s="0" t="s">
         <v>126</v>
       </c>
       <c r="C67" s="0" t="s">
         <v>127</v>
       </c>
       <c r="D67" s="0" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="E67" s="0" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="F67" s="0" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="G67" s="0" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="H67" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
         <v>125</v>
       </c>
       <c r="B68" s="0" t="s">
         <v>126</v>
       </c>
       <c r="C68" s="0" t="s">
         <v>127</v>
       </c>
       <c r="D68" s="0" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="E68" s="0" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="F68" s="0" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="G68" s="0" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="H68" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
         <v>125</v>
       </c>
       <c r="B69" s="0" t="s">
         <v>126</v>
       </c>
       <c r="C69" s="0" t="s">
         <v>127</v>
       </c>
       <c r="D69" s="0" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="E69" s="0" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="F69" s="0" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="G69" s="0" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="H69" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
         <v>125</v>
       </c>
       <c r="B70" s="0" t="s">
         <v>126</v>
       </c>
       <c r="C70" s="0" t="s">
         <v>127</v>
       </c>
       <c r="D70" s="0" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="E70" s="0" t="s">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="F70" s="0" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="G70" s="0" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="H70" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
         <v>125</v>
       </c>
       <c r="B71" s="0" t="s">
         <v>126</v>
       </c>
       <c r="C71" s="0" t="s">
         <v>127</v>
       </c>
       <c r="D71" s="0" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="E71" s="0" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="F71" s="0" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="G71" s="0" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="H71" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
         <v>128</v>
       </c>
       <c r="B72" s="0" t="s">
         <v>129</v>
       </c>
       <c r="C72" s="0" t="s">
         <v>130</v>
       </c>
       <c r="D72" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E72" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F72" s="0" t="s">
         <v>23</v>
       </c>
       <c r="G72" s="0" t="s">
@@ -2934,346 +2934,346 @@
       </c>
       <c r="E85" s="0" t="s">
         <v>61</v>
       </c>
       <c r="F85" s="0" t="s">
         <v>59</v>
       </c>
       <c r="G85" s="0" t="s">
         <v>60</v>
       </c>
       <c r="H85" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="0" t="s">
         <v>150</v>
       </c>
       <c r="B86" s="0" t="s">
         <v>151</v>
       </c>
       <c r="C86" s="0" t="s">
         <v>152</v>
       </c>
       <c r="D86" s="0" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="E86" s="0" t="s">
-        <v>87</v>
+        <v>84</v>
       </c>
       <c r="F86" s="0" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="G86" s="0" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="H86" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="0" t="s">
         <v>150</v>
       </c>
       <c r="B87" s="0" t="s">
         <v>151</v>
       </c>
       <c r="C87" s="0" t="s">
         <v>152</v>
       </c>
       <c r="D87" s="0" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="E87" s="0" t="s">
-        <v>90</v>
+        <v>87</v>
       </c>
       <c r="F87" s="0" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="G87" s="0" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="H87" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="0" t="s">
         <v>150</v>
       </c>
       <c r="B88" s="0" t="s">
         <v>151</v>
       </c>
       <c r="C88" s="0" t="s">
         <v>152</v>
       </c>
       <c r="D88" s="0" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="E88" s="0" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="F88" s="0" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="G88" s="0" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="H88" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="0" t="s">
         <v>150</v>
       </c>
       <c r="B89" s="0" t="s">
         <v>151</v>
       </c>
       <c r="C89" s="0" t="s">
         <v>152</v>
       </c>
       <c r="D89" s="0" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="E89" s="0" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="F89" s="0" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="G89" s="0" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="H89" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="0" t="s">
         <v>150</v>
       </c>
       <c r="B90" s="0" t="s">
         <v>151</v>
       </c>
       <c r="C90" s="0" t="s">
         <v>152</v>
       </c>
       <c r="D90" s="0" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="E90" s="0" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="F90" s="0" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="G90" s="0" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="H90" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="0" t="s">
         <v>150</v>
       </c>
       <c r="B91" s="0" t="s">
         <v>151</v>
       </c>
       <c r="C91" s="0" t="s">
         <v>152</v>
       </c>
       <c r="D91" s="0" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="E91" s="0" t="s">
-        <v>94</v>
+        <v>91</v>
       </c>
       <c r="F91" s="0" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="G91" s="0" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="H91" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="0" t="s">
         <v>150</v>
       </c>
       <c r="B92" s="0" t="s">
         <v>151</v>
       </c>
       <c r="C92" s="0" t="s">
         <v>152</v>
       </c>
       <c r="D92" s="0" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="E92" s="0" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="F92" s="0" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="G92" s="0" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="H92" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="0" t="s">
         <v>150</v>
       </c>
       <c r="B93" s="0" t="s">
         <v>151</v>
       </c>
       <c r="C93" s="0" t="s">
         <v>152</v>
       </c>
       <c r="D93" s="0" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="E93" s="0" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="F93" s="0" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="G93" s="0" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="H93" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="0" t="s">
         <v>150</v>
       </c>
       <c r="B94" s="0" t="s">
         <v>151</v>
       </c>
       <c r="C94" s="0" t="s">
         <v>152</v>
       </c>
       <c r="D94" s="0" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="E94" s="0" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="F94" s="0" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="G94" s="0" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="H94" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="0" t="s">
         <v>150</v>
       </c>
       <c r="B95" s="0" t="s">
         <v>151</v>
       </c>
       <c r="C95" s="0" t="s">
         <v>152</v>
       </c>
       <c r="D95" s="0" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="E95" s="0" t="s">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="F95" s="0" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="G95" s="0" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="H95" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="0" t="s">
         <v>150</v>
       </c>
       <c r="B96" s="0" t="s">
         <v>151</v>
       </c>
       <c r="C96" s="0" t="s">
         <v>152</v>
       </c>
       <c r="D96" s="0" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="E96" s="0" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="F96" s="0" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="G96" s="0" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="H96" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="0" t="s">
         <v>150</v>
       </c>
       <c r="B97" s="0" t="s">
         <v>151</v>
       </c>
       <c r="C97" s="0" t="s">
         <v>152</v>
       </c>
       <c r="D97" s="0" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="E97" s="0" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="F97" s="0" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="G97" s="0" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="H97" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="0" t="s">
         <v>153</v>
       </c>
       <c r="B98" s="0" t="s">
         <v>154</v>
       </c>
       <c r="C98" s="0" t="s">
         <v>155</v>
       </c>
       <c r="D98" s="0" t="s">
         <v>33</v>
       </c>
       <c r="E98" s="0" t="s">
         <v>38</v>
       </c>
       <c r="F98" s="0" t="s">
         <v>35</v>
       </c>
       <c r="G98" s="0" t="s">
@@ -3402,346 +3402,346 @@
       </c>
       <c r="E103" s="0" t="s">
         <v>38</v>
       </c>
       <c r="F103" s="0" t="s">
         <v>35</v>
       </c>
       <c r="G103" s="0" t="s">
         <v>36</v>
       </c>
       <c r="H103" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="0" t="s">
         <v>166</v>
       </c>
       <c r="B104" s="0" t="s">
         <v>167</v>
       </c>
       <c r="C104" s="0" t="s">
         <v>168</v>
       </c>
       <c r="D104" s="0" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="E104" s="0" t="s">
-        <v>87</v>
+        <v>84</v>
       </c>
       <c r="F104" s="0" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="G104" s="0" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="H104" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="0" t="s">
         <v>166</v>
       </c>
       <c r="B105" s="0" t="s">
         <v>167</v>
       </c>
       <c r="C105" s="0" t="s">
         <v>168</v>
       </c>
       <c r="D105" s="0" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="E105" s="0" t="s">
-        <v>90</v>
+        <v>87</v>
       </c>
       <c r="F105" s="0" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="G105" s="0" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="H105" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="0" t="s">
         <v>166</v>
       </c>
       <c r="B106" s="0" t="s">
         <v>167</v>
       </c>
       <c r="C106" s="0" t="s">
         <v>168</v>
       </c>
       <c r="D106" s="0" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="E106" s="0" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="F106" s="0" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="G106" s="0" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="H106" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="0" t="s">
         <v>166</v>
       </c>
       <c r="B107" s="0" t="s">
         <v>167</v>
       </c>
       <c r="C107" s="0" t="s">
         <v>168</v>
       </c>
       <c r="D107" s="0" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="E107" s="0" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="F107" s="0" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="G107" s="0" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="H107" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="0" t="s">
         <v>166</v>
       </c>
       <c r="B108" s="0" t="s">
         <v>167</v>
       </c>
       <c r="C108" s="0" t="s">
         <v>168</v>
       </c>
       <c r="D108" s="0" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="E108" s="0" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="F108" s="0" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="G108" s="0" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="H108" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="0" t="s">
         <v>166</v>
       </c>
       <c r="B109" s="0" t="s">
         <v>167</v>
       </c>
       <c r="C109" s="0" t="s">
         <v>168</v>
       </c>
       <c r="D109" s="0" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="E109" s="0" t="s">
-        <v>94</v>
+        <v>91</v>
       </c>
       <c r="F109" s="0" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="G109" s="0" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="H109" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="0" t="s">
         <v>166</v>
       </c>
       <c r="B110" s="0" t="s">
         <v>167</v>
       </c>
       <c r="C110" s="0" t="s">
         <v>168</v>
       </c>
       <c r="D110" s="0" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="E110" s="0" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="F110" s="0" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="G110" s="0" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="H110" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="0" t="s">
         <v>166</v>
       </c>
       <c r="B111" s="0" t="s">
         <v>167</v>
       </c>
       <c r="C111" s="0" t="s">
         <v>168</v>
       </c>
       <c r="D111" s="0" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="E111" s="0" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="F111" s="0" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="G111" s="0" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="H111" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="0" t="s">
         <v>166</v>
       </c>
       <c r="B112" s="0" t="s">
         <v>167</v>
       </c>
       <c r="C112" s="0" t="s">
         <v>168</v>
       </c>
       <c r="D112" s="0" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="E112" s="0" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="F112" s="0" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="G112" s="0" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="H112" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="0" t="s">
         <v>166</v>
       </c>
       <c r="B113" s="0" t="s">
         <v>167</v>
       </c>
       <c r="C113" s="0" t="s">
         <v>168</v>
       </c>
       <c r="D113" s="0" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="E113" s="0" t="s">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="F113" s="0" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="G113" s="0" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="H113" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="0" t="s">
         <v>166</v>
       </c>
       <c r="B114" s="0" t="s">
         <v>167</v>
       </c>
       <c r="C114" s="0" t="s">
         <v>168</v>
       </c>
       <c r="D114" s="0" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="E114" s="0" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="F114" s="0" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="G114" s="0" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="H114" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="0" t="s">
         <v>166</v>
       </c>
       <c r="B115" s="0" t="s">
         <v>167</v>
       </c>
       <c r="C115" s="0" t="s">
         <v>168</v>
       </c>
       <c r="D115" s="0" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="E115" s="0" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="F115" s="0" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="G115" s="0" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="H115" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="0" t="s">
         <v>169</v>
       </c>
       <c r="B116" s="0" t="s">
         <v>170</v>
       </c>
       <c r="C116" s="0" t="s">
         <v>171</v>
       </c>
       <c r="D116" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E116" s="0" t="s">
         <v>58</v>
       </c>
       <c r="F116" s="0" t="s">
         <v>59</v>
       </c>
       <c r="G116" s="0" t="s">
@@ -3870,346 +3870,346 @@
       </c>
       <c r="E121" s="0" t="s">
         <v>13</v>
       </c>
       <c r="F121" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G121" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H121" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="0" t="s">
         <v>178</v>
       </c>
       <c r="B122" s="0" t="s">
         <v>179</v>
       </c>
       <c r="C122" s="0" t="s">
         <v>180</v>
       </c>
       <c r="D122" s="0" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="E122" s="0" t="s">
-        <v>87</v>
+        <v>84</v>
       </c>
       <c r="F122" s="0" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="G122" s="0" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="H122" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="0" t="s">
         <v>178</v>
       </c>
       <c r="B123" s="0" t="s">
         <v>179</v>
       </c>
       <c r="C123" s="0" t="s">
         <v>180</v>
       </c>
       <c r="D123" s="0" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="E123" s="0" t="s">
-        <v>90</v>
+        <v>87</v>
       </c>
       <c r="F123" s="0" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="G123" s="0" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="H123" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="0" t="s">
         <v>178</v>
       </c>
       <c r="B124" s="0" t="s">
         <v>179</v>
       </c>
       <c r="C124" s="0" t="s">
         <v>180</v>
       </c>
       <c r="D124" s="0" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="E124" s="0" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="F124" s="0" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="G124" s="0" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="H124" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="0" t="s">
         <v>178</v>
       </c>
       <c r="B125" s="0" t="s">
         <v>179</v>
       </c>
       <c r="C125" s="0" t="s">
         <v>180</v>
       </c>
       <c r="D125" s="0" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="E125" s="0" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="F125" s="0" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="G125" s="0" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="H125" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="0" t="s">
         <v>178</v>
       </c>
       <c r="B126" s="0" t="s">
         <v>179</v>
       </c>
       <c r="C126" s="0" t="s">
         <v>180</v>
       </c>
       <c r="D126" s="0" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="E126" s="0" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="F126" s="0" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="G126" s="0" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="H126" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="0" t="s">
         <v>178</v>
       </c>
       <c r="B127" s="0" t="s">
         <v>179</v>
       </c>
       <c r="C127" s="0" t="s">
         <v>180</v>
       </c>
       <c r="D127" s="0" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="E127" s="0" t="s">
-        <v>94</v>
+        <v>91</v>
       </c>
       <c r="F127" s="0" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="G127" s="0" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="H127" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="0" t="s">
         <v>178</v>
       </c>
       <c r="B128" s="0" t="s">
         <v>179</v>
       </c>
       <c r="C128" s="0" t="s">
         <v>180</v>
       </c>
       <c r="D128" s="0" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="E128" s="0" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="F128" s="0" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="G128" s="0" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="H128" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="0" t="s">
         <v>178</v>
       </c>
       <c r="B129" s="0" t="s">
         <v>179</v>
       </c>
       <c r="C129" s="0" t="s">
         <v>180</v>
       </c>
       <c r="D129" s="0" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="E129" s="0" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="F129" s="0" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="G129" s="0" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="H129" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="0" t="s">
         <v>178</v>
       </c>
       <c r="B130" s="0" t="s">
         <v>179</v>
       </c>
       <c r="C130" s="0" t="s">
         <v>180</v>
       </c>
       <c r="D130" s="0" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="E130" s="0" t="s">
-        <v>97</v>
+        <v>94</v>
       </c>
       <c r="F130" s="0" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="G130" s="0" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="H130" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="0" t="s">
         <v>178</v>
       </c>
       <c r="B131" s="0" t="s">
         <v>179</v>
       </c>
       <c r="C131" s="0" t="s">
         <v>180</v>
       </c>
       <c r="D131" s="0" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="E131" s="0" t="s">
-        <v>98</v>
+        <v>95</v>
       </c>
       <c r="F131" s="0" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="G131" s="0" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="H131" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="0" t="s">
         <v>178</v>
       </c>
       <c r="B132" s="0" t="s">
         <v>179</v>
       </c>
       <c r="C132" s="0" t="s">
         <v>180</v>
       </c>
       <c r="D132" s="0" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="E132" s="0" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="F132" s="0" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="G132" s="0" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="H132" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="0" t="s">
         <v>178</v>
       </c>
       <c r="B133" s="0" t="s">
         <v>179</v>
       </c>
       <c r="C133" s="0" t="s">
         <v>180</v>
       </c>
       <c r="D133" s="0" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="E133" s="0" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="F133" s="0" t="s">
-        <v>88</v>
+        <v>85</v>
       </c>
       <c r="G133" s="0" t="s">
-        <v>89</v>
+        <v>86</v>
       </c>
       <c r="H133" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="0" t="s">
         <v>181</v>
       </c>
       <c r="B134" s="0" t="s">
         <v>182</v>
       </c>
       <c r="C134" s="0" t="s">
         <v>183</v>
       </c>
       <c r="D134" s="0" t="s">
         <v>33</v>
       </c>
       <c r="E134" s="0" t="s">
         <v>34</v>
       </c>
       <c r="F134" s="0" t="s">
         <v>35</v>
       </c>
       <c r="G134" s="0" t="s">