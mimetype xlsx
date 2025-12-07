--- v1 (2025-11-08)
+++ v2 (2025-12-07)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Stiftelsen" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="206" uniqueCount="206">
   <si>
-    <t>Giltiga ramavtal för Stiftelsen för Kunskaps- och Kompetensutveckling 2025-11-08</t>
+    <t>Giltiga ramavtal för Stiftelsen för Kunskaps- och Kompetensutveckling 2025-12-07</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -85,51 +85,51 @@
   <si>
     <t>Mediebyråtjänster / Mediebyråtjänster - Mediestrategi, planering och köp av annonser samt kampanjer / Förnyad konkurrensutsättning - avrop mer än 200.000 SEK</t>
   </si>
   <si>
     <t>23.3-3262-2024-001</t>
   </si>
   <si>
     <t>Advania Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5562149996      </t>
   </si>
   <si>
     <t>Bärbara datorer</t>
   </si>
   <si>
     <t>Bärbara datorer / Bärbara datorer / Särskild fördelningsnyckel</t>
   </si>
   <si>
     <t>2025-09-09</t>
   </si>
   <si>
     <t>2029-09-08</t>
   </si>
   <si>
-    <t>Bärbara datorer / Bärbara datorer / Förnyad konkurrensersättning</t>
+    <t>Bärbara datorer / Bärbara datorer / Förnyad konkurrensutsättning</t>
   </si>
   <si>
     <t>23.3-2904-2024-001</t>
   </si>
   <si>
     <t>Datorer, mobiltelefoner och surfplattor</t>
   </si>
   <si>
     <t>Datorer, mobiltelefoner och surfplattor / Datorer, mobiltelefoner och surfplattor / Särskild fördelningsnyckel</t>
   </si>
   <si>
     <t>2025-09-27</t>
   </si>
   <si>
     <t>2029-09-26</t>
   </si>
   <si>
     <t>Datorer, mobiltelefoner och surfplattor / Datorer, mobiltelefoner och surfplattor / Förnyad konkurrensersättning</t>
   </si>
   <si>
     <t>23.3-10639-2023-001</t>
   </si>
   <si>
     <t>IT-drift</t>
   </si>