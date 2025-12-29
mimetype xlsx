--- v2 (2025-12-07)
+++ v3 (2025-12-29)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Stiftelsen" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="206" uniqueCount="206">
   <si>
-    <t>Giltiga ramavtal för Stiftelsen för Kunskaps- och Kompetensutveckling 2025-12-07</t>
+    <t>Giltiga ramavtal för Stiftelsen för Kunskaps- och Kompetensutveckling 2025-12-29</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>