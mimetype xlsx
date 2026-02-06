--- v3 (2025-12-29)
+++ v4 (2026-02-06)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Stiftelsen" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="206" uniqueCount="206">
   <si>
-    <t>Giltiga ramavtal för Stiftelsen för Kunskaps- och Kompetensutveckling 2025-12-29</t>
+    <t>Giltiga ramavtal för Stiftelsen för Kunskaps- och Kompetensutveckling 2026-02-06</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>