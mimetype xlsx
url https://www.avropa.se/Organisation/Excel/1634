--- v4 (2026-02-06)
+++ v5 (2026-02-27)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Stiftelsen" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="206" uniqueCount="206">
   <si>
-    <t>Giltiga ramavtal för Stiftelsen för Kunskaps- och Kompetensutveckling 2026-02-06</t>
+    <t>Giltiga ramavtal för Stiftelsen för Kunskaps- och Kompetensutveckling 2026-02-28</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>