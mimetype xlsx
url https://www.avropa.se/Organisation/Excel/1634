--- v5 (2026-02-27)
+++ v6 (2026-03-20)
@@ -8,53 +8,53 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Stiftelsen" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="206" uniqueCount="206">
-[...1 lines deleted...]
-    <t>Giltiga ramavtal för Stiftelsen för Kunskaps- och Kompetensutveckling 2026-02-28</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="221" uniqueCount="221">
+  <si>
+    <t>Giltiga ramavtal för Stiftelsen för Kunskaps- och Kompetensutveckling 2026-03-20</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -196,89 +196,107 @@
   <si>
     <t>23.3-2904-2024-002</t>
   </si>
   <si>
     <t>23.3-1688-2024-010</t>
   </si>
   <si>
     <t>Capgemini Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5560923053      </t>
   </si>
   <si>
     <t>IT-konsulttjänster Resurskonsulter / IT-konsulttjänster 5. IT-konsultlösningar / Förnyad konkurrensutsättning</t>
   </si>
   <si>
     <t>2025-08-23</t>
   </si>
   <si>
     <t>2029-08-22</t>
   </si>
   <si>
     <t>IT-konsulttjänster Resurskonsulter / IT-konsulttjänster 5. IT-konsultlösningar / Särskild fördelningsnyckel (max 1.500 timmar per avrop)</t>
   </si>
   <si>
+    <t>23.3-8321-2024-001</t>
+  </si>
+  <si>
+    <t>Castra Group AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5569584401      </t>
+  </si>
+  <si>
+    <t>IT-konsulttjänster Resurskonsulter / IT-konsulttjänster 3. IT-säkerhet (nytt avtal)</t>
+  </si>
+  <si>
+    <t>2026-03-10</t>
+  </si>
+  <si>
+    <t>2030-03-09</t>
+  </si>
+  <si>
     <t>23.3-1688-2024-001</t>
   </si>
   <si>
-    <t>Castra Group AB</t>
-[...4 lines deleted...]
-  <si>
     <t>23.3-1688-2024-011</t>
   </si>
   <si>
     <t>CGI Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5563372191      </t>
   </si>
   <si>
     <t>23.3-1688-2024-002</t>
   </si>
   <si>
+    <t>23.3-8321-2024-002</t>
+  </si>
+  <si>
+    <t>Chas Visual Management AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5567264758      </t>
+  </si>
+  <si>
     <t>23.3-1688-2024-012</t>
   </si>
   <si>
-    <t>Chas Visual Management AB</t>
-[...2 lines deleted...]
-    <t xml:space="preserve">5567264758      </t>
+    <t>23.3-8321-2024-003</t>
+  </si>
+  <si>
+    <t>Combitech Aktiebolag</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5562186790      </t>
   </si>
   <si>
     <t>23.3-1688-2024-003</t>
   </si>
   <si>
-    <t>Combitech Aktiebolag</t>
-[...4 lines deleted...]
-  <si>
     <t>23.3-1688-2024-013</t>
   </si>
   <si>
     <t>Consid</t>
   </si>
   <si>
     <t xml:space="preserve">5565994307      </t>
   </si>
   <si>
     <t>Consid AB</t>
   </si>
   <si>
     <t>23.3-1688-2024-004</t>
   </si>
   <si>
     <t>23.3-10176-2023-001</t>
   </si>
   <si>
     <t>Dafo Brand Aktiebolag</t>
   </si>
   <si>
     <t xml:space="preserve">5560790957      </t>
   </si>
   <si>
     <t>Brandskydd</t>
@@ -394,116 +412,131 @@
   <si>
     <t xml:space="preserve">5564700309      </t>
   </si>
   <si>
     <t>23.3-2904-2024-004</t>
   </si>
   <si>
     <t>23.3-10639-2023-005</t>
   </si>
   <si>
     <t>Fujitsu Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5561475897      </t>
   </si>
   <si>
     <t>23.3-10176-2023-003</t>
   </si>
   <si>
     <t>Göteborgs Brandservice Aktiebolag</t>
   </si>
   <si>
     <t xml:space="preserve">5563405611      </t>
   </si>
   <si>
+    <t>23.3-8321-2024-004</t>
+  </si>
+  <si>
+    <t>HiQ International AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5565293205      </t>
+  </si>
+  <si>
     <t>23.3-3262-2024-005</t>
   </si>
   <si>
     <t>itm8 Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5569908485      </t>
   </si>
   <si>
     <t>23.3-10639-2023-003</t>
   </si>
   <si>
     <t>Iver Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565753042      </t>
   </si>
   <si>
     <t>23.3-3262-2024-006</t>
   </si>
   <si>
     <t>Iver Workplace AB</t>
   </si>
   <si>
     <t xml:space="preserve">5567707244      </t>
   </si>
   <si>
+    <t>23.3-8321-2024-005</t>
+  </si>
+  <si>
+    <t>Knowit Aktiebolag</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5563910354      </t>
+  </si>
+  <si>
     <t>23.3-1688-2024-014</t>
   </si>
   <si>
-    <t>Knowit Aktiebolag</t>
-[...4 lines deleted...]
-  <si>
     <t>23.3-1688-2024-005</t>
   </si>
   <si>
     <t>23.3-5890-2023-001</t>
   </si>
   <si>
     <t>NetBin Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5567100267      </t>
   </si>
   <si>
     <t>23.3-1688-2024-006</t>
   </si>
   <si>
     <t>Netlight Consulting AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565756227      </t>
   </si>
   <si>
+    <t>23.3-8321-2024-006</t>
+  </si>
+  <si>
+    <t>Nexer AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5564519345      </t>
+  </si>
+  <si>
     <t>23.3-1688-2024-015</t>
   </si>
   <si>
-    <t>Nexer AB</t>
-[...4 lines deleted...]
-  <si>
     <t>23.3-10176-2023-004</t>
   </si>
   <si>
     <t>NOHA Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564769049      </t>
   </si>
   <si>
     <t>23.3-5890-2023-002</t>
   </si>
   <si>
     <t>Nordlo Advance AB (f.d.EPM Data)</t>
   </si>
   <si>
     <t xml:space="preserve">5564861689      </t>
   </si>
   <si>
     <t>23.3-10639-2023-007</t>
   </si>
   <si>
     <t>Nordlo Improve AB</t>
   </si>
   <si>
     <t xml:space="preserve">5562719129      </t>
@@ -517,66 +550,78 @@
   <si>
     <t xml:space="preserve">5566932603      </t>
   </si>
   <si>
     <t>23.3-10639-2023-004</t>
   </si>
   <si>
     <t>Orange Business Digital Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566380639      </t>
   </si>
   <si>
     <t>23.3-5890-2023-005</t>
   </si>
   <si>
     <t>23.3-10176-2023-005</t>
   </si>
   <si>
     <t>Presto AB</t>
   </si>
   <si>
     <t xml:space="preserve">5561120584      </t>
   </si>
   <si>
+    <t>23.3-8321-2024-007</t>
+  </si>
+  <si>
+    <t>Pro4u AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5565906897      </t>
+  </si>
+  <si>
     <t>23.3-1688-2024-016</t>
   </si>
   <si>
     <t>Pulsen AB</t>
   </si>
   <si>
     <t xml:space="preserve">5562596428      </t>
   </si>
   <si>
+    <t>23.3-8321-2024-008</t>
+  </si>
+  <si>
+    <t>Regent AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5569712499      </t>
+  </si>
+  <si>
     <t>23.3-1688-2024-017</t>
-  </si>
-[...4 lines deleted...]
-    <t xml:space="preserve">5569712499      </t>
   </si>
   <si>
     <t>23.3-10136-2021-002</t>
   </si>
   <si>
     <t>Scream Mediabyrå AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566365671      </t>
   </si>
   <si>
     <t>23.3-10176-2023-006</t>
   </si>
   <si>
     <t>Securitas Sverige Aktiebolag</t>
   </si>
   <si>
     <t xml:space="preserve">5561086082      </t>
   </si>
   <si>
     <t>23.3-10639-2023-006</t>
   </si>
   <si>
     <t>Shibuya AB</t>
   </si>
@@ -697,51 +742,51 @@
       <top/>
       <bottom style="thin"/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" fontId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" applyFont="1" fillId="2" applyFill="1" borderId="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" applyFont="1" fillId="2" applyFill="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H145"/>
+  <dimension ref="A1:H153"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="40" customWidth="1"/>
     <col min="2" max="2" width="50" customWidth="1"/>
     <col min="3" max="3" width="35" customWidth="1"/>
     <col min="4" max="4" width="45" customWidth="1"/>
     <col min="5" max="5" width="45" customWidth="1"/>
     <col min="6" max="6" width="13" customWidth="1"/>
     <col min="7" max="7" width="13" customWidth="1"/>
     <col min="8" max="8" width="13" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>0</v>
       </c>
@@ -1221,3310 +1266,3518 @@
       </c>
       <c r="F19" s="0" t="s">
         <v>59</v>
       </c>
       <c r="G19" s="0" t="s">
         <v>60</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
         <v>62</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>63</v>
       </c>
       <c r="C20" s="0" t="s">
         <v>64</v>
       </c>
       <c r="D20" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E20" s="0" t="s">
-        <v>43</v>
+        <v>65</v>
       </c>
       <c r="F20" s="0" t="s">
-        <v>44</v>
+        <v>66</v>
       </c>
       <c r="G20" s="0" t="s">
-        <v>45</v>
+        <v>67</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
-        <v>62</v>
+        <v>68</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>63</v>
       </c>
       <c r="C21" s="0" t="s">
         <v>64</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E21" s="0" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="F21" s="0" t="s">
         <v>44</v>
       </c>
       <c r="G21" s="0" t="s">
         <v>45</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
-        <v>65</v>
+        <v>68</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>66</v>
+        <v>63</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>67</v>
+        <v>64</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E22" s="0" t="s">
-        <v>58</v>
+        <v>46</v>
       </c>
       <c r="F22" s="0" t="s">
-        <v>59</v>
+        <v>44</v>
       </c>
       <c r="G22" s="0" t="s">
-        <v>60</v>
+        <v>45</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="D23" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E23" s="0" t="s">
-        <v>61</v>
+        <v>58</v>
       </c>
       <c r="F23" s="0" t="s">
         <v>59</v>
       </c>
       <c r="G23" s="0" t="s">
         <v>60</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
-        <v>68</v>
+        <v>69</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="D24" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E24" s="0" t="s">
-        <v>43</v>
+        <v>61</v>
       </c>
       <c r="F24" s="0" t="s">
-        <v>44</v>
+        <v>59</v>
       </c>
       <c r="G24" s="0" t="s">
-        <v>45</v>
+        <v>60</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E25" s="0" t="s">
-        <v>46</v>
+        <v>43</v>
       </c>
       <c r="F25" s="0" t="s">
         <v>44</v>
       </c>
       <c r="G25" s="0" t="s">
         <v>45</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>70</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>71</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E26" s="0" t="s">
-        <v>58</v>
+        <v>46</v>
       </c>
       <c r="F26" s="0" t="s">
-        <v>59</v>
+        <v>44</v>
       </c>
       <c r="G26" s="0" t="s">
-        <v>60</v>
+        <v>45</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E27" s="0" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="F27" s="0" t="s">
-        <v>59</v>
+        <v>66</v>
       </c>
       <c r="G27" s="0" t="s">
-        <v>60</v>
+        <v>67</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E28" s="0" t="s">
-        <v>43</v>
+        <v>58</v>
       </c>
       <c r="F28" s="0" t="s">
-        <v>44</v>
+        <v>59</v>
       </c>
       <c r="G28" s="0" t="s">
-        <v>45</v>
+        <v>60</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E29" s="0" t="s">
-        <v>46</v>
+        <v>61</v>
       </c>
       <c r="F29" s="0" t="s">
-        <v>44</v>
+        <v>59</v>
       </c>
       <c r="G29" s="0" t="s">
-        <v>45</v>
+        <v>60</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
-        <v>75</v>
+        <v>77</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>76</v>
+        <v>78</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="D30" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E30" s="0" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="F30" s="0" t="s">
-        <v>59</v>
+        <v>66</v>
       </c>
       <c r="G30" s="0" t="s">
-        <v>60</v>
+        <v>67</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
-        <v>75</v>
+        <v>80</v>
       </c>
       <c r="B31" s="0" t="s">
         <v>78</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E31" s="0" t="s">
-        <v>58</v>
+        <v>43</v>
       </c>
       <c r="F31" s="0" t="s">
-        <v>59</v>
+        <v>44</v>
       </c>
       <c r="G31" s="0" t="s">
-        <v>60</v>
+        <v>45</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B32" s="0" t="s">
         <v>78</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>77</v>
+        <v>79</v>
       </c>
       <c r="D32" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E32" s="0" t="s">
-        <v>43</v>
+        <v>46</v>
       </c>
       <c r="F32" s="0" t="s">
         <v>44</v>
       </c>
       <c r="G32" s="0" t="s">
         <v>45</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
-        <v>79</v>
+        <v>81</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>78</v>
+        <v>82</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>77</v>
+        <v>83</v>
       </c>
       <c r="D33" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E33" s="0" t="s">
-        <v>46</v>
+        <v>61</v>
       </c>
       <c r="F33" s="0" t="s">
-        <v>44</v>
+        <v>59</v>
       </c>
       <c r="G33" s="0" t="s">
-        <v>45</v>
+        <v>60</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>83</v>
+        <v>42</v>
       </c>
       <c r="E34" s="0" t="s">
-        <v>84</v>
+        <v>58</v>
       </c>
       <c r="F34" s="0" t="s">
-        <v>85</v>
+        <v>59</v>
       </c>
       <c r="G34" s="0" t="s">
-        <v>86</v>
+        <v>60</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>83</v>
+        <v>42</v>
       </c>
       <c r="E35" s="0" t="s">
-        <v>87</v>
+        <v>43</v>
       </c>
       <c r="F35" s="0" t="s">
-        <v>85</v>
+        <v>44</v>
       </c>
       <c r="G35" s="0" t="s">
-        <v>86</v>
+        <v>45</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
-        <v>80</v>
+        <v>85</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>82</v>
+        <v>83</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>83</v>
+        <v>42</v>
       </c>
       <c r="E36" s="0" t="s">
-        <v>88</v>
+        <v>46</v>
       </c>
       <c r="F36" s="0" t="s">
-        <v>85</v>
+        <v>44</v>
       </c>
       <c r="G36" s="0" t="s">
-        <v>86</v>
+        <v>45</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
-        <v>80</v>
+        <v>86</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>81</v>
+        <v>87</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>83</v>
+        <v>89</v>
       </c>
       <c r="E37" s="0" t="s">
-        <v>89</v>
+        <v>90</v>
       </c>
       <c r="F37" s="0" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="G37" s="0" t="s">
-        <v>86</v>
+        <v>92</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
-        <v>80</v>
+        <v>86</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>81</v>
+        <v>87</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="D38" s="0" t="s">
-        <v>83</v>
+        <v>89</v>
       </c>
       <c r="E38" s="0" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="F38" s="0" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="G38" s="0" t="s">
-        <v>86</v>
+        <v>92</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
-        <v>80</v>
+        <v>86</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>81</v>
+        <v>87</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>83</v>
+        <v>89</v>
       </c>
       <c r="E39" s="0" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="F39" s="0" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="G39" s="0" t="s">
-        <v>86</v>
+        <v>92</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
-        <v>80</v>
+        <v>86</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>81</v>
+        <v>87</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="D40" s="0" t="s">
-        <v>83</v>
+        <v>89</v>
       </c>
       <c r="E40" s="0" t="s">
-        <v>92</v>
+        <v>95</v>
       </c>
       <c r="F40" s="0" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="G40" s="0" t="s">
-        <v>86</v>
+        <v>92</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
-        <v>80</v>
+        <v>86</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>81</v>
+        <v>87</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>83</v>
+        <v>89</v>
       </c>
       <c r="E41" s="0" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="F41" s="0" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="G41" s="0" t="s">
-        <v>86</v>
+        <v>92</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
-        <v>80</v>
+        <v>86</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>81</v>
+        <v>87</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>83</v>
+        <v>89</v>
       </c>
       <c r="E42" s="0" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="F42" s="0" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="G42" s="0" t="s">
-        <v>86</v>
+        <v>92</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
-        <v>80</v>
+        <v>86</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>81</v>
+        <v>87</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="D43" s="0" t="s">
-        <v>83</v>
+        <v>89</v>
       </c>
       <c r="E43" s="0" t="s">
-        <v>95</v>
+        <v>98</v>
       </c>
       <c r="F43" s="0" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="G43" s="0" t="s">
-        <v>86</v>
+        <v>92</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
-        <v>80</v>
+        <v>86</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>81</v>
+        <v>87</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="D44" s="0" t="s">
-        <v>83</v>
+        <v>89</v>
       </c>
       <c r="E44" s="0" t="s">
-        <v>96</v>
+        <v>99</v>
       </c>
       <c r="F44" s="0" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="G44" s="0" t="s">
-        <v>86</v>
+        <v>92</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
-        <v>80</v>
+        <v>86</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>81</v>
+        <v>87</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>82</v>
+        <v>88</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>83</v>
+        <v>89</v>
       </c>
       <c r="E45" s="0" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="F45" s="0" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="G45" s="0" t="s">
-        <v>86</v>
+        <v>92</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
-        <v>98</v>
+        <v>86</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>99</v>
+        <v>87</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>100</v>
+        <v>88</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>33</v>
+        <v>89</v>
       </c>
       <c r="E46" s="0" t="s">
-        <v>38</v>
+        <v>101</v>
       </c>
       <c r="F46" s="0" t="s">
-        <v>35</v>
+        <v>91</v>
       </c>
       <c r="G46" s="0" t="s">
-        <v>36</v>
+        <v>92</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
-        <v>101</v>
+        <v>86</v>
       </c>
       <c r="B47" s="0" t="s">
+        <v>87</v>
+      </c>
+      <c r="C47" s="0" t="s">
+        <v>88</v>
+      </c>
+      <c r="D47" s="0" t="s">
+        <v>89</v>
+      </c>
+      <c r="E47" s="0" t="s">
         <v>102</v>
       </c>
-      <c r="C47" s="0" t="s">
-[...7 lines deleted...]
-      </c>
       <c r="F47" s="0" t="s">
-        <v>23</v>
+        <v>91</v>
       </c>
       <c r="G47" s="0" t="s">
-        <v>24</v>
+        <v>92</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
-        <v>101</v>
+        <v>86</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>102</v>
+        <v>87</v>
       </c>
       <c r="C48" s="0" t="s">
+        <v>88</v>
+      </c>
+      <c r="D48" s="0" t="s">
+        <v>89</v>
+      </c>
+      <c r="E48" s="0" t="s">
         <v>103</v>
       </c>
-      <c r="D48" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F48" s="0" t="s">
-        <v>23</v>
+        <v>91</v>
       </c>
       <c r="G48" s="0" t="s">
-        <v>24</v>
+        <v>92</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
         <v>104</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>102</v>
+        <v>105</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>103</v>
+        <v>106</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>27</v>
+        <v>33</v>
       </c>
       <c r="E49" s="0" t="s">
-        <v>28</v>
+        <v>38</v>
       </c>
       <c r="F49" s="0" t="s">
-        <v>29</v>
+        <v>35</v>
       </c>
       <c r="G49" s="0" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>102</v>
+        <v>108</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>103</v>
+        <v>109</v>
       </c>
       <c r="D50" s="0" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="E50" s="0" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="F50" s="0" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="G50" s="0" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="D51" s="0" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="E51" s="0" t="s">
-        <v>38</v>
+        <v>25</v>
       </c>
       <c r="F51" s="0" t="s">
-        <v>35</v>
+        <v>23</v>
       </c>
       <c r="G51" s="0" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
+        <v>110</v>
+      </c>
+      <c r="B52" s="0" t="s">
         <v>108</v>
       </c>
-      <c r="B52" s="0" t="s">
+      <c r="C52" s="0" t="s">
         <v>109</v>
       </c>
-      <c r="C52" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D52" s="0" t="s">
-        <v>83</v>
+        <v>27</v>
       </c>
       <c r="E52" s="0" t="s">
-        <v>87</v>
+        <v>28</v>
       </c>
       <c r="F52" s="0" t="s">
-        <v>85</v>
+        <v>29</v>
       </c>
       <c r="G52" s="0" t="s">
-        <v>86</v>
+        <v>30</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
+        <v>110</v>
+      </c>
+      <c r="B53" s="0" t="s">
         <v>108</v>
       </c>
-      <c r="B53" s="0" t="s">
+      <c r="C53" s="0" t="s">
         <v>109</v>
       </c>
-      <c r="C53" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D53" s="0" t="s">
-        <v>83</v>
+        <v>27</v>
       </c>
       <c r="E53" s="0" t="s">
-        <v>88</v>
+        <v>31</v>
       </c>
       <c r="F53" s="0" t="s">
-        <v>85</v>
+        <v>29</v>
       </c>
       <c r="G53" s="0" t="s">
-        <v>86</v>
+        <v>30</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>83</v>
+        <v>33</v>
       </c>
       <c r="E54" s="0" t="s">
-        <v>90</v>
+        <v>38</v>
       </c>
       <c r="F54" s="0" t="s">
-        <v>85</v>
+        <v>35</v>
       </c>
       <c r="G54" s="0" t="s">
-        <v>86</v>
+        <v>36</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
-        <v>108</v>
+        <v>114</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>109</v>
+        <v>115</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>110</v>
+        <v>116</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>83</v>
+        <v>89</v>
       </c>
       <c r="E55" s="0" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="F55" s="0" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="G55" s="0" t="s">
-        <v>86</v>
+        <v>92</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
-        <v>108</v>
+        <v>114</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>109</v>
+        <v>115</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>110</v>
+        <v>116</v>
       </c>
       <c r="D56" s="0" t="s">
-        <v>83</v>
+        <v>89</v>
       </c>
       <c r="E56" s="0" t="s">
         <v>94</v>
       </c>
       <c r="F56" s="0" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="G56" s="0" t="s">
-        <v>86</v>
+        <v>92</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
-        <v>108</v>
+        <v>114</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>109</v>
+        <v>115</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>110</v>
+        <v>116</v>
       </c>
       <c r="D57" s="0" t="s">
-        <v>83</v>
+        <v>89</v>
       </c>
       <c r="E57" s="0" t="s">
-        <v>95</v>
+        <v>96</v>
       </c>
       <c r="F57" s="0" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="G57" s="0" t="s">
-        <v>86</v>
+        <v>92</v>
       </c>
       <c r="H57" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
-        <v>108</v>
+        <v>114</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>109</v>
+        <v>115</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>110</v>
+        <v>116</v>
       </c>
       <c r="D58" s="0" t="s">
-        <v>83</v>
+        <v>89</v>
       </c>
       <c r="E58" s="0" t="s">
-        <v>96</v>
+        <v>97</v>
       </c>
       <c r="F58" s="0" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="G58" s="0" t="s">
-        <v>86</v>
+        <v>92</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
-        <v>108</v>
+        <v>114</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>109</v>
+        <v>115</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>110</v>
+        <v>116</v>
       </c>
       <c r="D59" s="0" t="s">
-        <v>83</v>
+        <v>89</v>
       </c>
       <c r="E59" s="0" t="s">
-        <v>97</v>
+        <v>100</v>
       </c>
       <c r="F59" s="0" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="G59" s="0" t="s">
-        <v>86</v>
+        <v>92</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
-        <v>111</v>
+        <v>114</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="D60" s="0" t="s">
-        <v>114</v>
+        <v>89</v>
       </c>
       <c r="E60" s="0" t="s">
-        <v>115</v>
+        <v>101</v>
       </c>
       <c r="F60" s="0" t="s">
-        <v>116</v>
+        <v>91</v>
       </c>
       <c r="G60" s="0" t="s">
-        <v>117</v>
+        <v>92</v>
       </c>
       <c r="H60" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>120</v>
+        <v>116</v>
       </c>
       <c r="D61" s="0" t="s">
-        <v>21</v>
+        <v>89</v>
       </c>
       <c r="E61" s="0" t="s">
-        <v>22</v>
+        <v>102</v>
       </c>
       <c r="F61" s="0" t="s">
-        <v>23</v>
+        <v>91</v>
       </c>
       <c r="G61" s="0" t="s">
-        <v>24</v>
+        <v>92</v>
       </c>
       <c r="H61" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
-        <v>118</v>
+        <v>114</v>
       </c>
       <c r="B62" s="0" t="s">
-        <v>119</v>
+        <v>115</v>
       </c>
       <c r="C62" s="0" t="s">
-        <v>120</v>
+        <v>116</v>
       </c>
       <c r="D62" s="0" t="s">
-        <v>21</v>
+        <v>89</v>
       </c>
       <c r="E62" s="0" t="s">
-        <v>25</v>
+        <v>103</v>
       </c>
       <c r="F62" s="0" t="s">
-        <v>23</v>
+        <v>91</v>
       </c>
       <c r="G62" s="0" t="s">
-        <v>24</v>
+        <v>92</v>
       </c>
       <c r="H62" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
+        <v>117</v>
+      </c>
+      <c r="B63" s="0" t="s">
+        <v>118</v>
+      </c>
+      <c r="C63" s="0" t="s">
+        <v>119</v>
+      </c>
+      <c r="D63" s="0" t="s">
+        <v>120</v>
+      </c>
+      <c r="E63" s="0" t="s">
         <v>121</v>
       </c>
-      <c r="B63" s="0" t="s">
-[...10 lines deleted...]
-      </c>
       <c r="F63" s="0" t="s">
-        <v>29</v>
+        <v>122</v>
       </c>
       <c r="G63" s="0" t="s">
-        <v>30</v>
+        <v>123</v>
       </c>
       <c r="H63" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="B64" s="0" t="s">
-        <v>119</v>
+        <v>125</v>
       </c>
       <c r="C64" s="0" t="s">
-        <v>120</v>
+        <v>126</v>
       </c>
       <c r="D64" s="0" t="s">
-        <v>27</v>
+        <v>21</v>
       </c>
       <c r="E64" s="0" t="s">
-        <v>31</v>
+        <v>22</v>
       </c>
       <c r="F64" s="0" t="s">
-        <v>29</v>
+        <v>23</v>
       </c>
       <c r="G64" s="0" t="s">
-        <v>30</v>
+        <v>24</v>
       </c>
       <c r="H64" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
-        <v>122</v>
+        <v>124</v>
       </c>
       <c r="B65" s="0" t="s">
-        <v>123</v>
+        <v>125</v>
       </c>
       <c r="C65" s="0" t="s">
-        <v>124</v>
+        <v>126</v>
       </c>
       <c r="D65" s="0" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="E65" s="0" t="s">
-        <v>34</v>
+        <v>25</v>
       </c>
       <c r="F65" s="0" t="s">
-        <v>35</v>
+        <v>23</v>
       </c>
       <c r="G65" s="0" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="H65" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
+        <v>127</v>
+      </c>
+      <c r="B66" s="0" t="s">
         <v>125</v>
       </c>
-      <c r="B66" s="0" t="s">
+      <c r="C66" s="0" t="s">
         <v>126</v>
       </c>
-      <c r="C66" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D66" s="0" t="s">
-        <v>83</v>
+        <v>27</v>
       </c>
       <c r="E66" s="0" t="s">
-        <v>87</v>
+        <v>28</v>
       </c>
       <c r="F66" s="0" t="s">
-        <v>85</v>
+        <v>29</v>
       </c>
       <c r="G66" s="0" t="s">
-        <v>86</v>
+        <v>30</v>
       </c>
       <c r="H66" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
+        <v>127</v>
+      </c>
+      <c r="B67" s="0" t="s">
         <v>125</v>
       </c>
-      <c r="B67" s="0" t="s">
+      <c r="C67" s="0" t="s">
         <v>126</v>
       </c>
-      <c r="C67" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D67" s="0" t="s">
-        <v>83</v>
+        <v>27</v>
       </c>
       <c r="E67" s="0" t="s">
-        <v>88</v>
+        <v>31</v>
       </c>
       <c r="F67" s="0" t="s">
-        <v>85</v>
+        <v>29</v>
       </c>
       <c r="G67" s="0" t="s">
-        <v>86</v>
+        <v>30</v>
       </c>
       <c r="H67" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
-        <v>125</v>
+        <v>128</v>
       </c>
       <c r="B68" s="0" t="s">
-        <v>126</v>
+        <v>129</v>
       </c>
       <c r="C68" s="0" t="s">
-        <v>127</v>
+        <v>130</v>
       </c>
       <c r="D68" s="0" t="s">
-        <v>83</v>
+        <v>33</v>
       </c>
       <c r="E68" s="0" t="s">
-        <v>90</v>
+        <v>34</v>
       </c>
       <c r="F68" s="0" t="s">
-        <v>85</v>
+        <v>35</v>
       </c>
       <c r="G68" s="0" t="s">
-        <v>86</v>
+        <v>36</v>
       </c>
       <c r="H68" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
-        <v>125</v>
+        <v>131</v>
       </c>
       <c r="B69" s="0" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
       <c r="C69" s="0" t="s">
-        <v>127</v>
+        <v>133</v>
       </c>
       <c r="D69" s="0" t="s">
-        <v>83</v>
+        <v>89</v>
       </c>
       <c r="E69" s="0" t="s">
-        <v>94</v>
+        <v>93</v>
       </c>
       <c r="F69" s="0" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="G69" s="0" t="s">
-        <v>86</v>
+        <v>92</v>
       </c>
       <c r="H69" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
-        <v>125</v>
+        <v>131</v>
       </c>
       <c r="B70" s="0" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
       <c r="C70" s="0" t="s">
-        <v>127</v>
+        <v>133</v>
       </c>
       <c r="D70" s="0" t="s">
-        <v>83</v>
+        <v>89</v>
       </c>
       <c r="E70" s="0" t="s">
-        <v>95</v>
+        <v>94</v>
       </c>
       <c r="F70" s="0" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="G70" s="0" t="s">
-        <v>86</v>
+        <v>92</v>
       </c>
       <c r="H70" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
-        <v>125</v>
+        <v>131</v>
       </c>
       <c r="B71" s="0" t="s">
-        <v>126</v>
+        <v>132</v>
       </c>
       <c r="C71" s="0" t="s">
-        <v>127</v>
+        <v>133</v>
       </c>
       <c r="D71" s="0" t="s">
-        <v>83</v>
+        <v>89</v>
       </c>
       <c r="E71" s="0" t="s">
         <v>96</v>
       </c>
       <c r="F71" s="0" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="G71" s="0" t="s">
-        <v>86</v>
+        <v>92</v>
       </c>
       <c r="H71" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="B72" s="0" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="C72" s="0" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="D72" s="0" t="s">
-        <v>21</v>
+        <v>89</v>
       </c>
       <c r="E72" s="0" t="s">
-        <v>22</v>
+        <v>100</v>
       </c>
       <c r="F72" s="0" t="s">
-        <v>23</v>
+        <v>91</v>
       </c>
       <c r="G72" s="0" t="s">
-        <v>24</v>
+        <v>92</v>
       </c>
       <c r="H72" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="0" t="s">
-        <v>128</v>
+        <v>131</v>
       </c>
       <c r="B73" s="0" t="s">
-        <v>129</v>
+        <v>132</v>
       </c>
       <c r="C73" s="0" t="s">
-        <v>130</v>
+        <v>133</v>
       </c>
       <c r="D73" s="0" t="s">
-        <v>21</v>
+        <v>89</v>
       </c>
       <c r="E73" s="0" t="s">
-        <v>25</v>
+        <v>101</v>
       </c>
       <c r="F73" s="0" t="s">
-        <v>23</v>
+        <v>91</v>
       </c>
       <c r="G73" s="0" t="s">
-        <v>24</v>
+        <v>92</v>
       </c>
       <c r="H73" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="74">
       <c r="A74" s="0" t="s">
         <v>131</v>
       </c>
       <c r="B74" s="0" t="s">
         <v>132</v>
       </c>
       <c r="C74" s="0" t="s">
         <v>133</v>
       </c>
       <c r="D74" s="0" t="s">
-        <v>33</v>
+        <v>89</v>
       </c>
       <c r="E74" s="0" t="s">
-        <v>34</v>
+        <v>102</v>
       </c>
       <c r="F74" s="0" t="s">
-        <v>35</v>
+        <v>91</v>
       </c>
       <c r="G74" s="0" t="s">
-        <v>36</v>
+        <v>92</v>
       </c>
       <c r="H74" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="0" t="s">
         <v>134</v>
       </c>
       <c r="B75" s="0" t="s">
         <v>135</v>
       </c>
       <c r="C75" s="0" t="s">
         <v>136</v>
       </c>
       <c r="D75" s="0" t="s">
-        <v>21</v>
+        <v>42</v>
       </c>
       <c r="E75" s="0" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="F75" s="0" t="s">
-        <v>23</v>
+        <v>66</v>
       </c>
       <c r="G75" s="0" t="s">
-        <v>24</v>
+        <v>67</v>
       </c>
       <c r="H75" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="0" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="B76" s="0" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="C76" s="0" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="D76" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E76" s="0" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="F76" s="0" t="s">
         <v>23</v>
       </c>
       <c r="G76" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H76" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="0" t="s">
         <v>137</v>
       </c>
       <c r="B77" s="0" t="s">
         <v>138</v>
       </c>
       <c r="C77" s="0" t="s">
         <v>139</v>
       </c>
       <c r="D77" s="0" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="E77" s="0" t="s">
-        <v>58</v>
+        <v>25</v>
       </c>
       <c r="F77" s="0" t="s">
-        <v>59</v>
+        <v>23</v>
       </c>
       <c r="G77" s="0" t="s">
-        <v>60</v>
+        <v>24</v>
       </c>
       <c r="H77" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="0" t="s">
-        <v>137</v>
+        <v>140</v>
       </c>
       <c r="B78" s="0" t="s">
-        <v>138</v>
+        <v>141</v>
       </c>
       <c r="C78" s="0" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="D78" s="0" t="s">
-        <v>42</v>
+        <v>33</v>
       </c>
       <c r="E78" s="0" t="s">
-        <v>61</v>
+        <v>34</v>
       </c>
       <c r="F78" s="0" t="s">
-        <v>59</v>
+        <v>35</v>
       </c>
       <c r="G78" s="0" t="s">
-        <v>60</v>
+        <v>36</v>
       </c>
       <c r="H78" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="0" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="B79" s="0" t="s">
-        <v>138</v>
+        <v>144</v>
       </c>
       <c r="C79" s="0" t="s">
-        <v>139</v>
+        <v>145</v>
       </c>
       <c r="D79" s="0" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="E79" s="0" t="s">
-        <v>43</v>
+        <v>22</v>
       </c>
       <c r="F79" s="0" t="s">
-        <v>44</v>
+        <v>23</v>
       </c>
       <c r="G79" s="0" t="s">
-        <v>45</v>
+        <v>24</v>
       </c>
       <c r="H79" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="0" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="B80" s="0" t="s">
-        <v>138</v>
+        <v>144</v>
       </c>
       <c r="C80" s="0" t="s">
-        <v>139</v>
+        <v>145</v>
       </c>
       <c r="D80" s="0" t="s">
-        <v>42</v>
+        <v>21</v>
       </c>
       <c r="E80" s="0" t="s">
-        <v>46</v>
+        <v>25</v>
       </c>
       <c r="F80" s="0" t="s">
-        <v>44</v>
+        <v>23</v>
       </c>
       <c r="G80" s="0" t="s">
-        <v>45</v>
+        <v>24</v>
       </c>
       <c r="H80" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="81">
       <c r="A81" s="0" t="s">
-        <v>141</v>
+        <v>146</v>
       </c>
       <c r="B81" s="0" t="s">
-        <v>142</v>
+        <v>147</v>
       </c>
       <c r="C81" s="0" t="s">
-        <v>143</v>
+        <v>148</v>
       </c>
       <c r="D81" s="0" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="E81" s="0" t="s">
-        <v>38</v>
+        <v>65</v>
       </c>
       <c r="F81" s="0" t="s">
-        <v>35</v>
+        <v>66</v>
       </c>
       <c r="G81" s="0" t="s">
-        <v>36</v>
+        <v>67</v>
       </c>
       <c r="H81" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="0" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="B82" s="0" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="C82" s="0" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="D82" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E82" s="0" t="s">
-        <v>43</v>
+        <v>58</v>
       </c>
       <c r="F82" s="0" t="s">
-        <v>44</v>
+        <v>59</v>
       </c>
       <c r="G82" s="0" t="s">
-        <v>45</v>
+        <v>60</v>
       </c>
       <c r="H82" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="0" t="s">
-        <v>144</v>
+        <v>149</v>
       </c>
       <c r="B83" s="0" t="s">
-        <v>145</v>
+        <v>147</v>
       </c>
       <c r="C83" s="0" t="s">
-        <v>146</v>
+        <v>148</v>
       </c>
       <c r="D83" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E83" s="0" t="s">
-        <v>46</v>
+        <v>61</v>
       </c>
       <c r="F83" s="0" t="s">
-        <v>44</v>
+        <v>59</v>
       </c>
       <c r="G83" s="0" t="s">
-        <v>45</v>
+        <v>60</v>
       </c>
       <c r="H83" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="0" t="s">
+        <v>150</v>
+      </c>
+      <c r="B84" s="0" t="s">
         <v>147</v>
       </c>
-      <c r="B84" s="0" t="s">
+      <c r="C84" s="0" t="s">
         <v>148</v>
-      </c>
-[...1 lines deleted...]
-        <v>149</v>
       </c>
       <c r="D84" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E84" s="0" t="s">
-        <v>58</v>
+        <v>43</v>
       </c>
       <c r="F84" s="0" t="s">
-        <v>59</v>
+        <v>44</v>
       </c>
       <c r="G84" s="0" t="s">
-        <v>60</v>
+        <v>45</v>
       </c>
       <c r="H84" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="0" t="s">
+        <v>150</v>
+      </c>
+      <c r="B85" s="0" t="s">
         <v>147</v>
       </c>
-      <c r="B85" s="0" t="s">
+      <c r="C85" s="0" t="s">
         <v>148</v>
-      </c>
-[...1 lines deleted...]
-        <v>149</v>
       </c>
       <c r="D85" s="0" t="s">
         <v>42</v>
       </c>
       <c r="E85" s="0" t="s">
-        <v>61</v>
+        <v>46</v>
       </c>
       <c r="F85" s="0" t="s">
-        <v>59</v>
+        <v>44</v>
       </c>
       <c r="G85" s="0" t="s">
-        <v>60</v>
+        <v>45</v>
       </c>
       <c r="H85" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="0" t="s">
-        <v>150</v>
+        <v>151</v>
       </c>
       <c r="B86" s="0" t="s">
-        <v>151</v>
+        <v>152</v>
       </c>
       <c r="C86" s="0" t="s">
-        <v>152</v>
+        <v>153</v>
       </c>
       <c r="D86" s="0" t="s">
-        <v>83</v>
+        <v>33</v>
       </c>
       <c r="E86" s="0" t="s">
-        <v>84</v>
+        <v>38</v>
       </c>
       <c r="F86" s="0" t="s">
-        <v>85</v>
+        <v>35</v>
       </c>
       <c r="G86" s="0" t="s">
-        <v>86</v>
+        <v>36</v>
       </c>
       <c r="H86" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="0" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="B87" s="0" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="C87" s="0" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="D87" s="0" t="s">
-        <v>83</v>
+        <v>42</v>
       </c>
       <c r="E87" s="0" t="s">
-        <v>87</v>
+        <v>43</v>
       </c>
       <c r="F87" s="0" t="s">
-        <v>85</v>
+        <v>44</v>
       </c>
       <c r="G87" s="0" t="s">
-        <v>86</v>
+        <v>45</v>
       </c>
       <c r="H87" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="0" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="B88" s="0" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="C88" s="0" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="D88" s="0" t="s">
-        <v>83</v>
+        <v>42</v>
       </c>
       <c r="E88" s="0" t="s">
-        <v>88</v>
+        <v>46</v>
       </c>
       <c r="F88" s="0" t="s">
-        <v>85</v>
+        <v>44</v>
       </c>
       <c r="G88" s="0" t="s">
-        <v>86</v>
+        <v>45</v>
       </c>
       <c r="H88" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="0" t="s">
-        <v>150</v>
+        <v>157</v>
       </c>
       <c r="B89" s="0" t="s">
-        <v>151</v>
+        <v>158</v>
       </c>
       <c r="C89" s="0" t="s">
-        <v>152</v>
+        <v>159</v>
       </c>
       <c r="D89" s="0" t="s">
-        <v>83</v>
+        <v>42</v>
       </c>
       <c r="E89" s="0" t="s">
-        <v>89</v>
+        <v>65</v>
       </c>
       <c r="F89" s="0" t="s">
-        <v>85</v>
+        <v>66</v>
       </c>
       <c r="G89" s="0" t="s">
-        <v>86</v>
+        <v>67</v>
       </c>
       <c r="H89" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="0" t="s">
-        <v>150</v>
+        <v>160</v>
       </c>
       <c r="B90" s="0" t="s">
-        <v>151</v>
+        <v>158</v>
       </c>
       <c r="C90" s="0" t="s">
-        <v>152</v>
+        <v>159</v>
       </c>
       <c r="D90" s="0" t="s">
-        <v>83</v>
+        <v>42</v>
       </c>
       <c r="E90" s="0" t="s">
-        <v>90</v>
+        <v>58</v>
       </c>
       <c r="F90" s="0" t="s">
-        <v>85</v>
+        <v>59</v>
       </c>
       <c r="G90" s="0" t="s">
-        <v>86</v>
+        <v>60</v>
       </c>
       <c r="H90" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="0" t="s">
-        <v>150</v>
+        <v>160</v>
       </c>
       <c r="B91" s="0" t="s">
-        <v>151</v>
+        <v>158</v>
       </c>
       <c r="C91" s="0" t="s">
-        <v>152</v>
+        <v>159</v>
       </c>
       <c r="D91" s="0" t="s">
-        <v>83</v>
+        <v>42</v>
       </c>
       <c r="E91" s="0" t="s">
-        <v>91</v>
+        <v>61</v>
       </c>
       <c r="F91" s="0" t="s">
-        <v>85</v>
+        <v>59</v>
       </c>
       <c r="G91" s="0" t="s">
-        <v>86</v>
+        <v>60</v>
       </c>
       <c r="H91" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="0" t="s">
-        <v>150</v>
+        <v>161</v>
       </c>
       <c r="B92" s="0" t="s">
-        <v>151</v>
+        <v>162</v>
       </c>
       <c r="C92" s="0" t="s">
-        <v>152</v>
+        <v>163</v>
       </c>
       <c r="D92" s="0" t="s">
-        <v>83</v>
+        <v>89</v>
       </c>
       <c r="E92" s="0" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="F92" s="0" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="G92" s="0" t="s">
-        <v>86</v>
+        <v>92</v>
       </c>
       <c r="H92" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="0" t="s">
-        <v>150</v>
+        <v>161</v>
       </c>
       <c r="B93" s="0" t="s">
-        <v>151</v>
+        <v>162</v>
       </c>
       <c r="C93" s="0" t="s">
-        <v>152</v>
+        <v>163</v>
       </c>
       <c r="D93" s="0" t="s">
-        <v>83</v>
+        <v>89</v>
       </c>
       <c r="E93" s="0" t="s">
         <v>93</v>
       </c>
       <c r="F93" s="0" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="G93" s="0" t="s">
-        <v>86</v>
+        <v>92</v>
       </c>
       <c r="H93" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="0" t="s">
-        <v>150</v>
+        <v>161</v>
       </c>
       <c r="B94" s="0" t="s">
-        <v>151</v>
+        <v>162</v>
       </c>
       <c r="C94" s="0" t="s">
-        <v>152</v>
+        <v>163</v>
       </c>
       <c r="D94" s="0" t="s">
-        <v>83</v>
+        <v>89</v>
       </c>
       <c r="E94" s="0" t="s">
         <v>94</v>
       </c>
       <c r="F94" s="0" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="G94" s="0" t="s">
-        <v>86</v>
+        <v>92</v>
       </c>
       <c r="H94" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="0" t="s">
-        <v>150</v>
+        <v>161</v>
       </c>
       <c r="B95" s="0" t="s">
-        <v>151</v>
+        <v>162</v>
       </c>
       <c r="C95" s="0" t="s">
-        <v>152</v>
+        <v>163</v>
       </c>
       <c r="D95" s="0" t="s">
-        <v>83</v>
+        <v>89</v>
       </c>
       <c r="E95" s="0" t="s">
         <v>95</v>
       </c>
       <c r="F95" s="0" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="G95" s="0" t="s">
-        <v>86</v>
+        <v>92</v>
       </c>
       <c r="H95" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="0" t="s">
-        <v>150</v>
+        <v>161</v>
       </c>
       <c r="B96" s="0" t="s">
-        <v>151</v>
+        <v>162</v>
       </c>
       <c r="C96" s="0" t="s">
-        <v>152</v>
+        <v>163</v>
       </c>
       <c r="D96" s="0" t="s">
-        <v>83</v>
+        <v>89</v>
       </c>
       <c r="E96" s="0" t="s">
         <v>96</v>
       </c>
       <c r="F96" s="0" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="G96" s="0" t="s">
-        <v>86</v>
+        <v>92</v>
       </c>
       <c r="H96" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="0" t="s">
-        <v>150</v>
+        <v>161</v>
       </c>
       <c r="B97" s="0" t="s">
-        <v>151</v>
+        <v>162</v>
       </c>
       <c r="C97" s="0" t="s">
-        <v>152</v>
+        <v>163</v>
       </c>
       <c r="D97" s="0" t="s">
-        <v>83</v>
+        <v>89</v>
       </c>
       <c r="E97" s="0" t="s">
         <v>97</v>
       </c>
       <c r="F97" s="0" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="G97" s="0" t="s">
-        <v>86</v>
+        <v>92</v>
       </c>
       <c r="H97" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="0" t="s">
-        <v>153</v>
+        <v>161</v>
       </c>
       <c r="B98" s="0" t="s">
-        <v>154</v>
+        <v>162</v>
       </c>
       <c r="C98" s="0" t="s">
-        <v>155</v>
+        <v>163</v>
       </c>
       <c r="D98" s="0" t="s">
-        <v>33</v>
+        <v>89</v>
       </c>
       <c r="E98" s="0" t="s">
-        <v>38</v>
+        <v>98</v>
       </c>
       <c r="F98" s="0" t="s">
-        <v>35</v>
+        <v>91</v>
       </c>
       <c r="G98" s="0" t="s">
-        <v>36</v>
+        <v>92</v>
       </c>
       <c r="H98" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="0" t="s">
-        <v>156</v>
+        <v>161</v>
       </c>
       <c r="B99" s="0" t="s">
-        <v>157</v>
+        <v>162</v>
       </c>
       <c r="C99" s="0" t="s">
-        <v>158</v>
+        <v>163</v>
       </c>
       <c r="D99" s="0" t="s">
-        <v>33</v>
+        <v>89</v>
       </c>
       <c r="E99" s="0" t="s">
-        <v>34</v>
+        <v>99</v>
       </c>
       <c r="F99" s="0" t="s">
-        <v>35</v>
+        <v>91</v>
       </c>
       <c r="G99" s="0" t="s">
-        <v>36</v>
+        <v>92</v>
       </c>
       <c r="H99" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="0" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="B100" s="0" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="C100" s="0" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="D100" s="0" t="s">
-        <v>12</v>
+        <v>89</v>
       </c>
       <c r="E100" s="0" t="s">
-        <v>17</v>
+        <v>100</v>
       </c>
       <c r="F100" s="0" t="s">
-        <v>14</v>
+        <v>91</v>
       </c>
       <c r="G100" s="0" t="s">
-        <v>15</v>
+        <v>92</v>
       </c>
       <c r="H100" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="0" t="s">
-        <v>159</v>
+        <v>161</v>
       </c>
       <c r="B101" s="0" t="s">
-        <v>160</v>
+        <v>162</v>
       </c>
       <c r="C101" s="0" t="s">
-        <v>161</v>
+        <v>163</v>
       </c>
       <c r="D101" s="0" t="s">
-        <v>12</v>
+        <v>89</v>
       </c>
       <c r="E101" s="0" t="s">
-        <v>13</v>
+        <v>101</v>
       </c>
       <c r="F101" s="0" t="s">
-        <v>14</v>
+        <v>91</v>
       </c>
       <c r="G101" s="0" t="s">
-        <v>15</v>
+        <v>92</v>
       </c>
       <c r="H101" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="0" t="s">
+        <v>161</v>
+      </c>
+      <c r="B102" s="0" t="s">
         <v>162</v>
       </c>
-      <c r="B102" s="0" t="s">
+      <c r="C102" s="0" t="s">
         <v>163</v>
       </c>
-      <c r="C102" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D102" s="0" t="s">
-        <v>33</v>
+        <v>89</v>
       </c>
       <c r="E102" s="0" t="s">
-        <v>34</v>
+        <v>102</v>
       </c>
       <c r="F102" s="0" t="s">
-        <v>35</v>
+        <v>91</v>
       </c>
       <c r="G102" s="0" t="s">
-        <v>36</v>
+        <v>92</v>
       </c>
       <c r="H102" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="0" t="s">
-        <v>165</v>
+        <v>161</v>
       </c>
       <c r="B103" s="0" t="s">
+        <v>162</v>
+      </c>
+      <c r="C103" s="0" t="s">
         <v>163</v>
       </c>
-      <c r="C103" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D103" s="0" t="s">
-        <v>33</v>
+        <v>89</v>
       </c>
       <c r="E103" s="0" t="s">
-        <v>38</v>
+        <v>103</v>
       </c>
       <c r="F103" s="0" t="s">
-        <v>35</v>
+        <v>91</v>
       </c>
       <c r="G103" s="0" t="s">
-        <v>36</v>
+        <v>92</v>
       </c>
       <c r="H103" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="0" t="s">
+        <v>164</v>
+      </c>
+      <c r="B104" s="0" t="s">
+        <v>165</v>
+      </c>
+      <c r="C104" s="0" t="s">
         <v>166</v>
       </c>
-      <c r="B104" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D104" s="0" t="s">
-        <v>83</v>
+        <v>33</v>
       </c>
       <c r="E104" s="0" t="s">
-        <v>84</v>
+        <v>38</v>
       </c>
       <c r="F104" s="0" t="s">
-        <v>85</v>
+        <v>35</v>
       </c>
       <c r="G104" s="0" t="s">
-        <v>86</v>
+        <v>36</v>
       </c>
       <c r="H104" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="0" t="s">
-        <v>166</v>
+        <v>167</v>
       </c>
       <c r="B105" s="0" t="s">
-        <v>167</v>
+        <v>168</v>
       </c>
       <c r="C105" s="0" t="s">
-        <v>168</v>
+        <v>169</v>
       </c>
       <c r="D105" s="0" t="s">
-        <v>83</v>
+        <v>33</v>
       </c>
       <c r="E105" s="0" t="s">
-        <v>87</v>
+        <v>34</v>
       </c>
       <c r="F105" s="0" t="s">
-        <v>85</v>
+        <v>35</v>
       </c>
       <c r="G105" s="0" t="s">
-        <v>86</v>
+        <v>36</v>
       </c>
       <c r="H105" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="106">
       <c r="A106" s="0" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
       <c r="B106" s="0" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="C106" s="0" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="D106" s="0" t="s">
-        <v>83</v>
+        <v>12</v>
       </c>
       <c r="E106" s="0" t="s">
-        <v>88</v>
+        <v>17</v>
       </c>
       <c r="F106" s="0" t="s">
-        <v>85</v>
+        <v>14</v>
       </c>
       <c r="G106" s="0" t="s">
-        <v>86</v>
+        <v>15</v>
       </c>
       <c r="H106" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="107">
       <c r="A107" s="0" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
       <c r="B107" s="0" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="C107" s="0" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="D107" s="0" t="s">
-        <v>83</v>
+        <v>12</v>
       </c>
       <c r="E107" s="0" t="s">
-        <v>89</v>
+        <v>13</v>
       </c>
       <c r="F107" s="0" t="s">
-        <v>85</v>
+        <v>14</v>
       </c>
       <c r="G107" s="0" t="s">
-        <v>86</v>
+        <v>15</v>
       </c>
       <c r="H107" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="108">
       <c r="A108" s="0" t="s">
-        <v>166</v>
+        <v>173</v>
       </c>
       <c r="B108" s="0" t="s">
-        <v>167</v>
+        <v>174</v>
       </c>
       <c r="C108" s="0" t="s">
-        <v>168</v>
+        <v>175</v>
       </c>
       <c r="D108" s="0" t="s">
-        <v>83</v>
+        <v>33</v>
       </c>
       <c r="E108" s="0" t="s">
-        <v>90</v>
+        <v>34</v>
       </c>
       <c r="F108" s="0" t="s">
-        <v>85</v>
+        <v>35</v>
       </c>
       <c r="G108" s="0" t="s">
-        <v>86</v>
+        <v>36</v>
       </c>
       <c r="H108" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="109">
       <c r="A109" s="0" t="s">
-        <v>166</v>
+        <v>176</v>
       </c>
       <c r="B109" s="0" t="s">
-        <v>167</v>
+        <v>174</v>
       </c>
       <c r="C109" s="0" t="s">
-        <v>168</v>
+        <v>175</v>
       </c>
       <c r="D109" s="0" t="s">
-        <v>83</v>
+        <v>33</v>
       </c>
       <c r="E109" s="0" t="s">
-        <v>91</v>
+        <v>38</v>
       </c>
       <c r="F109" s="0" t="s">
-        <v>85</v>
+        <v>35</v>
       </c>
       <c r="G109" s="0" t="s">
-        <v>86</v>
+        <v>36</v>
       </c>
       <c r="H109" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="0" t="s">
-        <v>166</v>
+        <v>177</v>
       </c>
       <c r="B110" s="0" t="s">
-        <v>167</v>
+        <v>178</v>
       </c>
       <c r="C110" s="0" t="s">
-        <v>168</v>
+        <v>179</v>
       </c>
       <c r="D110" s="0" t="s">
-        <v>83</v>
+        <v>89</v>
       </c>
       <c r="E110" s="0" t="s">
-        <v>92</v>
+        <v>90</v>
       </c>
       <c r="F110" s="0" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="G110" s="0" t="s">
-        <v>86</v>
+        <v>92</v>
       </c>
       <c r="H110" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="0" t="s">
-        <v>166</v>
+        <v>177</v>
       </c>
       <c r="B111" s="0" t="s">
-        <v>167</v>
+        <v>178</v>
       </c>
       <c r="C111" s="0" t="s">
-        <v>168</v>
+        <v>179</v>
       </c>
       <c r="D111" s="0" t="s">
-        <v>83</v>
+        <v>89</v>
       </c>
       <c r="E111" s="0" t="s">
         <v>93</v>
       </c>
       <c r="F111" s="0" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="G111" s="0" t="s">
-        <v>86</v>
+        <v>92</v>
       </c>
       <c r="H111" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="0" t="s">
-        <v>166</v>
+        <v>177</v>
       </c>
       <c r="B112" s="0" t="s">
-        <v>167</v>
+        <v>178</v>
       </c>
       <c r="C112" s="0" t="s">
-        <v>168</v>
+        <v>179</v>
       </c>
       <c r="D112" s="0" t="s">
-        <v>83</v>
+        <v>89</v>
       </c>
       <c r="E112" s="0" t="s">
         <v>94</v>
       </c>
       <c r="F112" s="0" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="G112" s="0" t="s">
-        <v>86</v>
+        <v>92</v>
       </c>
       <c r="H112" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="0" t="s">
-        <v>166</v>
+        <v>177</v>
       </c>
       <c r="B113" s="0" t="s">
-        <v>167</v>
+        <v>178</v>
       </c>
       <c r="C113" s="0" t="s">
-        <v>168</v>
+        <v>179</v>
       </c>
       <c r="D113" s="0" t="s">
-        <v>83</v>
+        <v>89</v>
       </c>
       <c r="E113" s="0" t="s">
         <v>95</v>
       </c>
       <c r="F113" s="0" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="G113" s="0" t="s">
-        <v>86</v>
+        <v>92</v>
       </c>
       <c r="H113" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="0" t="s">
-        <v>166</v>
+        <v>177</v>
       </c>
       <c r="B114" s="0" t="s">
-        <v>167</v>
+        <v>178</v>
       </c>
       <c r="C114" s="0" t="s">
-        <v>168</v>
+        <v>179</v>
       </c>
       <c r="D114" s="0" t="s">
-        <v>83</v>
+        <v>89</v>
       </c>
       <c r="E114" s="0" t="s">
         <v>96</v>
       </c>
       <c r="F114" s="0" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="G114" s="0" t="s">
-        <v>86</v>
+        <v>92</v>
       </c>
       <c r="H114" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="115">
       <c r="A115" s="0" t="s">
-        <v>166</v>
+        <v>177</v>
       </c>
       <c r="B115" s="0" t="s">
-        <v>167</v>
+        <v>178</v>
       </c>
       <c r="C115" s="0" t="s">
-        <v>168</v>
+        <v>179</v>
       </c>
       <c r="D115" s="0" t="s">
-        <v>83</v>
+        <v>89</v>
       </c>
       <c r="E115" s="0" t="s">
         <v>97</v>
       </c>
       <c r="F115" s="0" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="G115" s="0" t="s">
-        <v>86</v>
+        <v>92</v>
       </c>
       <c r="H115" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="116">
       <c r="A116" s="0" t="s">
-        <v>169</v>
+        <v>177</v>
       </c>
       <c r="B116" s="0" t="s">
-        <v>170</v>
+        <v>178</v>
       </c>
       <c r="C116" s="0" t="s">
-        <v>171</v>
+        <v>179</v>
       </c>
       <c r="D116" s="0" t="s">
-        <v>42</v>
+        <v>89</v>
       </c>
       <c r="E116" s="0" t="s">
-        <v>58</v>
+        <v>98</v>
       </c>
       <c r="F116" s="0" t="s">
-        <v>59</v>
+        <v>91</v>
       </c>
       <c r="G116" s="0" t="s">
-        <v>60</v>
+        <v>92</v>
       </c>
       <c r="H116" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="117">
       <c r="A117" s="0" t="s">
-        <v>169</v>
+        <v>177</v>
       </c>
       <c r="B117" s="0" t="s">
-        <v>170</v>
+        <v>178</v>
       </c>
       <c r="C117" s="0" t="s">
-        <v>171</v>
+        <v>179</v>
       </c>
       <c r="D117" s="0" t="s">
-        <v>42</v>
+        <v>89</v>
       </c>
       <c r="E117" s="0" t="s">
-        <v>61</v>
+        <v>99</v>
       </c>
       <c r="F117" s="0" t="s">
-        <v>59</v>
+        <v>91</v>
       </c>
       <c r="G117" s="0" t="s">
-        <v>60</v>
+        <v>92</v>
       </c>
       <c r="H117" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="118">
       <c r="A118" s="0" t="s">
-        <v>172</v>
+        <v>177</v>
       </c>
       <c r="B118" s="0" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="C118" s="0" t="s">
-        <v>174</v>
+        <v>179</v>
       </c>
       <c r="D118" s="0" t="s">
-        <v>42</v>
+        <v>89</v>
       </c>
       <c r="E118" s="0" t="s">
-        <v>58</v>
+        <v>100</v>
       </c>
       <c r="F118" s="0" t="s">
-        <v>59</v>
+        <v>91</v>
       </c>
       <c r="G118" s="0" t="s">
-        <v>60</v>
+        <v>92</v>
       </c>
       <c r="H118" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="119">
       <c r="A119" s="0" t="s">
-        <v>172</v>
+        <v>177</v>
       </c>
       <c r="B119" s="0" t="s">
-        <v>173</v>
+        <v>178</v>
       </c>
       <c r="C119" s="0" t="s">
-        <v>174</v>
+        <v>179</v>
       </c>
       <c r="D119" s="0" t="s">
-        <v>42</v>
+        <v>89</v>
       </c>
       <c r="E119" s="0" t="s">
-        <v>61</v>
+        <v>101</v>
       </c>
       <c r="F119" s="0" t="s">
-        <v>59</v>
+        <v>91</v>
       </c>
       <c r="G119" s="0" t="s">
-        <v>60</v>
+        <v>92</v>
       </c>
       <c r="H119" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="120">
       <c r="A120" s="0" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="B120" s="0" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="C120" s="0" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="D120" s="0" t="s">
-        <v>12</v>
+        <v>89</v>
       </c>
       <c r="E120" s="0" t="s">
-        <v>17</v>
+        <v>102</v>
       </c>
       <c r="F120" s="0" t="s">
-        <v>14</v>
+        <v>91</v>
       </c>
       <c r="G120" s="0" t="s">
-        <v>15</v>
+        <v>92</v>
       </c>
       <c r="H120" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="121">
       <c r="A121" s="0" t="s">
-        <v>175</v>
+        <v>177</v>
       </c>
       <c r="B121" s="0" t="s">
-        <v>176</v>
+        <v>178</v>
       </c>
       <c r="C121" s="0" t="s">
-        <v>177</v>
+        <v>179</v>
       </c>
       <c r="D121" s="0" t="s">
-        <v>12</v>
+        <v>89</v>
       </c>
       <c r="E121" s="0" t="s">
-        <v>13</v>
+        <v>103</v>
       </c>
       <c r="F121" s="0" t="s">
-        <v>14</v>
+        <v>91</v>
       </c>
       <c r="G121" s="0" t="s">
-        <v>15</v>
+        <v>92</v>
       </c>
       <c r="H121" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="122">
       <c r="A122" s="0" t="s">
-        <v>178</v>
+        <v>180</v>
       </c>
       <c r="B122" s="0" t="s">
-        <v>179</v>
+        <v>181</v>
       </c>
       <c r="C122" s="0" t="s">
-        <v>180</v>
+        <v>182</v>
       </c>
       <c r="D122" s="0" t="s">
-        <v>83</v>
+        <v>42</v>
       </c>
       <c r="E122" s="0" t="s">
-        <v>84</v>
+        <v>65</v>
       </c>
       <c r="F122" s="0" t="s">
-        <v>85</v>
+        <v>66</v>
       </c>
       <c r="G122" s="0" t="s">
-        <v>86</v>
+        <v>67</v>
       </c>
       <c r="H122" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="123">
       <c r="A123" s="0" t="s">
-        <v>178</v>
+        <v>183</v>
       </c>
       <c r="B123" s="0" t="s">
-        <v>179</v>
+        <v>184</v>
       </c>
       <c r="C123" s="0" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="D123" s="0" t="s">
-        <v>83</v>
+        <v>42</v>
       </c>
       <c r="E123" s="0" t="s">
-        <v>87</v>
+        <v>58</v>
       </c>
       <c r="F123" s="0" t="s">
-        <v>85</v>
+        <v>59</v>
       </c>
       <c r="G123" s="0" t="s">
-        <v>86</v>
+        <v>60</v>
       </c>
       <c r="H123" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="124">
       <c r="A124" s="0" t="s">
-        <v>178</v>
+        <v>183</v>
       </c>
       <c r="B124" s="0" t="s">
-        <v>179</v>
+        <v>184</v>
       </c>
       <c r="C124" s="0" t="s">
-        <v>180</v>
+        <v>185</v>
       </c>
       <c r="D124" s="0" t="s">
-        <v>83</v>
+        <v>42</v>
       </c>
       <c r="E124" s="0" t="s">
-        <v>88</v>
+        <v>61</v>
       </c>
       <c r="F124" s="0" t="s">
-        <v>85</v>
+        <v>59</v>
       </c>
       <c r="G124" s="0" t="s">
-        <v>86</v>
+        <v>60</v>
       </c>
       <c r="H124" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="125">
       <c r="A125" s="0" t="s">
-        <v>178</v>
+        <v>186</v>
       </c>
       <c r="B125" s="0" t="s">
-        <v>179</v>
+        <v>187</v>
       </c>
       <c r="C125" s="0" t="s">
-        <v>180</v>
+        <v>188</v>
       </c>
       <c r="D125" s="0" t="s">
-        <v>83</v>
+        <v>42</v>
       </c>
       <c r="E125" s="0" t="s">
-        <v>89</v>
+        <v>65</v>
       </c>
       <c r="F125" s="0" t="s">
-        <v>85</v>
+        <v>66</v>
       </c>
       <c r="G125" s="0" t="s">
-        <v>86</v>
+        <v>67</v>
       </c>
       <c r="H125" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="126">
       <c r="A126" s="0" t="s">
-        <v>178</v>
+        <v>189</v>
       </c>
       <c r="B126" s="0" t="s">
-        <v>179</v>
+        <v>187</v>
       </c>
       <c r="C126" s="0" t="s">
-        <v>180</v>
+        <v>188</v>
       </c>
       <c r="D126" s="0" t="s">
-        <v>83</v>
+        <v>42</v>
       </c>
       <c r="E126" s="0" t="s">
-        <v>90</v>
+        <v>58</v>
       </c>
       <c r="F126" s="0" t="s">
-        <v>85</v>
+        <v>59</v>
       </c>
       <c r="G126" s="0" t="s">
-        <v>86</v>
+        <v>60</v>
       </c>
       <c r="H126" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="127">
       <c r="A127" s="0" t="s">
-        <v>178</v>
+        <v>189</v>
       </c>
       <c r="B127" s="0" t="s">
-        <v>179</v>
+        <v>187</v>
       </c>
       <c r="C127" s="0" t="s">
-        <v>180</v>
+        <v>188</v>
       </c>
       <c r="D127" s="0" t="s">
-        <v>83</v>
+        <v>42</v>
       </c>
       <c r="E127" s="0" t="s">
-        <v>91</v>
+        <v>61</v>
       </c>
       <c r="F127" s="0" t="s">
-        <v>85</v>
+        <v>59</v>
       </c>
       <c r="G127" s="0" t="s">
-        <v>86</v>
+        <v>60</v>
       </c>
       <c r="H127" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="128">
       <c r="A128" s="0" t="s">
-        <v>178</v>
+        <v>190</v>
       </c>
       <c r="B128" s="0" t="s">
-        <v>179</v>
+        <v>191</v>
       </c>
       <c r="C128" s="0" t="s">
-        <v>180</v>
+        <v>192</v>
       </c>
       <c r="D128" s="0" t="s">
-        <v>83</v>
+        <v>12</v>
       </c>
       <c r="E128" s="0" t="s">
-        <v>92</v>
+        <v>17</v>
       </c>
       <c r="F128" s="0" t="s">
-        <v>85</v>
+        <v>14</v>
       </c>
       <c r="G128" s="0" t="s">
-        <v>86</v>
+        <v>15</v>
       </c>
       <c r="H128" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="129">
       <c r="A129" s="0" t="s">
-        <v>178</v>
+        <v>190</v>
       </c>
       <c r="B129" s="0" t="s">
-        <v>179</v>
+        <v>191</v>
       </c>
       <c r="C129" s="0" t="s">
-        <v>180</v>
+        <v>192</v>
       </c>
       <c r="D129" s="0" t="s">
-        <v>83</v>
+        <v>12</v>
       </c>
       <c r="E129" s="0" t="s">
-        <v>93</v>
+        <v>13</v>
       </c>
       <c r="F129" s="0" t="s">
-        <v>85</v>
+        <v>14</v>
       </c>
       <c r="G129" s="0" t="s">
-        <v>86</v>
+        <v>15</v>
       </c>
       <c r="H129" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="130">
       <c r="A130" s="0" t="s">
-        <v>178</v>
+        <v>193</v>
       </c>
       <c r="B130" s="0" t="s">
-        <v>179</v>
+        <v>194</v>
       </c>
       <c r="C130" s="0" t="s">
-        <v>180</v>
+        <v>195</v>
       </c>
       <c r="D130" s="0" t="s">
-        <v>83</v>
+        <v>89</v>
       </c>
       <c r="E130" s="0" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
       <c r="F130" s="0" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="G130" s="0" t="s">
-        <v>86</v>
+        <v>92</v>
       </c>
       <c r="H130" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="131">
       <c r="A131" s="0" t="s">
-        <v>178</v>
+        <v>193</v>
       </c>
       <c r="B131" s="0" t="s">
-        <v>179</v>
+        <v>194</v>
       </c>
       <c r="C131" s="0" t="s">
-        <v>180</v>
+        <v>195</v>
       </c>
       <c r="D131" s="0" t="s">
-        <v>83</v>
+        <v>89</v>
       </c>
       <c r="E131" s="0" t="s">
-        <v>95</v>
+        <v>93</v>
       </c>
       <c r="F131" s="0" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="G131" s="0" t="s">
-        <v>86</v>
+        <v>92</v>
       </c>
       <c r="H131" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="132">
       <c r="A132" s="0" t="s">
-        <v>178</v>
+        <v>193</v>
       </c>
       <c r="B132" s="0" t="s">
-        <v>179</v>
+        <v>194</v>
       </c>
       <c r="C132" s="0" t="s">
-        <v>180</v>
+        <v>195</v>
       </c>
       <c r="D132" s="0" t="s">
-        <v>83</v>
+        <v>89</v>
       </c>
       <c r="E132" s="0" t="s">
-        <v>96</v>
+        <v>94</v>
       </c>
       <c r="F132" s="0" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="G132" s="0" t="s">
-        <v>86</v>
+        <v>92</v>
       </c>
       <c r="H132" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="133">
       <c r="A133" s="0" t="s">
-        <v>178</v>
+        <v>193</v>
       </c>
       <c r="B133" s="0" t="s">
-        <v>179</v>
+        <v>194</v>
       </c>
       <c r="C133" s="0" t="s">
-        <v>180</v>
+        <v>195</v>
       </c>
       <c r="D133" s="0" t="s">
-        <v>83</v>
+        <v>89</v>
       </c>
       <c r="E133" s="0" t="s">
-        <v>97</v>
+        <v>95</v>
       </c>
       <c r="F133" s="0" t="s">
-        <v>85</v>
+        <v>91</v>
       </c>
       <c r="G133" s="0" t="s">
-        <v>86</v>
+        <v>92</v>
       </c>
       <c r="H133" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="134">
       <c r="A134" s="0" t="s">
-        <v>181</v>
+        <v>193</v>
       </c>
       <c r="B134" s="0" t="s">
-        <v>182</v>
+        <v>194</v>
       </c>
       <c r="C134" s="0" t="s">
-        <v>183</v>
+        <v>195</v>
       </c>
       <c r="D134" s="0" t="s">
-        <v>33</v>
+        <v>89</v>
       </c>
       <c r="E134" s="0" t="s">
-        <v>34</v>
+        <v>96</v>
       </c>
       <c r="F134" s="0" t="s">
-        <v>35</v>
+        <v>91</v>
       </c>
       <c r="G134" s="0" t="s">
-        <v>36</v>
+        <v>92</v>
       </c>
       <c r="H134" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="135">
       <c r="A135" s="0" t="s">
-        <v>184</v>
+        <v>193</v>
       </c>
       <c r="B135" s="0" t="s">
-        <v>182</v>
+        <v>194</v>
       </c>
       <c r="C135" s="0" t="s">
-        <v>183</v>
+        <v>195</v>
       </c>
       <c r="D135" s="0" t="s">
-        <v>33</v>
+        <v>89</v>
       </c>
       <c r="E135" s="0" t="s">
-        <v>38</v>
+        <v>97</v>
       </c>
       <c r="F135" s="0" t="s">
-        <v>35</v>
+        <v>91</v>
       </c>
       <c r="G135" s="0" t="s">
-        <v>36</v>
+        <v>92</v>
       </c>
       <c r="H135" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="136">
       <c r="A136" s="0" t="s">
-        <v>185</v>
+        <v>193</v>
       </c>
       <c r="B136" s="0" t="s">
-        <v>186</v>
+        <v>194</v>
       </c>
       <c r="C136" s="0" t="s">
-        <v>187</v>
+        <v>195</v>
       </c>
       <c r="D136" s="0" t="s">
-        <v>42</v>
+        <v>89</v>
       </c>
       <c r="E136" s="0" t="s">
-        <v>43</v>
+        <v>98</v>
       </c>
       <c r="F136" s="0" t="s">
-        <v>44</v>
+        <v>91</v>
       </c>
       <c r="G136" s="0" t="s">
-        <v>45</v>
+        <v>92</v>
       </c>
       <c r="H136" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="137">
       <c r="A137" s="0" t="s">
-        <v>185</v>
+        <v>193</v>
       </c>
       <c r="B137" s="0" t="s">
-        <v>186</v>
+        <v>194</v>
       </c>
       <c r="C137" s="0" t="s">
-        <v>187</v>
+        <v>195</v>
       </c>
       <c r="D137" s="0" t="s">
-        <v>42</v>
+        <v>89</v>
       </c>
       <c r="E137" s="0" t="s">
-        <v>46</v>
+        <v>99</v>
       </c>
       <c r="F137" s="0" t="s">
-        <v>44</v>
+        <v>91</v>
       </c>
       <c r="G137" s="0" t="s">
-        <v>45</v>
+        <v>92</v>
       </c>
       <c r="H137" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="138">
       <c r="A138" s="0" t="s">
-        <v>188</v>
+        <v>193</v>
       </c>
       <c r="B138" s="0" t="s">
-        <v>189</v>
+        <v>194</v>
       </c>
       <c r="C138" s="0" t="s">
-        <v>190</v>
+        <v>195</v>
       </c>
       <c r="D138" s="0" t="s">
-        <v>191</v>
+        <v>89</v>
       </c>
       <c r="E138" s="0" t="s">
-        <v>192</v>
+        <v>100</v>
       </c>
       <c r="F138" s="0" t="s">
-        <v>193</v>
+        <v>91</v>
       </c>
       <c r="G138" s="0" t="s">
-        <v>194</v>
+        <v>92</v>
       </c>
       <c r="H138" s="0" t="s">
-        <v>194</v>
+        <v>16</v>
       </c>
     </row>
     <row r="139">
       <c r="A139" s="0" t="s">
+        <v>193</v>
+      </c>
+      <c r="B139" s="0" t="s">
+        <v>194</v>
+      </c>
+      <c r="C139" s="0" t="s">
         <v>195</v>
       </c>
-      <c r="B139" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D139" s="0" t="s">
-        <v>42</v>
+        <v>89</v>
       </c>
       <c r="E139" s="0" t="s">
-        <v>58</v>
+        <v>101</v>
       </c>
       <c r="F139" s="0" t="s">
-        <v>59</v>
+        <v>91</v>
       </c>
       <c r="G139" s="0" t="s">
-        <v>60</v>
+        <v>92</v>
       </c>
       <c r="H139" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="140">
       <c r="A140" s="0" t="s">
+        <v>193</v>
+      </c>
+      <c r="B140" s="0" t="s">
+        <v>194</v>
+      </c>
+      <c r="C140" s="0" t="s">
         <v>195</v>
       </c>
-      <c r="B140" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D140" s="0" t="s">
-        <v>42</v>
+        <v>89</v>
       </c>
       <c r="E140" s="0" t="s">
-        <v>61</v>
+        <v>102</v>
       </c>
       <c r="F140" s="0" t="s">
-        <v>59</v>
+        <v>91</v>
       </c>
       <c r="G140" s="0" t="s">
-        <v>60</v>
+        <v>92</v>
       </c>
       <c r="H140" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="141">
       <c r="A141" s="0" t="s">
-        <v>198</v>
+        <v>193</v>
       </c>
       <c r="B141" s="0" t="s">
-        <v>196</v>
+        <v>194</v>
       </c>
       <c r="C141" s="0" t="s">
-        <v>197</v>
+        <v>195</v>
       </c>
       <c r="D141" s="0" t="s">
-        <v>42</v>
+        <v>89</v>
       </c>
       <c r="E141" s="0" t="s">
-        <v>43</v>
+        <v>103</v>
       </c>
       <c r="F141" s="0" t="s">
-        <v>44</v>
+        <v>91</v>
       </c>
       <c r="G141" s="0" t="s">
-        <v>45</v>
+        <v>92</v>
       </c>
       <c r="H141" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="142">
       <c r="A142" s="0" t="s">
+        <v>196</v>
+      </c>
+      <c r="B142" s="0" t="s">
+        <v>197</v>
+      </c>
+      <c r="C142" s="0" t="s">
         <v>198</v>
       </c>
-      <c r="B142" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D142" s="0" t="s">
-        <v>42</v>
+        <v>33</v>
       </c>
       <c r="E142" s="0" t="s">
-        <v>46</v>
+        <v>34</v>
       </c>
       <c r="F142" s="0" t="s">
-        <v>44</v>
+        <v>35</v>
       </c>
       <c r="G142" s="0" t="s">
-        <v>45</v>
+        <v>36</v>
       </c>
       <c r="H142" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="143">
       <c r="A143" s="0" t="s">
         <v>199</v>
       </c>
       <c r="B143" s="0" t="s">
-        <v>200</v>
+        <v>197</v>
       </c>
       <c r="C143" s="0" t="s">
-        <v>201</v>
+        <v>198</v>
       </c>
       <c r="D143" s="0" t="s">
         <v>33</v>
       </c>
       <c r="E143" s="0" t="s">
-        <v>34</v>
+        <v>38</v>
       </c>
       <c r="F143" s="0" t="s">
         <v>35</v>
       </c>
       <c r="G143" s="0" t="s">
         <v>36</v>
       </c>
       <c r="H143" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="144">
       <c r="A144" s="0" t="s">
+        <v>200</v>
+      </c>
+      <c r="B144" s="0" t="s">
+        <v>201</v>
+      </c>
+      <c r="C144" s="0" t="s">
         <v>202</v>
       </c>
-      <c r="B144" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D144" s="0" t="s">
-        <v>33</v>
+        <v>42</v>
       </c>
       <c r="E144" s="0" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="F144" s="0" t="s">
-        <v>35</v>
+        <v>44</v>
       </c>
       <c r="G144" s="0" t="s">
-        <v>36</v>
+        <v>45</v>
       </c>
       <c r="H144" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="145">
       <c r="A145" s="0" t="s">
+        <v>200</v>
+      </c>
+      <c r="B145" s="0" t="s">
+        <v>201</v>
+      </c>
+      <c r="C145" s="0" t="s">
+        <v>202</v>
+      </c>
+      <c r="D145" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="E145" s="0" t="s">
+        <v>46</v>
+      </c>
+      <c r="F145" s="0" t="s">
+        <v>44</v>
+      </c>
+      <c r="G145" s="0" t="s">
+        <v>45</v>
+      </c>
+      <c r="H145" s="0" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="146">
+      <c r="A146" s="0" t="s">
         <v>203</v>
       </c>
-      <c r="B145" s="0" t="s">
+      <c r="B146" s="0" t="s">
         <v>204</v>
       </c>
-      <c r="C145" s="0" t="s">
+      <c r="C146" s="0" t="s">
         <v>205</v>
       </c>
-      <c r="D145" s="0" t="s">
-[...12 lines deleted...]
-        <v>194</v>
+      <c r="D146" s="0" t="s">
+        <v>206</v>
+      </c>
+      <c r="E146" s="0" t="s">
+        <v>207</v>
+      </c>
+      <c r="F146" s="0" t="s">
+        <v>208</v>
+      </c>
+      <c r="G146" s="0" t="s">
+        <v>209</v>
+      </c>
+      <c r="H146" s="0" t="s">
+        <v>209</v>
+      </c>
+    </row>
+    <row r="147">
+      <c r="A147" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="B147" s="0" t="s">
+        <v>211</v>
+      </c>
+      <c r="C147" s="0" t="s">
+        <v>212</v>
+      </c>
+      <c r="D147" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="E147" s="0" t="s">
+        <v>58</v>
+      </c>
+      <c r="F147" s="0" t="s">
+        <v>59</v>
+      </c>
+      <c r="G147" s="0" t="s">
+        <v>60</v>
+      </c>
+      <c r="H147" s="0" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="148">
+      <c r="A148" s="0" t="s">
+        <v>210</v>
+      </c>
+      <c r="B148" s="0" t="s">
+        <v>211</v>
+      </c>
+      <c r="C148" s="0" t="s">
+        <v>212</v>
+      </c>
+      <c r="D148" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="E148" s="0" t="s">
+        <v>61</v>
+      </c>
+      <c r="F148" s="0" t="s">
+        <v>59</v>
+      </c>
+      <c r="G148" s="0" t="s">
+        <v>60</v>
+      </c>
+      <c r="H148" s="0" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="149">
+      <c r="A149" s="0" t="s">
+        <v>213</v>
+      </c>
+      <c r="B149" s="0" t="s">
+        <v>211</v>
+      </c>
+      <c r="C149" s="0" t="s">
+        <v>212</v>
+      </c>
+      <c r="D149" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="E149" s="0" t="s">
+        <v>43</v>
+      </c>
+      <c r="F149" s="0" t="s">
+        <v>44</v>
+      </c>
+      <c r="G149" s="0" t="s">
+        <v>45</v>
+      </c>
+      <c r="H149" s="0" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="150">
+      <c r="A150" s="0" t="s">
+        <v>213</v>
+      </c>
+      <c r="B150" s="0" t="s">
+        <v>211</v>
+      </c>
+      <c r="C150" s="0" t="s">
+        <v>212</v>
+      </c>
+      <c r="D150" s="0" t="s">
+        <v>42</v>
+      </c>
+      <c r="E150" s="0" t="s">
+        <v>46</v>
+      </c>
+      <c r="F150" s="0" t="s">
+        <v>44</v>
+      </c>
+      <c r="G150" s="0" t="s">
+        <v>45</v>
+      </c>
+      <c r="H150" s="0" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="151">
+      <c r="A151" s="0" t="s">
+        <v>214</v>
+      </c>
+      <c r="B151" s="0" t="s">
+        <v>215</v>
+      </c>
+      <c r="C151" s="0" t="s">
+        <v>216</v>
+      </c>
+      <c r="D151" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="E151" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="F151" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="G151" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="H151" s="0" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="152">
+      <c r="A152" s="0" t="s">
+        <v>217</v>
+      </c>
+      <c r="B152" s="0" t="s">
+        <v>215</v>
+      </c>
+      <c r="C152" s="0" t="s">
+        <v>216</v>
+      </c>
+      <c r="D152" s="0" t="s">
+        <v>33</v>
+      </c>
+      <c r="E152" s="0" t="s">
+        <v>38</v>
+      </c>
+      <c r="F152" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="G152" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="H152" s="0" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="153">
+      <c r="A153" s="0" t="s">
+        <v>218</v>
+      </c>
+      <c r="B153" s="0" t="s">
+        <v>219</v>
+      </c>
+      <c r="C153" s="0" t="s">
+        <v>220</v>
+      </c>
+      <c r="D153" s="0" t="s">
+        <v>206</v>
+      </c>
+      <c r="E153" s="0" t="s">
+        <v>207</v>
+      </c>
+      <c r="F153" s="0" t="s">
+        <v>208</v>
+      </c>
+      <c r="G153" s="0" t="s">
+        <v>209</v>
+      </c>
+      <c r="H153" s="0" t="s">
+        <v>209</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
   </mergeCells>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=EPPlusLicense.txt>This workbook was created with the EPPlus library, licensed to Kammarkollegiet under the Polyform Noncommercial license, see https://polyformproject.org/licenses/noncommercial/1.0.0
 For more information about EPPlus, see https://epplussoftware.com/
 
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>EPPlus</Application>
   <AppVersion></AppVersion>
   <Company>Kammarkollegiet</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">