--- v6 (2026-03-10)
+++ v7 (2026-03-30)
@@ -8,53 +8,53 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Nordiska m" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1425" uniqueCount="1425">
-[...1 lines deleted...]
-    <t>Giltiga ramavtal för Nordiska museet 2026-03-10</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="1438" uniqueCount="1438">
+  <si>
+    <t>Giltiga ramavtal för Nordiska museet 2026-03-30</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -1747,51 +1747,51 @@
   <si>
     <t xml:space="preserve">5569137325      </t>
   </si>
   <si>
     <t>23.3-14537-2023-019</t>
   </si>
   <si>
     <t>23.3-8321-2024-003</t>
   </si>
   <si>
     <t>Combitech Aktiebolag</t>
   </si>
   <si>
     <t xml:space="preserve">5562186790      </t>
   </si>
   <si>
     <t>23.3-1688-2024-003</t>
   </si>
   <si>
     <t>23.3-2940-20:025</t>
   </si>
   <si>
     <t>23.3-2611-2022-004</t>
   </si>
   <si>
-    <t>Commuter Security Group AB</t>
+    <t>Community Security Group Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565894507      </t>
   </si>
   <si>
     <t>23.3-6642-2023-006</t>
   </si>
   <si>
     <t>Compass Group AB</t>
   </si>
   <si>
     <t xml:space="preserve">5562581461      </t>
   </si>
   <si>
     <t>Kaffe- och vattenautomater / Vattenautomater med tillhörande varor och tjänster</t>
   </si>
   <si>
     <t>23.3-2771-21:009</t>
   </si>
   <si>
     <t>Conscia Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5563789568      </t>
   </si>
@@ -3010,51 +3010,51 @@
   <si>
     <t>23.3-9542-2024-007</t>
   </si>
   <si>
     <t>Martela Oyj</t>
   </si>
   <si>
     <t xml:space="preserve">FI01148912      </t>
   </si>
   <si>
     <t>23.3-5834-2022-030</t>
   </si>
   <si>
     <t>23.3-5834-2022-013</t>
   </si>
   <si>
     <t>23.3-5834-2022-050</t>
   </si>
   <si>
     <t>23.3-5834-2022-025</t>
   </si>
   <si>
     <t>23.3-6642-2023-004</t>
   </si>
   <si>
-    <t>Miko Sweden AB (Smiling faces AB)</t>
+    <t>Miko Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5561331637      </t>
   </si>
   <si>
     <t>23.3-9542-2024-010</t>
   </si>
   <si>
     <t>Movator AB</t>
   </si>
   <si>
     <t xml:space="preserve">5563892180      </t>
   </si>
   <si>
     <t>23.3-10523-2020:015</t>
   </si>
   <si>
     <t>23.3-1280-2024-007</t>
   </si>
   <si>
     <t>Multiply Solutions Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565696068      </t>
   </si>
@@ -3853,50 +3853,71 @@
   <si>
     <t>23.3-4423-2024-003</t>
   </si>
   <si>
     <t>23.3-1688-2024-008</t>
   </si>
   <si>
     <t>23.3-2940-20:016</t>
   </si>
   <si>
     <t>23.3-2940-20:031</t>
   </si>
   <si>
     <t>23.3-872-2025-002</t>
   </si>
   <si>
     <t>Space 360 AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564544897      </t>
   </si>
   <si>
     <t>23.3-65-2022-004</t>
   </si>
   <si>
+    <t>23.3-8628-2025-001</t>
+  </si>
+  <si>
+    <t>Specsavers Sweden AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5566157961      </t>
+  </si>
+  <si>
+    <t>Glasögon</t>
+  </si>
+  <si>
+    <t>Glasögon / Glasögon</t>
+  </si>
+  <si>
+    <t>2026-03-13</t>
+  </si>
+  <si>
+    <t>2030-03-12</t>
+  </si>
+  <si>
     <t>23.3-872-2025-004</t>
   </si>
   <si>
     <t>Spoken Oy</t>
   </si>
   <si>
     <t xml:space="preserve">26286633        </t>
   </si>
   <si>
     <t>23.3-872-2025-003</t>
   </si>
   <si>
     <t>Språkservice Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566291513      </t>
   </si>
   <si>
     <t>23.3-65-2022-001</t>
   </si>
   <si>
     <t>23.3-1520-20-008</t>
   </si>
   <si>
     <t>23.3-9790-2023-006</t>
@@ -3973,50 +3994,68 @@
   <si>
     <t>SWECO Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5567679849      </t>
   </si>
   <si>
     <t>23.3-2512-2024-001</t>
   </si>
   <si>
     <t>Sweden Rent A Car AB (AVIS)</t>
   </si>
   <si>
     <t xml:space="preserve">5561022822      </t>
   </si>
   <si>
     <t>23.3-7600-2024-004</t>
   </si>
   <si>
     <t>Swedish Northcom AB</t>
   </si>
   <si>
     <t xml:space="preserve">5563515914      </t>
   </si>
   <si>
+    <t>23.3-8628-2025-002</t>
+  </si>
+  <si>
+    <t>Synoptik Sweden Aktiebolag</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5566077904      </t>
+  </si>
+  <si>
+    <t>23.3-8628-2025-003</t>
+  </si>
+  <si>
+    <t>Synsam Group Sweden AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5567687248      </t>
+  </si>
+  <si>
     <t>23.3-7600-2024-003</t>
   </si>
   <si>
     <t>TC Connect Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5569064107      </t>
   </si>
   <si>
     <t>23.3-4104-2022-001</t>
   </si>
   <si>
     <t>Team TSP Aktiebolag</t>
   </si>
   <si>
     <t xml:space="preserve">5563022226      </t>
   </si>
   <si>
     <t>23.3-2965-20:007</t>
   </si>
   <si>
     <t>Technology Nexus Secured Business Solutions AB</t>
   </si>
   <si>
     <t xml:space="preserve">5562580414      </t>
@@ -4117,51 +4156,51 @@
   <si>
     <t>Thule Möbler AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566413117      </t>
   </si>
   <si>
     <t>23.3-5834-2022-052</t>
   </si>
   <si>
     <t>23.3-2940-20:032</t>
   </si>
   <si>
     <t>Tietoevry AB</t>
   </si>
   <si>
     <t xml:space="preserve">5594359001      </t>
   </si>
   <si>
     <t>23.3-2940-20:017</t>
   </si>
   <si>
     <t>23.3-3053-2023-008</t>
   </si>
   <si>
-    <t>Tjugonde Friskvård i Malmö AB</t>
+    <t>Tjugonde Hälsa AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565141719      </t>
   </si>
   <si>
     <t>23.3-11976-2023-011</t>
   </si>
   <si>
     <t>TNG Group AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566482781      </t>
   </si>
   <si>
     <t>23.3-11119-2021-006</t>
   </si>
   <si>
     <t>Toshiba TEC Nordic AB</t>
   </si>
   <si>
     <t xml:space="preserve">5560912106      </t>
   </si>
   <si>
     <t>23.3-3052-2023-009</t>
   </si>
@@ -4354,51 +4393,51 @@
       <top/>
       <bottom style="thin"/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" fontId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" applyFont="1" fillId="2" applyFill="1" borderId="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" applyFont="1" fillId="2" applyFill="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H1315"/>
+  <dimension ref="A1:H1318"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="40" customWidth="1"/>
     <col min="2" max="2" width="50" customWidth="1"/>
     <col min="3" max="3" width="35" customWidth="1"/>
     <col min="4" max="4" width="45" customWidth="1"/>
     <col min="5" max="5" width="45" customWidth="1"/>
     <col min="6" max="6" width="13" customWidth="1"/>
     <col min="7" max="7" width="13" customWidth="1"/>
     <col min="8" max="8" width="13" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>0</v>
       </c>
@@ -34307,4300 +34346,4378 @@
       </c>
       <c r="E1151" s="0" t="s">
         <v>923</v>
       </c>
       <c r="F1151" s="0" t="s">
         <v>921</v>
       </c>
       <c r="G1151" s="0" t="s">
         <v>922</v>
       </c>
       <c r="H1151" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1152">
       <c r="A1152" s="0" t="s">
         <v>1281</v>
       </c>
       <c r="B1152" s="0" t="s">
         <v>1282</v>
       </c>
       <c r="C1152" s="0" t="s">
         <v>1283</v>
       </c>
       <c r="D1152" s="0" t="s">
-        <v>27</v>
+        <v>1284</v>
       </c>
       <c r="E1152" s="0" t="s">
-        <v>515</v>
+        <v>1285</v>
       </c>
       <c r="F1152" s="0" t="s">
-        <v>516</v>
+        <v>1286</v>
       </c>
       <c r="G1152" s="0" t="s">
-        <v>517</v>
+        <v>1287</v>
       </c>
       <c r="H1152" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1153">
       <c r="A1153" s="0" t="s">
-        <v>1281</v>
+        <v>1288</v>
       </c>
       <c r="B1153" s="0" t="s">
-        <v>1282</v>
+        <v>1289</v>
       </c>
       <c r="C1153" s="0" t="s">
-        <v>1283</v>
+        <v>1290</v>
       </c>
       <c r="D1153" s="0" t="s">
         <v>27</v>
       </c>
       <c r="E1153" s="0" t="s">
-        <v>518</v>
+        <v>515</v>
       </c>
       <c r="F1153" s="0" t="s">
         <v>516</v>
       </c>
       <c r="G1153" s="0" t="s">
         <v>517</v>
       </c>
       <c r="H1153" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1154">
       <c r="A1154" s="0" t="s">
-        <v>1284</v>
+        <v>1288</v>
       </c>
       <c r="B1154" s="0" t="s">
-        <v>1285</v>
+        <v>1289</v>
       </c>
       <c r="C1154" s="0" t="s">
-        <v>1286</v>
+        <v>1290</v>
       </c>
       <c r="D1154" s="0" t="s">
         <v>27</v>
       </c>
       <c r="E1154" s="0" t="s">
-        <v>515</v>
+        <v>518</v>
       </c>
       <c r="F1154" s="0" t="s">
         <v>516</v>
       </c>
       <c r="G1154" s="0" t="s">
         <v>517</v>
       </c>
       <c r="H1154" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1155">
       <c r="A1155" s="0" t="s">
-        <v>1284</v>
+        <v>1291</v>
       </c>
       <c r="B1155" s="0" t="s">
-        <v>1285</v>
+        <v>1292</v>
       </c>
       <c r="C1155" s="0" t="s">
-        <v>1286</v>
+        <v>1293</v>
       </c>
       <c r="D1155" s="0" t="s">
         <v>27</v>
       </c>
       <c r="E1155" s="0" t="s">
-        <v>518</v>
+        <v>515</v>
       </c>
       <c r="F1155" s="0" t="s">
         <v>516</v>
       </c>
       <c r="G1155" s="0" t="s">
         <v>517</v>
       </c>
       <c r="H1155" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1156">
       <c r="A1156" s="0" t="s">
-        <v>1287</v>
+        <v>1291</v>
       </c>
       <c r="B1156" s="0" t="s">
-        <v>1285</v>
+        <v>1292</v>
       </c>
       <c r="C1156" s="0" t="s">
-        <v>1286</v>
+        <v>1293</v>
       </c>
       <c r="D1156" s="0" t="s">
         <v>27</v>
       </c>
       <c r="E1156" s="0" t="s">
-        <v>920</v>
+        <v>518</v>
       </c>
       <c r="F1156" s="0" t="s">
-        <v>921</v>
+        <v>516</v>
       </c>
       <c r="G1156" s="0" t="s">
-        <v>922</v>
+        <v>517</v>
       </c>
       <c r="H1156" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1157">
       <c r="A1157" s="0" t="s">
-        <v>1287</v>
+        <v>1294</v>
       </c>
       <c r="B1157" s="0" t="s">
-        <v>1285</v>
+        <v>1292</v>
       </c>
       <c r="C1157" s="0" t="s">
-        <v>1286</v>
+        <v>1293</v>
       </c>
       <c r="D1157" s="0" t="s">
         <v>27</v>
       </c>
       <c r="E1157" s="0" t="s">
-        <v>923</v>
+        <v>920</v>
       </c>
       <c r="F1157" s="0" t="s">
         <v>921</v>
       </c>
       <c r="G1157" s="0" t="s">
         <v>922</v>
       </c>
       <c r="H1157" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1158">
       <c r="A1158" s="0" t="s">
-        <v>1288</v>
+        <v>1294</v>
       </c>
       <c r="B1158" s="0" t="s">
-        <v>1285</v>
+        <v>1292</v>
       </c>
       <c r="C1158" s="0" t="s">
-        <v>1286</v>
+        <v>1293</v>
       </c>
       <c r="D1158" s="0" t="s">
         <v>27</v>
       </c>
       <c r="E1158" s="0" t="s">
-        <v>28</v>
+        <v>923</v>
       </c>
       <c r="F1158" s="0" t="s">
-        <v>29</v>
+        <v>921</v>
       </c>
       <c r="G1158" s="0" t="s">
-        <v>30</v>
+        <v>922</v>
       </c>
       <c r="H1158" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1159">
       <c r="A1159" s="0" t="s">
-        <v>1288</v>
+        <v>1295</v>
       </c>
       <c r="B1159" s="0" t="s">
-        <v>1285</v>
+        <v>1292</v>
       </c>
       <c r="C1159" s="0" t="s">
-        <v>1286</v>
+        <v>1293</v>
       </c>
       <c r="D1159" s="0" t="s">
         <v>27</v>
       </c>
       <c r="E1159" s="0" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="F1159" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G1159" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H1159" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1160">
       <c r="A1160" s="0" t="s">
-        <v>1289</v>
+        <v>1295</v>
       </c>
       <c r="B1160" s="0" t="s">
-        <v>1290</v>
+        <v>1292</v>
       </c>
       <c r="C1160" s="0" t="s">
-        <v>1291</v>
+        <v>1293</v>
       </c>
       <c r="D1160" s="0" t="s">
-        <v>294</v>
+        <v>27</v>
       </c>
       <c r="E1160" s="0" t="s">
-        <v>295</v>
+        <v>31</v>
       </c>
       <c r="F1160" s="0" t="s">
-        <v>296</v>
+        <v>29</v>
       </c>
       <c r="G1160" s="0" t="s">
-        <v>297</v>
+        <v>30</v>
       </c>
       <c r="H1160" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1161">
       <c r="A1161" s="0" t="s">
-        <v>1292</v>
+        <v>1296</v>
       </c>
       <c r="B1161" s="0" t="s">
-        <v>1293</v>
+        <v>1297</v>
       </c>
       <c r="C1161" s="0" t="s">
-        <v>1294</v>
+        <v>1298</v>
       </c>
       <c r="D1161" s="0" t="s">
-        <v>468</v>
+        <v>294</v>
       </c>
       <c r="E1161" s="0" t="s">
-        <v>469</v>
+        <v>295</v>
       </c>
       <c r="F1161" s="0" t="s">
-        <v>470</v>
+        <v>296</v>
       </c>
       <c r="G1161" s="0" t="s">
-        <v>471</v>
+        <v>297</v>
       </c>
       <c r="H1161" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1162">
       <c r="A1162" s="0" t="s">
-        <v>1292</v>
+        <v>1299</v>
       </c>
       <c r="B1162" s="0" t="s">
-        <v>1293</v>
+        <v>1300</v>
       </c>
       <c r="C1162" s="0" t="s">
-        <v>1294</v>
+        <v>1301</v>
       </c>
       <c r="D1162" s="0" t="s">
         <v>468</v>
       </c>
       <c r="E1162" s="0" t="s">
-        <v>472</v>
+        <v>469</v>
       </c>
       <c r="F1162" s="0" t="s">
         <v>470</v>
       </c>
       <c r="G1162" s="0" t="s">
         <v>471</v>
       </c>
       <c r="H1162" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1163">
       <c r="A1163" s="0" t="s">
-        <v>1295</v>
+        <v>1299</v>
       </c>
       <c r="B1163" s="0" t="s">
-        <v>1296</v>
+        <v>1300</v>
       </c>
       <c r="C1163" s="0" t="s">
-        <v>1297</v>
+        <v>1301</v>
       </c>
       <c r="D1163" s="0" t="s">
         <v>468</v>
       </c>
       <c r="E1163" s="0" t="s">
-        <v>469</v>
+        <v>472</v>
       </c>
       <c r="F1163" s="0" t="s">
         <v>470</v>
       </c>
       <c r="G1163" s="0" t="s">
         <v>471</v>
       </c>
       <c r="H1163" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1164">
       <c r="A1164" s="0" t="s">
-        <v>1295</v>
+        <v>1302</v>
       </c>
       <c r="B1164" s="0" t="s">
-        <v>1296</v>
+        <v>1303</v>
       </c>
       <c r="C1164" s="0" t="s">
-        <v>1297</v>
+        <v>1304</v>
       </c>
       <c r="D1164" s="0" t="s">
         <v>468</v>
       </c>
       <c r="E1164" s="0" t="s">
-        <v>472</v>
+        <v>469</v>
       </c>
       <c r="F1164" s="0" t="s">
         <v>470</v>
       </c>
       <c r="G1164" s="0" t="s">
         <v>471</v>
       </c>
       <c r="H1164" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1165">
       <c r="A1165" s="0" t="s">
-        <v>1298</v>
+        <v>1302</v>
       </c>
       <c r="B1165" s="0" t="s">
-        <v>1299</v>
+        <v>1303</v>
       </c>
       <c r="C1165" s="0" t="s">
-        <v>1300</v>
+        <v>1304</v>
       </c>
       <c r="D1165" s="0" t="s">
-        <v>107</v>
+        <v>468</v>
       </c>
       <c r="E1165" s="0" t="s">
-        <v>763</v>
+        <v>472</v>
       </c>
       <c r="F1165" s="0" t="s">
-        <v>109</v>
+        <v>470</v>
       </c>
       <c r="G1165" s="0" t="s">
-        <v>110</v>
+        <v>471</v>
       </c>
       <c r="H1165" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1166">
       <c r="A1166" s="0" t="s">
-        <v>1298</v>
+        <v>1305</v>
       </c>
       <c r="B1166" s="0" t="s">
-        <v>1299</v>
+        <v>1306</v>
       </c>
       <c r="C1166" s="0" t="s">
-        <v>1300</v>
+        <v>1307</v>
       </c>
       <c r="D1166" s="0" t="s">
         <v>107</v>
       </c>
       <c r="E1166" s="0" t="s">
-        <v>764</v>
+        <v>763</v>
       </c>
       <c r="F1166" s="0" t="s">
         <v>109</v>
       </c>
       <c r="G1166" s="0" t="s">
         <v>110</v>
       </c>
       <c r="H1166" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1167">
       <c r="A1167" s="0" t="s">
-        <v>1301</v>
+        <v>1305</v>
       </c>
       <c r="B1167" s="0" t="s">
-        <v>1299</v>
+        <v>1306</v>
       </c>
       <c r="C1167" s="0" t="s">
-        <v>1300</v>
+        <v>1307</v>
       </c>
       <c r="D1167" s="0" t="s">
         <v>107</v>
       </c>
       <c r="E1167" s="0" t="s">
-        <v>782</v>
+        <v>764</v>
       </c>
       <c r="F1167" s="0" t="s">
-        <v>114</v>
+        <v>109</v>
       </c>
       <c r="G1167" s="0" t="s">
-        <v>115</v>
+        <v>110</v>
       </c>
       <c r="H1167" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1168">
       <c r="A1168" s="0" t="s">
-        <v>1301</v>
+        <v>1308</v>
       </c>
       <c r="B1168" s="0" t="s">
-        <v>1299</v>
+        <v>1306</v>
       </c>
       <c r="C1168" s="0" t="s">
-        <v>1300</v>
+        <v>1307</v>
       </c>
       <c r="D1168" s="0" t="s">
         <v>107</v>
       </c>
       <c r="E1168" s="0" t="s">
-        <v>772</v>
+        <v>782</v>
       </c>
       <c r="F1168" s="0" t="s">
         <v>114</v>
       </c>
       <c r="G1168" s="0" t="s">
         <v>115</v>
       </c>
       <c r="H1168" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1169">
       <c r="A1169" s="0" t="s">
-        <v>1301</v>
+        <v>1308</v>
       </c>
       <c r="B1169" s="0" t="s">
-        <v>1299</v>
+        <v>1306</v>
       </c>
       <c r="C1169" s="0" t="s">
-        <v>1300</v>
+        <v>1307</v>
       </c>
       <c r="D1169" s="0" t="s">
         <v>107</v>
       </c>
       <c r="E1169" s="0" t="s">
-        <v>783</v>
+        <v>772</v>
       </c>
       <c r="F1169" s="0" t="s">
         <v>114</v>
       </c>
       <c r="G1169" s="0" t="s">
         <v>115</v>
       </c>
       <c r="H1169" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1170">
       <c r="A1170" s="0" t="s">
-        <v>1301</v>
+        <v>1308</v>
       </c>
       <c r="B1170" s="0" t="s">
-        <v>1299</v>
+        <v>1306</v>
       </c>
       <c r="C1170" s="0" t="s">
-        <v>1300</v>
+        <v>1307</v>
       </c>
       <c r="D1170" s="0" t="s">
         <v>107</v>
       </c>
       <c r="E1170" s="0" t="s">
-        <v>785</v>
+        <v>783</v>
       </c>
       <c r="F1170" s="0" t="s">
         <v>114</v>
       </c>
       <c r="G1170" s="0" t="s">
         <v>115</v>
       </c>
       <c r="H1170" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1171">
       <c r="A1171" s="0" t="s">
-        <v>1301</v>
+        <v>1308</v>
       </c>
       <c r="B1171" s="0" t="s">
-        <v>1299</v>
+        <v>1306</v>
       </c>
       <c r="C1171" s="0" t="s">
-        <v>1300</v>
+        <v>1307</v>
       </c>
       <c r="D1171" s="0" t="s">
         <v>107</v>
       </c>
       <c r="E1171" s="0" t="s">
-        <v>774</v>
+        <v>785</v>
       </c>
       <c r="F1171" s="0" t="s">
         <v>114</v>
       </c>
       <c r="G1171" s="0" t="s">
         <v>115</v>
       </c>
       <c r="H1171" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1172">
       <c r="A1172" s="0" t="s">
-        <v>1301</v>
+        <v>1308</v>
       </c>
       <c r="B1172" s="0" t="s">
-        <v>1299</v>
+        <v>1306</v>
       </c>
       <c r="C1172" s="0" t="s">
-        <v>1300</v>
+        <v>1307</v>
       </c>
       <c r="D1172" s="0" t="s">
         <v>107</v>
       </c>
       <c r="E1172" s="0" t="s">
-        <v>786</v>
+        <v>774</v>
       </c>
       <c r="F1172" s="0" t="s">
         <v>114</v>
       </c>
       <c r="G1172" s="0" t="s">
         <v>115</v>
       </c>
       <c r="H1172" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1173">
       <c r="A1173" s="0" t="s">
-        <v>1302</v>
+        <v>1308</v>
       </c>
       <c r="B1173" s="0" t="s">
-        <v>1303</v>
+        <v>1306</v>
       </c>
       <c r="C1173" s="0" t="s">
-        <v>1304</v>
+        <v>1307</v>
       </c>
       <c r="D1173" s="0" t="s">
-        <v>294</v>
+        <v>107</v>
       </c>
       <c r="E1173" s="0" t="s">
-        <v>295</v>
+        <v>786</v>
       </c>
       <c r="F1173" s="0" t="s">
-        <v>296</v>
+        <v>114</v>
       </c>
       <c r="G1173" s="0" t="s">
-        <v>297</v>
+        <v>115</v>
       </c>
       <c r="H1173" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1174">
       <c r="A1174" s="0" t="s">
-        <v>1305</v>
+        <v>1309</v>
       </c>
       <c r="B1174" s="0" t="s">
-        <v>1306</v>
+        <v>1310</v>
       </c>
       <c r="C1174" s="0" t="s">
-        <v>1307</v>
+        <v>1311</v>
       </c>
       <c r="D1174" s="0" t="s">
-        <v>107</v>
+        <v>294</v>
       </c>
       <c r="E1174" s="0" t="s">
-        <v>1308</v>
+        <v>295</v>
       </c>
       <c r="F1174" s="0" t="s">
-        <v>114</v>
+        <v>296</v>
       </c>
       <c r="G1174" s="0" t="s">
-        <v>115</v>
+        <v>297</v>
       </c>
       <c r="H1174" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1175">
       <c r="A1175" s="0" t="s">
-        <v>1305</v>
+        <v>1312</v>
       </c>
       <c r="B1175" s="0" t="s">
-        <v>1306</v>
+        <v>1313</v>
       </c>
       <c r="C1175" s="0" t="s">
-        <v>1307</v>
+        <v>1314</v>
       </c>
       <c r="D1175" s="0" t="s">
         <v>107</v>
       </c>
       <c r="E1175" s="0" t="s">
-        <v>688</v>
+        <v>1315</v>
       </c>
       <c r="F1175" s="0" t="s">
         <v>114</v>
       </c>
       <c r="G1175" s="0" t="s">
         <v>115</v>
       </c>
       <c r="H1175" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1176">
       <c r="A1176" s="0" t="s">
-        <v>1305</v>
+        <v>1312</v>
       </c>
       <c r="B1176" s="0" t="s">
-        <v>1306</v>
+        <v>1313</v>
       </c>
       <c r="C1176" s="0" t="s">
-        <v>1307</v>
+        <v>1314</v>
       </c>
       <c r="D1176" s="0" t="s">
         <v>107</v>
       </c>
       <c r="E1176" s="0" t="s">
-        <v>689</v>
+        <v>688</v>
       </c>
       <c r="F1176" s="0" t="s">
         <v>114</v>
       </c>
       <c r="G1176" s="0" t="s">
         <v>115</v>
       </c>
       <c r="H1176" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1177">
       <c r="A1177" s="0" t="s">
-        <v>1309</v>
+        <v>1312</v>
       </c>
       <c r="B1177" s="0" t="s">
-        <v>1310</v>
+        <v>1313</v>
       </c>
       <c r="C1177" s="0" t="s">
-        <v>1311</v>
+        <v>1314</v>
       </c>
       <c r="D1177" s="0" t="s">
-        <v>12</v>
+        <v>107</v>
       </c>
       <c r="E1177" s="0" t="s">
-        <v>160</v>
+        <v>689</v>
       </c>
       <c r="F1177" s="0" t="s">
-        <v>14</v>
+        <v>114</v>
       </c>
       <c r="G1177" s="0" t="s">
-        <v>15</v>
+        <v>115</v>
       </c>
       <c r="H1177" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1178">
       <c r="A1178" s="0" t="s">
-        <v>1309</v>
+        <v>1316</v>
       </c>
       <c r="B1178" s="0" t="s">
-        <v>1310</v>
+        <v>1317</v>
       </c>
       <c r="C1178" s="0" t="s">
-        <v>1311</v>
+        <v>1318</v>
       </c>
       <c r="D1178" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E1178" s="0" t="s">
-        <v>19</v>
+        <v>160</v>
       </c>
       <c r="F1178" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G1178" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H1178" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1179">
       <c r="A1179" s="0" t="s">
-        <v>1309</v>
+        <v>1316</v>
       </c>
       <c r="B1179" s="0" t="s">
-        <v>1310</v>
+        <v>1317</v>
       </c>
       <c r="C1179" s="0" t="s">
-        <v>1311</v>
+        <v>1318</v>
       </c>
       <c r="D1179" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E1179" s="0" t="s">
-        <v>167</v>
+        <v>19</v>
       </c>
       <c r="F1179" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G1179" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H1179" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1180">
       <c r="A1180" s="0" t="s">
-        <v>1309</v>
+        <v>1316</v>
       </c>
       <c r="B1180" s="0" t="s">
-        <v>1310</v>
+        <v>1317</v>
       </c>
       <c r="C1180" s="0" t="s">
-        <v>1311</v>
+        <v>1318</v>
       </c>
       <c r="D1180" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E1180" s="0" t="s">
-        <v>23</v>
+        <v>167</v>
       </c>
       <c r="F1180" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G1180" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H1180" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1181">
       <c r="A1181" s="0" t="s">
-        <v>1312</v>
+        <v>1316</v>
       </c>
       <c r="B1181" s="0" t="s">
-        <v>1313</v>
+        <v>1317</v>
       </c>
       <c r="C1181" s="0" t="s">
-        <v>1314</v>
+        <v>1318</v>
       </c>
       <c r="D1181" s="0" t="s">
-        <v>274</v>
+        <v>12</v>
       </c>
       <c r="E1181" s="0" t="s">
-        <v>275</v>
+        <v>23</v>
       </c>
       <c r="F1181" s="0" t="s">
-        <v>276</v>
+        <v>14</v>
       </c>
       <c r="G1181" s="0" t="s">
-        <v>277</v>
+        <v>15</v>
       </c>
       <c r="H1181" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1182">
       <c r="A1182" s="0" t="s">
-        <v>1312</v>
+        <v>1319</v>
       </c>
       <c r="B1182" s="0" t="s">
-        <v>1313</v>
+        <v>1320</v>
       </c>
       <c r="C1182" s="0" t="s">
-        <v>1314</v>
+        <v>1321</v>
       </c>
       <c r="D1182" s="0" t="s">
         <v>274</v>
       </c>
       <c r="E1182" s="0" t="s">
-        <v>278</v>
+        <v>275</v>
       </c>
       <c r="F1182" s="0" t="s">
         <v>276</v>
       </c>
       <c r="G1182" s="0" t="s">
         <v>277</v>
       </c>
       <c r="H1182" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1183">
       <c r="A1183" s="0" t="s">
-        <v>1315</v>
+        <v>1319</v>
       </c>
       <c r="B1183" s="0" t="s">
-        <v>1316</v>
+        <v>1320</v>
       </c>
       <c r="C1183" s="0" t="s">
-        <v>1317</v>
+        <v>1321</v>
       </c>
       <c r="D1183" s="0" t="s">
-        <v>693</v>
+        <v>274</v>
       </c>
       <c r="E1183" s="0" t="s">
-        <v>694</v>
+        <v>278</v>
       </c>
       <c r="F1183" s="0" t="s">
-        <v>695</v>
+        <v>276</v>
       </c>
       <c r="G1183" s="0" t="s">
-        <v>696</v>
+        <v>277</v>
       </c>
       <c r="H1183" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1184">
       <c r="A1184" s="0" t="s">
-        <v>1315</v>
+        <v>1322</v>
       </c>
       <c r="B1184" s="0" t="s">
-        <v>1316</v>
+        <v>1323</v>
       </c>
       <c r="C1184" s="0" t="s">
-        <v>1317</v>
+        <v>1324</v>
       </c>
       <c r="D1184" s="0" t="s">
         <v>693</v>
       </c>
       <c r="E1184" s="0" t="s">
-        <v>697</v>
+        <v>694</v>
       </c>
       <c r="F1184" s="0" t="s">
         <v>695</v>
       </c>
       <c r="G1184" s="0" t="s">
         <v>696</v>
       </c>
       <c r="H1184" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1185">
       <c r="A1185" s="0" t="s">
-        <v>1318</v>
+        <v>1322</v>
       </c>
       <c r="B1185" s="0" t="s">
-        <v>1319</v>
+        <v>1323</v>
       </c>
       <c r="C1185" s="0" t="s">
-        <v>1320</v>
+        <v>1324</v>
       </c>
       <c r="D1185" s="0" t="s">
-        <v>524</v>
+        <v>693</v>
       </c>
       <c r="E1185" s="0" t="s">
-        <v>525</v>
+        <v>697</v>
       </c>
       <c r="F1185" s="0" t="s">
-        <v>526</v>
+        <v>695</v>
       </c>
       <c r="G1185" s="0" t="s">
-        <v>527</v>
+        <v>696</v>
       </c>
       <c r="H1185" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1186">
       <c r="A1186" s="0" t="s">
-        <v>1321</v>
+        <v>1325</v>
       </c>
       <c r="B1186" s="0" t="s">
-        <v>1322</v>
+        <v>1326</v>
       </c>
       <c r="C1186" s="0" t="s">
-        <v>1323</v>
+        <v>1327</v>
       </c>
       <c r="D1186" s="0" t="s">
         <v>524</v>
       </c>
       <c r="E1186" s="0" t="s">
         <v>525</v>
       </c>
       <c r="F1186" s="0" t="s">
         <v>526</v>
       </c>
       <c r="G1186" s="0" t="s">
         <v>527</v>
       </c>
       <c r="H1186" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1187">
       <c r="A1187" s="0" t="s">
-        <v>1324</v>
+        <v>1328</v>
       </c>
       <c r="B1187" s="0" t="s">
-        <v>1325</v>
+        <v>1329</v>
       </c>
       <c r="C1187" s="0" t="s">
-        <v>1326</v>
+        <v>1330</v>
       </c>
       <c r="D1187" s="0" t="s">
-        <v>274</v>
+        <v>1284</v>
       </c>
       <c r="E1187" s="0" t="s">
-        <v>275</v>
+        <v>1285</v>
       </c>
       <c r="F1187" s="0" t="s">
-        <v>276</v>
+        <v>1286</v>
       </c>
       <c r="G1187" s="0" t="s">
-        <v>277</v>
+        <v>1287</v>
       </c>
       <c r="H1187" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1188">
       <c r="A1188" s="0" t="s">
-        <v>1324</v>
+        <v>1331</v>
       </c>
       <c r="B1188" s="0" t="s">
-        <v>1325</v>
+        <v>1332</v>
       </c>
       <c r="C1188" s="0" t="s">
-        <v>1326</v>
+        <v>1333</v>
       </c>
       <c r="D1188" s="0" t="s">
-        <v>274</v>
+        <v>1284</v>
       </c>
       <c r="E1188" s="0" t="s">
-        <v>278</v>
+        <v>1285</v>
       </c>
       <c r="F1188" s="0" t="s">
-        <v>276</v>
+        <v>1286</v>
       </c>
       <c r="G1188" s="0" t="s">
-        <v>277</v>
+        <v>1287</v>
       </c>
       <c r="H1188" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1189">
       <c r="A1189" s="0" t="s">
-        <v>1327</v>
+        <v>1334</v>
       </c>
       <c r="B1189" s="0" t="s">
-        <v>1328</v>
+        <v>1335</v>
       </c>
       <c r="C1189" s="0" t="s">
-        <v>1329</v>
+        <v>1336</v>
       </c>
       <c r="D1189" s="0" t="s">
-        <v>35</v>
+        <v>524</v>
       </c>
       <c r="E1189" s="0" t="s">
-        <v>36</v>
+        <v>525</v>
       </c>
       <c r="F1189" s="0" t="s">
-        <v>37</v>
+        <v>526</v>
       </c>
       <c r="G1189" s="0" t="s">
-        <v>38</v>
+        <v>527</v>
       </c>
       <c r="H1189" s="0" t="s">
-        <v>38</v>
+        <v>16</v>
       </c>
     </row>
     <row r="1190">
       <c r="A1190" s="0" t="s">
-        <v>1327</v>
+        <v>1337</v>
       </c>
       <c r="B1190" s="0" t="s">
-        <v>1328</v>
+        <v>1338</v>
       </c>
       <c r="C1190" s="0" t="s">
-        <v>1329</v>
+        <v>1339</v>
       </c>
       <c r="D1190" s="0" t="s">
-        <v>39</v>
+        <v>274</v>
       </c>
       <c r="E1190" s="0" t="s">
-        <v>40</v>
+        <v>275</v>
       </c>
       <c r="F1190" s="0" t="s">
-        <v>37</v>
+        <v>276</v>
       </c>
       <c r="G1190" s="0" t="s">
-        <v>38</v>
+        <v>277</v>
       </c>
       <c r="H1190" s="0" t="s">
-        <v>38</v>
+        <v>16</v>
       </c>
     </row>
     <row r="1191">
       <c r="A1191" s="0" t="s">
-        <v>1330</v>
+        <v>1337</v>
       </c>
       <c r="B1191" s="0" t="s">
-        <v>1331</v>
+        <v>1338</v>
       </c>
       <c r="C1191" s="0" t="s">
-        <v>1332</v>
+        <v>1339</v>
       </c>
       <c r="D1191" s="0" t="s">
-        <v>230</v>
+        <v>274</v>
       </c>
       <c r="E1191" s="0" t="s">
-        <v>231</v>
+        <v>278</v>
       </c>
       <c r="F1191" s="0" t="s">
-        <v>232</v>
+        <v>276</v>
       </c>
       <c r="G1191" s="0" t="s">
-        <v>233</v>
+        <v>277</v>
       </c>
       <c r="H1191" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1192">
       <c r="A1192" s="0" t="s">
-        <v>1330</v>
+        <v>1340</v>
       </c>
       <c r="B1192" s="0" t="s">
-        <v>1331</v>
+        <v>1341</v>
       </c>
       <c r="C1192" s="0" t="s">
-        <v>1332</v>
+        <v>1342</v>
       </c>
       <c r="D1192" s="0" t="s">
-        <v>230</v>
+        <v>35</v>
       </c>
       <c r="E1192" s="0" t="s">
-        <v>234</v>
+        <v>36</v>
       </c>
       <c r="F1192" s="0" t="s">
-        <v>232</v>
+        <v>37</v>
       </c>
       <c r="G1192" s="0" t="s">
-        <v>233</v>
+        <v>38</v>
       </c>
       <c r="H1192" s="0" t="s">
-        <v>16</v>
+        <v>38</v>
       </c>
     </row>
     <row r="1193">
       <c r="A1193" s="0" t="s">
-        <v>1333</v>
+        <v>1340</v>
       </c>
       <c r="B1193" s="0" t="s">
-        <v>1334</v>
+        <v>1341</v>
       </c>
       <c r="C1193" s="0" t="s">
-        <v>1335</v>
+        <v>1342</v>
       </c>
       <c r="D1193" s="0" t="s">
-        <v>107</v>
+        <v>39</v>
       </c>
       <c r="E1193" s="0" t="s">
-        <v>108</v>
+        <v>40</v>
       </c>
       <c r="F1193" s="0" t="s">
-        <v>109</v>
+        <v>37</v>
       </c>
       <c r="G1193" s="0" t="s">
-        <v>110</v>
+        <v>38</v>
       </c>
       <c r="H1193" s="0" t="s">
-        <v>16</v>
+        <v>38</v>
       </c>
     </row>
     <row r="1194">
       <c r="A1194" s="0" t="s">
-        <v>1333</v>
+        <v>1343</v>
       </c>
       <c r="B1194" s="0" t="s">
-        <v>1334</v>
+        <v>1344</v>
       </c>
       <c r="C1194" s="0" t="s">
-        <v>1335</v>
+        <v>1345</v>
       </c>
       <c r="D1194" s="0" t="s">
-        <v>107</v>
+        <v>230</v>
       </c>
       <c r="E1194" s="0" t="s">
-        <v>111</v>
+        <v>231</v>
       </c>
       <c r="F1194" s="0" t="s">
-        <v>109</v>
+        <v>232</v>
       </c>
       <c r="G1194" s="0" t="s">
-        <v>110</v>
+        <v>233</v>
       </c>
       <c r="H1194" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1195">
       <c r="A1195" s="0" t="s">
-        <v>1336</v>
+        <v>1343</v>
       </c>
       <c r="B1195" s="0" t="s">
-        <v>1337</v>
+        <v>1344</v>
       </c>
       <c r="C1195" s="0" t="s">
-        <v>1338</v>
+        <v>1345</v>
       </c>
       <c r="D1195" s="0" t="s">
         <v>230</v>
       </c>
       <c r="E1195" s="0" t="s">
-        <v>231</v>
+        <v>234</v>
       </c>
       <c r="F1195" s="0" t="s">
         <v>232</v>
       </c>
       <c r="G1195" s="0" t="s">
         <v>233</v>
       </c>
       <c r="H1195" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1196">
       <c r="A1196" s="0" t="s">
-        <v>1336</v>
+        <v>1346</v>
       </c>
       <c r="B1196" s="0" t="s">
-        <v>1337</v>
+        <v>1347</v>
       </c>
       <c r="C1196" s="0" t="s">
-        <v>1338</v>
+        <v>1348</v>
       </c>
       <c r="D1196" s="0" t="s">
-        <v>230</v>
+        <v>107</v>
       </c>
       <c r="E1196" s="0" t="s">
-        <v>234</v>
+        <v>108</v>
       </c>
       <c r="F1196" s="0" t="s">
-        <v>232</v>
+        <v>109</v>
       </c>
       <c r="G1196" s="0" t="s">
-        <v>233</v>
+        <v>110</v>
       </c>
       <c r="H1196" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1197">
       <c r="A1197" s="0" t="s">
-        <v>1339</v>
+        <v>1346</v>
       </c>
       <c r="B1197" s="0" t="s">
-        <v>1337</v>
+        <v>1347</v>
       </c>
       <c r="C1197" s="0" t="s">
-        <v>1338</v>
+        <v>1348</v>
       </c>
       <c r="D1197" s="0" t="s">
-        <v>332</v>
+        <v>107</v>
       </c>
       <c r="E1197" s="0" t="s">
-        <v>333</v>
+        <v>111</v>
       </c>
       <c r="F1197" s="0" t="s">
-        <v>334</v>
+        <v>109</v>
       </c>
       <c r="G1197" s="0" t="s">
-        <v>335</v>
+        <v>110</v>
       </c>
       <c r="H1197" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1198">
       <c r="A1198" s="0" t="s">
-        <v>1340</v>
+        <v>1349</v>
       </c>
       <c r="B1198" s="0" t="s">
-        <v>1337</v>
+        <v>1350</v>
       </c>
       <c r="C1198" s="0" t="s">
-        <v>1338</v>
+        <v>1351</v>
       </c>
       <c r="D1198" s="0" t="s">
-        <v>332</v>
+        <v>230</v>
       </c>
       <c r="E1198" s="0" t="s">
-        <v>810</v>
+        <v>231</v>
       </c>
       <c r="F1198" s="0" t="s">
-        <v>334</v>
+        <v>232</v>
       </c>
       <c r="G1198" s="0" t="s">
-        <v>335</v>
+        <v>233</v>
       </c>
       <c r="H1198" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1199">
       <c r="A1199" s="0" t="s">
-        <v>1339</v>
+        <v>1349</v>
       </c>
       <c r="B1199" s="0" t="s">
-        <v>1337</v>
+        <v>1350</v>
       </c>
       <c r="C1199" s="0" t="s">
-        <v>1338</v>
+        <v>1351</v>
       </c>
       <c r="D1199" s="0" t="s">
-        <v>332</v>
+        <v>230</v>
       </c>
       <c r="E1199" s="0" t="s">
-        <v>336</v>
+        <v>234</v>
       </c>
       <c r="F1199" s="0" t="s">
-        <v>334</v>
+        <v>232</v>
       </c>
       <c r="G1199" s="0" t="s">
-        <v>335</v>
+        <v>233</v>
       </c>
       <c r="H1199" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1200">
       <c r="A1200" s="0" t="s">
-        <v>1340</v>
+        <v>1352</v>
       </c>
       <c r="B1200" s="0" t="s">
-        <v>1337</v>
+        <v>1350</v>
       </c>
       <c r="C1200" s="0" t="s">
-        <v>1338</v>
+        <v>1351</v>
       </c>
       <c r="D1200" s="0" t="s">
         <v>332</v>
       </c>
       <c r="E1200" s="0" t="s">
-        <v>811</v>
+        <v>333</v>
       </c>
       <c r="F1200" s="0" t="s">
         <v>334</v>
       </c>
       <c r="G1200" s="0" t="s">
         <v>335</v>
       </c>
       <c r="H1200" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1201">
       <c r="A1201" s="0" t="s">
-        <v>1341</v>
+        <v>1353</v>
       </c>
       <c r="B1201" s="0" t="s">
-        <v>1337</v>
+        <v>1350</v>
       </c>
       <c r="C1201" s="0" t="s">
-        <v>1338</v>
+        <v>1351</v>
       </c>
       <c r="D1201" s="0" t="s">
-        <v>240</v>
+        <v>332</v>
       </c>
       <c r="E1201" s="0" t="s">
-        <v>338</v>
+        <v>810</v>
       </c>
       <c r="F1201" s="0" t="s">
-        <v>339</v>
+        <v>334</v>
       </c>
       <c r="G1201" s="0" t="s">
-        <v>340</v>
+        <v>335</v>
       </c>
       <c r="H1201" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1202">
       <c r="A1202" s="0" t="s">
-        <v>1342</v>
+        <v>1352</v>
       </c>
       <c r="B1202" s="0" t="s">
-        <v>1343</v>
+        <v>1350</v>
       </c>
       <c r="C1202" s="0" t="s">
-        <v>1344</v>
+        <v>1351</v>
       </c>
       <c r="D1202" s="0" t="s">
-        <v>230</v>
+        <v>332</v>
       </c>
       <c r="E1202" s="0" t="s">
-        <v>231</v>
+        <v>336</v>
       </c>
       <c r="F1202" s="0" t="s">
-        <v>232</v>
+        <v>334</v>
       </c>
       <c r="G1202" s="0" t="s">
-        <v>233</v>
+        <v>335</v>
       </c>
       <c r="H1202" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1203">
       <c r="A1203" s="0" t="s">
-        <v>1342</v>
+        <v>1353</v>
       </c>
       <c r="B1203" s="0" t="s">
-        <v>1343</v>
+        <v>1350</v>
       </c>
       <c r="C1203" s="0" t="s">
-        <v>1344</v>
+        <v>1351</v>
       </c>
       <c r="D1203" s="0" t="s">
-        <v>230</v>
+        <v>332</v>
       </c>
       <c r="E1203" s="0" t="s">
-        <v>234</v>
+        <v>811</v>
       </c>
       <c r="F1203" s="0" t="s">
-        <v>232</v>
+        <v>334</v>
       </c>
       <c r="G1203" s="0" t="s">
-        <v>233</v>
+        <v>335</v>
       </c>
       <c r="H1203" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1204">
       <c r="A1204" s="0" t="s">
-        <v>1345</v>
+        <v>1354</v>
       </c>
       <c r="B1204" s="0" t="s">
-        <v>1343</v>
+        <v>1350</v>
       </c>
       <c r="C1204" s="0" t="s">
-        <v>1344</v>
+        <v>1351</v>
       </c>
       <c r="D1204" s="0" t="s">
-        <v>332</v>
+        <v>240</v>
       </c>
       <c r="E1204" s="0" t="s">
-        <v>333</v>
+        <v>338</v>
       </c>
       <c r="F1204" s="0" t="s">
-        <v>334</v>
+        <v>339</v>
       </c>
       <c r="G1204" s="0" t="s">
-        <v>335</v>
+        <v>340</v>
       </c>
       <c r="H1204" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1205">
       <c r="A1205" s="0" t="s">
-        <v>1346</v>
+        <v>1355</v>
       </c>
       <c r="B1205" s="0" t="s">
-        <v>1343</v>
+        <v>1356</v>
       </c>
       <c r="C1205" s="0" t="s">
-        <v>1344</v>
+        <v>1357</v>
       </c>
       <c r="D1205" s="0" t="s">
-        <v>332</v>
+        <v>230</v>
       </c>
       <c r="E1205" s="0" t="s">
-        <v>810</v>
+        <v>231</v>
       </c>
       <c r="F1205" s="0" t="s">
-        <v>334</v>
+        <v>232</v>
       </c>
       <c r="G1205" s="0" t="s">
-        <v>335</v>
+        <v>233</v>
       </c>
       <c r="H1205" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1206">
       <c r="A1206" s="0" t="s">
-        <v>1345</v>
+        <v>1355</v>
       </c>
       <c r="B1206" s="0" t="s">
-        <v>1343</v>
+        <v>1356</v>
       </c>
       <c r="C1206" s="0" t="s">
-        <v>1344</v>
+        <v>1357</v>
       </c>
       <c r="D1206" s="0" t="s">
-        <v>332</v>
+        <v>230</v>
       </c>
       <c r="E1206" s="0" t="s">
-        <v>336</v>
+        <v>234</v>
       </c>
       <c r="F1206" s="0" t="s">
-        <v>334</v>
+        <v>232</v>
       </c>
       <c r="G1206" s="0" t="s">
-        <v>335</v>
+        <v>233</v>
       </c>
       <c r="H1206" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1207">
       <c r="A1207" s="0" t="s">
-        <v>1346</v>
+        <v>1358</v>
       </c>
       <c r="B1207" s="0" t="s">
-        <v>1343</v>
+        <v>1356</v>
       </c>
       <c r="C1207" s="0" t="s">
-        <v>1344</v>
+        <v>1357</v>
       </c>
       <c r="D1207" s="0" t="s">
         <v>332</v>
       </c>
       <c r="E1207" s="0" t="s">
-        <v>811</v>
+        <v>333</v>
       </c>
       <c r="F1207" s="0" t="s">
         <v>334</v>
       </c>
       <c r="G1207" s="0" t="s">
         <v>335</v>
       </c>
       <c r="H1207" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1208">
       <c r="A1208" s="0" t="s">
-        <v>1347</v>
+        <v>1359</v>
       </c>
       <c r="B1208" s="0" t="s">
-        <v>1348</v>
+        <v>1356</v>
       </c>
       <c r="C1208" s="0" t="s">
-        <v>1349</v>
+        <v>1357</v>
       </c>
       <c r="D1208" s="0" t="s">
-        <v>100</v>
+        <v>332</v>
       </c>
       <c r="E1208" s="0" t="s">
-        <v>377</v>
+        <v>810</v>
       </c>
       <c r="F1208" s="0" t="s">
-        <v>378</v>
+        <v>334</v>
       </c>
       <c r="G1208" s="0" t="s">
-        <v>379</v>
+        <v>335</v>
       </c>
       <c r="H1208" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1209">
       <c r="A1209" s="0" t="s">
-        <v>1350</v>
+        <v>1358</v>
       </c>
       <c r="B1209" s="0" t="s">
-        <v>1348</v>
+        <v>1356</v>
       </c>
       <c r="C1209" s="0" t="s">
-        <v>1349</v>
+        <v>1357</v>
       </c>
       <c r="D1209" s="0" t="s">
-        <v>240</v>
+        <v>332</v>
       </c>
       <c r="E1209" s="0" t="s">
-        <v>338</v>
+        <v>336</v>
       </c>
       <c r="F1209" s="0" t="s">
-        <v>339</v>
+        <v>334</v>
       </c>
       <c r="G1209" s="0" t="s">
-        <v>340</v>
+        <v>335</v>
       </c>
       <c r="H1209" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1210">
       <c r="A1210" s="0" t="s">
-        <v>1351</v>
+        <v>1359</v>
       </c>
       <c r="B1210" s="0" t="s">
-        <v>1348</v>
+        <v>1356</v>
       </c>
       <c r="C1210" s="0" t="s">
-        <v>1349</v>
+        <v>1357</v>
       </c>
       <c r="D1210" s="0" t="s">
-        <v>240</v>
+        <v>332</v>
       </c>
       <c r="E1210" s="0" t="s">
-        <v>243</v>
+        <v>811</v>
       </c>
       <c r="F1210" s="0" t="s">
-        <v>29</v>
+        <v>334</v>
       </c>
       <c r="G1210" s="0" t="s">
-        <v>30</v>
+        <v>335</v>
       </c>
       <c r="H1210" s="0" t="s">
-        <v>30</v>
+        <v>16</v>
       </c>
     </row>
     <row r="1211">
       <c r="A1211" s="0" t="s">
-        <v>1352</v>
+        <v>1360</v>
       </c>
       <c r="B1211" s="0" t="s">
-        <v>1348</v>
+        <v>1361</v>
       </c>
       <c r="C1211" s="0" t="s">
-        <v>1349</v>
+        <v>1362</v>
       </c>
       <c r="D1211" s="0" t="s">
-        <v>35</v>
+        <v>100</v>
       </c>
       <c r="E1211" s="0" t="s">
-        <v>36</v>
+        <v>377</v>
       </c>
       <c r="F1211" s="0" t="s">
-        <v>37</v>
+        <v>378</v>
       </c>
       <c r="G1211" s="0" t="s">
-        <v>38</v>
+        <v>379</v>
       </c>
       <c r="H1211" s="0" t="s">
-        <v>38</v>
+        <v>16</v>
       </c>
     </row>
     <row r="1212">
       <c r="A1212" s="0" t="s">
-        <v>1352</v>
+        <v>1363</v>
       </c>
       <c r="B1212" s="0" t="s">
-        <v>1348</v>
+        <v>1361</v>
       </c>
       <c r="C1212" s="0" t="s">
-        <v>1349</v>
+        <v>1362</v>
       </c>
       <c r="D1212" s="0" t="s">
-        <v>39</v>
+        <v>240</v>
       </c>
       <c r="E1212" s="0" t="s">
-        <v>40</v>
+        <v>338</v>
       </c>
       <c r="F1212" s="0" t="s">
-        <v>37</v>
+        <v>339</v>
       </c>
       <c r="G1212" s="0" t="s">
-        <v>38</v>
+        <v>340</v>
       </c>
       <c r="H1212" s="0" t="s">
-        <v>38</v>
+        <v>16</v>
       </c>
     </row>
     <row r="1213">
       <c r="A1213" s="0" t="s">
-        <v>1353</v>
+        <v>1364</v>
       </c>
       <c r="B1213" s="0" t="s">
-        <v>1354</v>
+        <v>1361</v>
       </c>
       <c r="C1213" s="0" t="s">
-        <v>1355</v>
+        <v>1362</v>
       </c>
       <c r="D1213" s="0" t="s">
-        <v>332</v>
+        <v>240</v>
       </c>
       <c r="E1213" s="0" t="s">
-        <v>333</v>
+        <v>243</v>
       </c>
       <c r="F1213" s="0" t="s">
-        <v>334</v>
+        <v>29</v>
       </c>
       <c r="G1213" s="0" t="s">
-        <v>335</v>
+        <v>30</v>
       </c>
       <c r="H1213" s="0" t="s">
-        <v>16</v>
+        <v>30</v>
       </c>
     </row>
     <row r="1214">
       <c r="A1214" s="0" t="s">
-        <v>1356</v>
+        <v>1365</v>
       </c>
       <c r="B1214" s="0" t="s">
-        <v>1354</v>
+        <v>1361</v>
       </c>
       <c r="C1214" s="0" t="s">
-        <v>1355</v>
+        <v>1362</v>
       </c>
       <c r="D1214" s="0" t="s">
-        <v>332</v>
+        <v>35</v>
       </c>
       <c r="E1214" s="0" t="s">
-        <v>810</v>
+        <v>36</v>
       </c>
       <c r="F1214" s="0" t="s">
-        <v>334</v>
+        <v>37</v>
       </c>
       <c r="G1214" s="0" t="s">
-        <v>335</v>
+        <v>38</v>
       </c>
       <c r="H1214" s="0" t="s">
-        <v>16</v>
+        <v>38</v>
       </c>
     </row>
     <row r="1215">
       <c r="A1215" s="0" t="s">
-        <v>1353</v>
+        <v>1365</v>
       </c>
       <c r="B1215" s="0" t="s">
-        <v>1354</v>
+        <v>1361</v>
       </c>
       <c r="C1215" s="0" t="s">
-        <v>1355</v>
+        <v>1362</v>
       </c>
       <c r="D1215" s="0" t="s">
-        <v>332</v>
+        <v>39</v>
       </c>
       <c r="E1215" s="0" t="s">
-        <v>336</v>
+        <v>40</v>
       </c>
       <c r="F1215" s="0" t="s">
-        <v>334</v>
+        <v>37</v>
       </c>
       <c r="G1215" s="0" t="s">
-        <v>335</v>
+        <v>38</v>
       </c>
       <c r="H1215" s="0" t="s">
-        <v>16</v>
+        <v>38</v>
       </c>
     </row>
     <row r="1216">
       <c r="A1216" s="0" t="s">
-        <v>1356</v>
+        <v>1366</v>
       </c>
       <c r="B1216" s="0" t="s">
-        <v>1354</v>
+        <v>1367</v>
       </c>
       <c r="C1216" s="0" t="s">
-        <v>1355</v>
+        <v>1368</v>
       </c>
       <c r="D1216" s="0" t="s">
         <v>332</v>
       </c>
       <c r="E1216" s="0" t="s">
-        <v>811</v>
+        <v>333</v>
       </c>
       <c r="F1216" s="0" t="s">
         <v>334</v>
       </c>
       <c r="G1216" s="0" t="s">
         <v>335</v>
       </c>
       <c r="H1216" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1217">
       <c r="A1217" s="0" t="s">
-        <v>1357</v>
+        <v>1369</v>
       </c>
       <c r="B1217" s="0" t="s">
-        <v>1358</v>
+        <v>1367</v>
       </c>
       <c r="C1217" s="0" t="s">
-        <v>1359</v>
+        <v>1368</v>
       </c>
       <c r="D1217" s="0" t="s">
-        <v>144</v>
+        <v>332</v>
       </c>
       <c r="E1217" s="0" t="s">
-        <v>145</v>
+        <v>810</v>
       </c>
       <c r="F1217" s="0" t="s">
-        <v>146</v>
+        <v>334</v>
       </c>
       <c r="G1217" s="0" t="s">
-        <v>147</v>
+        <v>335</v>
       </c>
       <c r="H1217" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1218">
       <c r="A1218" s="0" t="s">
-        <v>1357</v>
+        <v>1366</v>
       </c>
       <c r="B1218" s="0" t="s">
-        <v>1358</v>
+        <v>1367</v>
       </c>
       <c r="C1218" s="0" t="s">
-        <v>1359</v>
+        <v>1368</v>
       </c>
       <c r="D1218" s="0" t="s">
-        <v>144</v>
+        <v>332</v>
       </c>
       <c r="E1218" s="0" t="s">
-        <v>148</v>
+        <v>336</v>
       </c>
       <c r="F1218" s="0" t="s">
-        <v>146</v>
+        <v>334</v>
       </c>
       <c r="G1218" s="0" t="s">
-        <v>147</v>
+        <v>335</v>
       </c>
       <c r="H1218" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1219">
       <c r="A1219" s="0" t="s">
-        <v>1357</v>
+        <v>1369</v>
       </c>
       <c r="B1219" s="0" t="s">
-        <v>1358</v>
+        <v>1367</v>
       </c>
       <c r="C1219" s="0" t="s">
-        <v>1359</v>
+        <v>1368</v>
       </c>
       <c r="D1219" s="0" t="s">
-        <v>144</v>
+        <v>332</v>
       </c>
       <c r="E1219" s="0" t="s">
-        <v>401</v>
+        <v>811</v>
       </c>
       <c r="F1219" s="0" t="s">
-        <v>146</v>
+        <v>334</v>
       </c>
       <c r="G1219" s="0" t="s">
-        <v>147</v>
+        <v>335</v>
       </c>
       <c r="H1219" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1220">
       <c r="A1220" s="0" t="s">
-        <v>1357</v>
+        <v>1370</v>
       </c>
       <c r="B1220" s="0" t="s">
-        <v>1358</v>
+        <v>1371</v>
       </c>
       <c r="C1220" s="0" t="s">
-        <v>1359</v>
+        <v>1372</v>
       </c>
       <c r="D1220" s="0" t="s">
         <v>144</v>
       </c>
       <c r="E1220" s="0" t="s">
-        <v>149</v>
+        <v>145</v>
       </c>
       <c r="F1220" s="0" t="s">
         <v>146</v>
       </c>
       <c r="G1220" s="0" t="s">
         <v>147</v>
       </c>
       <c r="H1220" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1221">
       <c r="A1221" s="0" t="s">
-        <v>1357</v>
+        <v>1370</v>
       </c>
       <c r="B1221" s="0" t="s">
-        <v>1358</v>
+        <v>1371</v>
       </c>
       <c r="C1221" s="0" t="s">
-        <v>1359</v>
+        <v>1372</v>
       </c>
       <c r="D1221" s="0" t="s">
         <v>144</v>
       </c>
       <c r="E1221" s="0" t="s">
-        <v>150</v>
+        <v>148</v>
       </c>
       <c r="F1221" s="0" t="s">
         <v>146</v>
       </c>
       <c r="G1221" s="0" t="s">
         <v>147</v>
       </c>
       <c r="H1221" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1222">
       <c r="A1222" s="0" t="s">
-        <v>1357</v>
+        <v>1370</v>
       </c>
       <c r="B1222" s="0" t="s">
-        <v>1358</v>
+        <v>1371</v>
       </c>
       <c r="C1222" s="0" t="s">
-        <v>1359</v>
+        <v>1372</v>
       </c>
       <c r="D1222" s="0" t="s">
         <v>144</v>
       </c>
       <c r="E1222" s="0" t="s">
-        <v>402</v>
+        <v>401</v>
       </c>
       <c r="F1222" s="0" t="s">
         <v>146</v>
       </c>
       <c r="G1222" s="0" t="s">
         <v>147</v>
       </c>
       <c r="H1222" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1223">
       <c r="A1223" s="0" t="s">
-        <v>1357</v>
+        <v>1370</v>
       </c>
       <c r="B1223" s="0" t="s">
-        <v>1358</v>
+        <v>1371</v>
       </c>
       <c r="C1223" s="0" t="s">
-        <v>1359</v>
+        <v>1372</v>
       </c>
       <c r="D1223" s="0" t="s">
         <v>144</v>
       </c>
       <c r="E1223" s="0" t="s">
-        <v>403</v>
+        <v>149</v>
       </c>
       <c r="F1223" s="0" t="s">
         <v>146</v>
       </c>
       <c r="G1223" s="0" t="s">
         <v>147</v>
       </c>
       <c r="H1223" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1224">
       <c r="A1224" s="0" t="s">
-        <v>1357</v>
+        <v>1370</v>
       </c>
       <c r="B1224" s="0" t="s">
-        <v>1358</v>
+        <v>1371</v>
       </c>
       <c r="C1224" s="0" t="s">
-        <v>1359</v>
+        <v>1372</v>
       </c>
       <c r="D1224" s="0" t="s">
         <v>144</v>
       </c>
       <c r="E1224" s="0" t="s">
-        <v>404</v>
+        <v>150</v>
       </c>
       <c r="F1224" s="0" t="s">
         <v>146</v>
       </c>
       <c r="G1224" s="0" t="s">
         <v>147</v>
       </c>
       <c r="H1224" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1225">
       <c r="A1225" s="0" t="s">
-        <v>1357</v>
+        <v>1370</v>
       </c>
       <c r="B1225" s="0" t="s">
-        <v>1358</v>
+        <v>1371</v>
       </c>
       <c r="C1225" s="0" t="s">
-        <v>1359</v>
+        <v>1372</v>
       </c>
       <c r="D1225" s="0" t="s">
         <v>144</v>
       </c>
       <c r="E1225" s="0" t="s">
-        <v>151</v>
+        <v>402</v>
       </c>
       <c r="F1225" s="0" t="s">
         <v>146</v>
       </c>
       <c r="G1225" s="0" t="s">
         <v>147</v>
       </c>
       <c r="H1225" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1226">
       <c r="A1226" s="0" t="s">
-        <v>1357</v>
+        <v>1370</v>
       </c>
       <c r="B1226" s="0" t="s">
-        <v>1358</v>
+        <v>1371</v>
       </c>
       <c r="C1226" s="0" t="s">
-        <v>1359</v>
+        <v>1372</v>
       </c>
       <c r="D1226" s="0" t="s">
         <v>144</v>
       </c>
       <c r="E1226" s="0" t="s">
-        <v>152</v>
+        <v>403</v>
       </c>
       <c r="F1226" s="0" t="s">
         <v>146</v>
       </c>
       <c r="G1226" s="0" t="s">
         <v>147</v>
       </c>
       <c r="H1226" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1227">
       <c r="A1227" s="0" t="s">
-        <v>1357</v>
+        <v>1370</v>
       </c>
       <c r="B1227" s="0" t="s">
-        <v>1358</v>
+        <v>1371</v>
       </c>
       <c r="C1227" s="0" t="s">
-        <v>1359</v>
+        <v>1372</v>
       </c>
       <c r="D1227" s="0" t="s">
         <v>144</v>
       </c>
       <c r="E1227" s="0" t="s">
-        <v>153</v>
+        <v>404</v>
       </c>
       <c r="F1227" s="0" t="s">
         <v>146</v>
       </c>
       <c r="G1227" s="0" t="s">
         <v>147</v>
       </c>
       <c r="H1227" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1228">
       <c r="A1228" s="0" t="s">
-        <v>1357</v>
+        <v>1370</v>
       </c>
       <c r="B1228" s="0" t="s">
-        <v>1358</v>
+        <v>1371</v>
       </c>
       <c r="C1228" s="0" t="s">
-        <v>1359</v>
+        <v>1372</v>
       </c>
       <c r="D1228" s="0" t="s">
         <v>144</v>
       </c>
       <c r="E1228" s="0" t="s">
-        <v>154</v>
+        <v>151</v>
       </c>
       <c r="F1228" s="0" t="s">
         <v>146</v>
       </c>
       <c r="G1228" s="0" t="s">
         <v>147</v>
       </c>
       <c r="H1228" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1229">
       <c r="A1229" s="0" t="s">
-        <v>1357</v>
+        <v>1370</v>
       </c>
       <c r="B1229" s="0" t="s">
-        <v>1358</v>
+        <v>1371</v>
       </c>
       <c r="C1229" s="0" t="s">
-        <v>1359</v>
+        <v>1372</v>
       </c>
       <c r="D1229" s="0" t="s">
         <v>144</v>
       </c>
       <c r="E1229" s="0" t="s">
-        <v>405</v>
+        <v>152</v>
       </c>
       <c r="F1229" s="0" t="s">
         <v>146</v>
       </c>
       <c r="G1229" s="0" t="s">
         <v>147</v>
       </c>
       <c r="H1229" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1230">
       <c r="A1230" s="0" t="s">
-        <v>1357</v>
+        <v>1370</v>
       </c>
       <c r="B1230" s="0" t="s">
-        <v>1358</v>
+        <v>1371</v>
       </c>
       <c r="C1230" s="0" t="s">
-        <v>1359</v>
+        <v>1372</v>
       </c>
       <c r="D1230" s="0" t="s">
         <v>144</v>
       </c>
       <c r="E1230" s="0" t="s">
-        <v>406</v>
+        <v>153</v>
       </c>
       <c r="F1230" s="0" t="s">
         <v>146</v>
       </c>
       <c r="G1230" s="0" t="s">
         <v>147</v>
       </c>
       <c r="H1230" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1231">
       <c r="A1231" s="0" t="s">
-        <v>1357</v>
+        <v>1370</v>
       </c>
       <c r="B1231" s="0" t="s">
-        <v>1358</v>
+        <v>1371</v>
       </c>
       <c r="C1231" s="0" t="s">
-        <v>1359</v>
+        <v>1372</v>
       </c>
       <c r="D1231" s="0" t="s">
         <v>144</v>
       </c>
       <c r="E1231" s="0" t="s">
-        <v>407</v>
+        <v>154</v>
       </c>
       <c r="F1231" s="0" t="s">
         <v>146</v>
       </c>
       <c r="G1231" s="0" t="s">
         <v>147</v>
       </c>
       <c r="H1231" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1232">
       <c r="A1232" s="0" t="s">
-        <v>1357</v>
+        <v>1370</v>
       </c>
       <c r="B1232" s="0" t="s">
-        <v>1358</v>
+        <v>1371</v>
       </c>
       <c r="C1232" s="0" t="s">
-        <v>1359</v>
+        <v>1372</v>
       </c>
       <c r="D1232" s="0" t="s">
         <v>144</v>
       </c>
       <c r="E1232" s="0" t="s">
-        <v>408</v>
+        <v>405</v>
       </c>
       <c r="F1232" s="0" t="s">
         <v>146</v>
       </c>
       <c r="G1232" s="0" t="s">
         <v>147</v>
       </c>
       <c r="H1232" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1233">
       <c r="A1233" s="0" t="s">
-        <v>1357</v>
+        <v>1370</v>
       </c>
       <c r="B1233" s="0" t="s">
-        <v>1358</v>
+        <v>1371</v>
       </c>
       <c r="C1233" s="0" t="s">
-        <v>1359</v>
+        <v>1372</v>
       </c>
       <c r="D1233" s="0" t="s">
         <v>144</v>
       </c>
       <c r="E1233" s="0" t="s">
-        <v>409</v>
+        <v>406</v>
       </c>
       <c r="F1233" s="0" t="s">
         <v>146</v>
       </c>
       <c r="G1233" s="0" t="s">
         <v>147</v>
       </c>
       <c r="H1233" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1234">
       <c r="A1234" s="0" t="s">
-        <v>1357</v>
+        <v>1370</v>
       </c>
       <c r="B1234" s="0" t="s">
-        <v>1358</v>
+        <v>1371</v>
       </c>
       <c r="C1234" s="0" t="s">
-        <v>1359</v>
+        <v>1372</v>
       </c>
       <c r="D1234" s="0" t="s">
         <v>144</v>
       </c>
       <c r="E1234" s="0" t="s">
-        <v>410</v>
+        <v>407</v>
       </c>
       <c r="F1234" s="0" t="s">
         <v>146</v>
       </c>
       <c r="G1234" s="0" t="s">
         <v>147</v>
       </c>
       <c r="H1234" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1235">
       <c r="A1235" s="0" t="s">
-        <v>1357</v>
+        <v>1370</v>
       </c>
       <c r="B1235" s="0" t="s">
-        <v>1358</v>
+        <v>1371</v>
       </c>
       <c r="C1235" s="0" t="s">
-        <v>1359</v>
+        <v>1372</v>
       </c>
       <c r="D1235" s="0" t="s">
         <v>144</v>
       </c>
       <c r="E1235" s="0" t="s">
-        <v>155</v>
+        <v>408</v>
       </c>
       <c r="F1235" s="0" t="s">
         <v>146</v>
       </c>
       <c r="G1235" s="0" t="s">
         <v>147</v>
       </c>
       <c r="H1235" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1236">
       <c r="A1236" s="0" t="s">
-        <v>1357</v>
+        <v>1370</v>
       </c>
       <c r="B1236" s="0" t="s">
-        <v>1358</v>
+        <v>1371</v>
       </c>
       <c r="C1236" s="0" t="s">
-        <v>1359</v>
+        <v>1372</v>
       </c>
       <c r="D1236" s="0" t="s">
         <v>144</v>
       </c>
       <c r="E1236" s="0" t="s">
-        <v>411</v>
+        <v>409</v>
       </c>
       <c r="F1236" s="0" t="s">
         <v>146</v>
       </c>
       <c r="G1236" s="0" t="s">
         <v>147</v>
       </c>
       <c r="H1236" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1237">
       <c r="A1237" s="0" t="s">
-        <v>1357</v>
+        <v>1370</v>
       </c>
       <c r="B1237" s="0" t="s">
-        <v>1358</v>
+        <v>1371</v>
       </c>
       <c r="C1237" s="0" t="s">
-        <v>1359</v>
+        <v>1372</v>
       </c>
       <c r="D1237" s="0" t="s">
         <v>144</v>
       </c>
       <c r="E1237" s="0" t="s">
-        <v>156</v>
+        <v>410</v>
       </c>
       <c r="F1237" s="0" t="s">
         <v>146</v>
       </c>
       <c r="G1237" s="0" t="s">
         <v>147</v>
       </c>
       <c r="H1237" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1238">
       <c r="A1238" s="0" t="s">
-        <v>1357</v>
+        <v>1370</v>
       </c>
       <c r="B1238" s="0" t="s">
-        <v>1358</v>
+        <v>1371</v>
       </c>
       <c r="C1238" s="0" t="s">
-        <v>1359</v>
+        <v>1372</v>
       </c>
       <c r="D1238" s="0" t="s">
         <v>144</v>
       </c>
       <c r="E1238" s="0" t="s">
-        <v>412</v>
+        <v>155</v>
       </c>
       <c r="F1238" s="0" t="s">
         <v>146</v>
       </c>
       <c r="G1238" s="0" t="s">
         <v>147</v>
       </c>
       <c r="H1238" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1239">
       <c r="A1239" s="0" t="s">
-        <v>1360</v>
+        <v>1370</v>
       </c>
       <c r="B1239" s="0" t="s">
-        <v>1361</v>
+        <v>1371</v>
       </c>
       <c r="C1239" s="0" t="s">
-        <v>1362</v>
+        <v>1372</v>
       </c>
       <c r="D1239" s="0" t="s">
-        <v>44</v>
+        <v>144</v>
       </c>
       <c r="E1239" s="0" t="s">
-        <v>48</v>
+        <v>411</v>
       </c>
       <c r="F1239" s="0" t="s">
-        <v>46</v>
+        <v>146</v>
       </c>
       <c r="G1239" s="0" t="s">
-        <v>47</v>
+        <v>147</v>
       </c>
       <c r="H1239" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1240">
       <c r="A1240" s="0" t="s">
-        <v>1360</v>
+        <v>1370</v>
       </c>
       <c r="B1240" s="0" t="s">
-        <v>1361</v>
+        <v>1371</v>
       </c>
       <c r="C1240" s="0" t="s">
-        <v>1362</v>
+        <v>1372</v>
       </c>
       <c r="D1240" s="0" t="s">
-        <v>44</v>
+        <v>144</v>
       </c>
       <c r="E1240" s="0" t="s">
-        <v>49</v>
+        <v>156</v>
       </c>
       <c r="F1240" s="0" t="s">
-        <v>46</v>
+        <v>146</v>
       </c>
       <c r="G1240" s="0" t="s">
-        <v>47</v>
+        <v>147</v>
       </c>
       <c r="H1240" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1241">
       <c r="A1241" s="0" t="s">
-        <v>1360</v>
+        <v>1370</v>
       </c>
       <c r="B1241" s="0" t="s">
-        <v>1361</v>
+        <v>1371</v>
       </c>
       <c r="C1241" s="0" t="s">
-        <v>1362</v>
+        <v>1372</v>
       </c>
       <c r="D1241" s="0" t="s">
-        <v>44</v>
+        <v>144</v>
       </c>
       <c r="E1241" s="0" t="s">
-        <v>50</v>
+        <v>412</v>
       </c>
       <c r="F1241" s="0" t="s">
-        <v>46</v>
+        <v>146</v>
       </c>
       <c r="G1241" s="0" t="s">
-        <v>47</v>
+        <v>147</v>
       </c>
       <c r="H1241" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1242">
       <c r="A1242" s="0" t="s">
-        <v>1360</v>
+        <v>1373</v>
       </c>
       <c r="B1242" s="0" t="s">
-        <v>1361</v>
+        <v>1374</v>
       </c>
       <c r="C1242" s="0" t="s">
-        <v>1362</v>
+        <v>1375</v>
       </c>
       <c r="D1242" s="0" t="s">
         <v>44</v>
       </c>
       <c r="E1242" s="0" t="s">
-        <v>51</v>
+        <v>48</v>
       </c>
       <c r="F1242" s="0" t="s">
         <v>46</v>
       </c>
       <c r="G1242" s="0" t="s">
         <v>47</v>
       </c>
       <c r="H1242" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1243">
       <c r="A1243" s="0" t="s">
-        <v>1363</v>
+        <v>1373</v>
       </c>
       <c r="B1243" s="0" t="s">
-        <v>1361</v>
+        <v>1374</v>
       </c>
       <c r="C1243" s="0" t="s">
-        <v>1362</v>
+        <v>1375</v>
       </c>
       <c r="D1243" s="0" t="s">
-        <v>53</v>
+        <v>44</v>
       </c>
       <c r="E1243" s="0" t="s">
-        <v>64</v>
+        <v>49</v>
       </c>
       <c r="F1243" s="0" t="s">
-        <v>65</v>
+        <v>46</v>
       </c>
       <c r="G1243" s="0" t="s">
-        <v>66</v>
+        <v>47</v>
       </c>
       <c r="H1243" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1244">
       <c r="A1244" s="0" t="s">
-        <v>1363</v>
+        <v>1373</v>
       </c>
       <c r="B1244" s="0" t="s">
-        <v>1361</v>
+        <v>1374</v>
       </c>
       <c r="C1244" s="0" t="s">
-        <v>1362</v>
+        <v>1375</v>
       </c>
       <c r="D1244" s="0" t="s">
-        <v>53</v>
+        <v>44</v>
       </c>
       <c r="E1244" s="0" t="s">
-        <v>67</v>
+        <v>50</v>
       </c>
       <c r="F1244" s="0" t="s">
-        <v>65</v>
+        <v>46</v>
       </c>
       <c r="G1244" s="0" t="s">
-        <v>66</v>
+        <v>47</v>
       </c>
       <c r="H1244" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1245">
       <c r="A1245" s="0" t="s">
-        <v>1364</v>
+        <v>1373</v>
       </c>
       <c r="B1245" s="0" t="s">
-        <v>1365</v>
+        <v>1374</v>
       </c>
       <c r="C1245" s="0" t="s">
-        <v>1366</v>
+        <v>1375</v>
       </c>
       <c r="D1245" s="0" t="s">
-        <v>258</v>
+        <v>44</v>
       </c>
       <c r="E1245" s="0" t="s">
-        <v>269</v>
+        <v>51</v>
       </c>
       <c r="F1245" s="0" t="s">
-        <v>265</v>
+        <v>46</v>
       </c>
       <c r="G1245" s="0" t="s">
-        <v>266</v>
+        <v>47</v>
       </c>
       <c r="H1245" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1246">
       <c r="A1246" s="0" t="s">
-        <v>1364</v>
+        <v>1376</v>
       </c>
       <c r="B1246" s="0" t="s">
-        <v>1365</v>
+        <v>1374</v>
       </c>
       <c r="C1246" s="0" t="s">
-        <v>1366</v>
+        <v>1375</v>
       </c>
       <c r="D1246" s="0" t="s">
-        <v>258</v>
+        <v>53</v>
       </c>
       <c r="E1246" s="0" t="s">
-        <v>270</v>
+        <v>64</v>
       </c>
       <c r="F1246" s="0" t="s">
-        <v>265</v>
+        <v>65</v>
       </c>
       <c r="G1246" s="0" t="s">
-        <v>266</v>
+        <v>66</v>
       </c>
       <c r="H1246" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1247">
       <c r="A1247" s="0" t="s">
-        <v>1367</v>
+        <v>1376</v>
       </c>
       <c r="B1247" s="0" t="s">
-        <v>1365</v>
+        <v>1374</v>
       </c>
       <c r="C1247" s="0" t="s">
-        <v>1366</v>
+        <v>1375</v>
       </c>
       <c r="D1247" s="0" t="s">
-        <v>258</v>
+        <v>53</v>
       </c>
       <c r="E1247" s="0" t="s">
-        <v>264</v>
+        <v>67</v>
       </c>
       <c r="F1247" s="0" t="s">
-        <v>265</v>
+        <v>65</v>
       </c>
       <c r="G1247" s="0" t="s">
-        <v>266</v>
+        <v>66</v>
       </c>
       <c r="H1247" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1248">
       <c r="A1248" s="0" t="s">
-        <v>1367</v>
+        <v>1377</v>
       </c>
       <c r="B1248" s="0" t="s">
-        <v>1365</v>
+        <v>1378</v>
       </c>
       <c r="C1248" s="0" t="s">
-        <v>1366</v>
+        <v>1379</v>
       </c>
       <c r="D1248" s="0" t="s">
         <v>258</v>
       </c>
       <c r="E1248" s="0" t="s">
-        <v>267</v>
+        <v>269</v>
       </c>
       <c r="F1248" s="0" t="s">
         <v>265</v>
       </c>
       <c r="G1248" s="0" t="s">
         <v>266</v>
       </c>
       <c r="H1248" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1249">
       <c r="A1249" s="0" t="s">
-        <v>1368</v>
+        <v>1377</v>
       </c>
       <c r="B1249" s="0" t="s">
-        <v>1369</v>
+        <v>1378</v>
       </c>
       <c r="C1249" s="0" t="s">
-        <v>1370</v>
+        <v>1379</v>
       </c>
       <c r="D1249" s="0" t="s">
-        <v>391</v>
+        <v>258</v>
       </c>
       <c r="E1249" s="0" t="s">
-        <v>392</v>
+        <v>270</v>
       </c>
       <c r="F1249" s="0" t="s">
-        <v>393</v>
+        <v>265</v>
       </c>
       <c r="G1249" s="0" t="s">
-        <v>394</v>
+        <v>266</v>
       </c>
       <c r="H1249" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1250">
       <c r="A1250" s="0" t="s">
-        <v>1371</v>
+        <v>1380</v>
       </c>
       <c r="B1250" s="0" t="s">
-        <v>1372</v>
+        <v>1378</v>
       </c>
       <c r="C1250" s="0" t="s">
-        <v>1373</v>
+        <v>1379</v>
       </c>
       <c r="D1250" s="0" t="s">
-        <v>86</v>
+        <v>258</v>
       </c>
       <c r="E1250" s="0" t="s">
-        <v>87</v>
+        <v>264</v>
       </c>
       <c r="F1250" s="0" t="s">
-        <v>88</v>
+        <v>265</v>
       </c>
       <c r="G1250" s="0" t="s">
-        <v>89</v>
+        <v>266</v>
       </c>
       <c r="H1250" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1251">
       <c r="A1251" s="0" t="s">
-        <v>1371</v>
+        <v>1380</v>
       </c>
       <c r="B1251" s="0" t="s">
-        <v>1372</v>
+        <v>1378</v>
       </c>
       <c r="C1251" s="0" t="s">
-        <v>1373</v>
+        <v>1379</v>
       </c>
       <c r="D1251" s="0" t="s">
-        <v>86</v>
+        <v>258</v>
       </c>
       <c r="E1251" s="0" t="s">
-        <v>91</v>
+        <v>267</v>
       </c>
       <c r="F1251" s="0" t="s">
-        <v>88</v>
+        <v>265</v>
       </c>
       <c r="G1251" s="0" t="s">
-        <v>89</v>
+        <v>266</v>
       </c>
       <c r="H1251" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1252">
       <c r="A1252" s="0" t="s">
-        <v>1371</v>
+        <v>1381</v>
       </c>
       <c r="B1252" s="0" t="s">
-        <v>1372</v>
+        <v>1382</v>
       </c>
       <c r="C1252" s="0" t="s">
-        <v>1373</v>
+        <v>1383</v>
       </c>
       <c r="D1252" s="0" t="s">
-        <v>86</v>
+        <v>391</v>
       </c>
       <c r="E1252" s="0" t="s">
-        <v>92</v>
+        <v>392</v>
       </c>
       <c r="F1252" s="0" t="s">
-        <v>88</v>
+        <v>393</v>
       </c>
       <c r="G1252" s="0" t="s">
-        <v>89</v>
+        <v>394</v>
       </c>
       <c r="H1252" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1253">
       <c r="A1253" s="0" t="s">
-        <v>1371</v>
+        <v>1384</v>
       </c>
       <c r="B1253" s="0" t="s">
-        <v>1372</v>
+        <v>1385</v>
       </c>
       <c r="C1253" s="0" t="s">
-        <v>1373</v>
+        <v>1386</v>
       </c>
       <c r="D1253" s="0" t="s">
         <v>86</v>
       </c>
       <c r="E1253" s="0" t="s">
-        <v>96</v>
+        <v>87</v>
       </c>
       <c r="F1253" s="0" t="s">
         <v>88</v>
       </c>
       <c r="G1253" s="0" t="s">
         <v>89</v>
       </c>
       <c r="H1253" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1254">
       <c r="A1254" s="0" t="s">
-        <v>1371</v>
+        <v>1384</v>
       </c>
       <c r="B1254" s="0" t="s">
-        <v>1372</v>
+        <v>1385</v>
       </c>
       <c r="C1254" s="0" t="s">
-        <v>1373</v>
+        <v>1386</v>
       </c>
       <c r="D1254" s="0" t="s">
         <v>86</v>
       </c>
       <c r="E1254" s="0" t="s">
-        <v>182</v>
+        <v>91</v>
       </c>
       <c r="F1254" s="0" t="s">
         <v>88</v>
       </c>
       <c r="G1254" s="0" t="s">
         <v>89</v>
       </c>
       <c r="H1254" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1255">
       <c r="A1255" s="0" t="s">
-        <v>1371</v>
+        <v>1384</v>
       </c>
       <c r="B1255" s="0" t="s">
-        <v>1372</v>
+        <v>1385</v>
       </c>
       <c r="C1255" s="0" t="s">
-        <v>1373</v>
+        <v>1386</v>
       </c>
       <c r="D1255" s="0" t="s">
         <v>86</v>
       </c>
       <c r="E1255" s="0" t="s">
-        <v>550</v>
+        <v>92</v>
       </c>
       <c r="F1255" s="0" t="s">
         <v>88</v>
       </c>
       <c r="G1255" s="0" t="s">
         <v>89</v>
       </c>
       <c r="H1255" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1256">
       <c r="A1256" s="0" t="s">
-        <v>1371</v>
+        <v>1384</v>
       </c>
       <c r="B1256" s="0" t="s">
-        <v>1372</v>
+        <v>1385</v>
       </c>
       <c r="C1256" s="0" t="s">
-        <v>1373</v>
+        <v>1386</v>
       </c>
       <c r="D1256" s="0" t="s">
         <v>86</v>
       </c>
       <c r="E1256" s="0" t="s">
-        <v>551</v>
+        <v>96</v>
       </c>
       <c r="F1256" s="0" t="s">
         <v>88</v>
       </c>
       <c r="G1256" s="0" t="s">
         <v>89</v>
       </c>
       <c r="H1256" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1257">
       <c r="A1257" s="0" t="s">
-        <v>1371</v>
+        <v>1384</v>
       </c>
       <c r="B1257" s="0" t="s">
-        <v>1372</v>
+        <v>1385</v>
       </c>
       <c r="C1257" s="0" t="s">
-        <v>1373</v>
+        <v>1386</v>
       </c>
       <c r="D1257" s="0" t="s">
         <v>86</v>
       </c>
       <c r="E1257" s="0" t="s">
-        <v>554</v>
+        <v>182</v>
       </c>
       <c r="F1257" s="0" t="s">
         <v>88</v>
       </c>
       <c r="G1257" s="0" t="s">
         <v>89</v>
       </c>
       <c r="H1257" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1258">
       <c r="A1258" s="0" t="s">
-        <v>1374</v>
+        <v>1384</v>
       </c>
       <c r="B1258" s="0" t="s">
-        <v>1375</v>
+        <v>1385</v>
       </c>
       <c r="C1258" s="0" t="s">
-        <v>1376</v>
+        <v>1386</v>
       </c>
       <c r="D1258" s="0" t="s">
-        <v>366</v>
+        <v>86</v>
       </c>
       <c r="E1258" s="0" t="s">
-        <v>367</v>
+        <v>550</v>
       </c>
       <c r="F1258" s="0" t="s">
-        <v>368</v>
+        <v>88</v>
       </c>
       <c r="G1258" s="0" t="s">
-        <v>369</v>
+        <v>89</v>
       </c>
       <c r="H1258" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1259">
       <c r="A1259" s="0" t="s">
-        <v>1374</v>
+        <v>1384</v>
       </c>
       <c r="B1259" s="0" t="s">
-        <v>1375</v>
+        <v>1385</v>
       </c>
       <c r="C1259" s="0" t="s">
-        <v>1376</v>
+        <v>1386</v>
       </c>
       <c r="D1259" s="0" t="s">
-        <v>366</v>
+        <v>86</v>
       </c>
       <c r="E1259" s="0" t="s">
-        <v>370</v>
+        <v>551</v>
       </c>
       <c r="F1259" s="0" t="s">
-        <v>368</v>
+        <v>88</v>
       </c>
       <c r="G1259" s="0" t="s">
-        <v>369</v>
+        <v>89</v>
       </c>
       <c r="H1259" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1260">
       <c r="A1260" s="0" t="s">
-        <v>1377</v>
+        <v>1384</v>
       </c>
       <c r="B1260" s="0" t="s">
-        <v>1378</v>
+        <v>1385</v>
       </c>
       <c r="C1260" s="0" t="s">
-        <v>1379</v>
+        <v>1386</v>
       </c>
       <c r="D1260" s="0" t="s">
-        <v>350</v>
+        <v>86</v>
       </c>
       <c r="E1260" s="0" t="s">
-        <v>351</v>
+        <v>554</v>
       </c>
       <c r="F1260" s="0" t="s">
-        <v>352</v>
+        <v>88</v>
       </c>
       <c r="G1260" s="0" t="s">
-        <v>353</v>
+        <v>89</v>
       </c>
       <c r="H1260" s="0" t="s">
-        <v>353</v>
+        <v>16</v>
       </c>
     </row>
     <row r="1261">
       <c r="A1261" s="0" t="s">
-        <v>1377</v>
+        <v>1387</v>
       </c>
       <c r="B1261" s="0" t="s">
-        <v>1378</v>
+        <v>1388</v>
       </c>
       <c r="C1261" s="0" t="s">
-        <v>1379</v>
+        <v>1389</v>
       </c>
       <c r="D1261" s="0" t="s">
-        <v>350</v>
+        <v>366</v>
       </c>
       <c r="E1261" s="0" t="s">
-        <v>354</v>
+        <v>367</v>
       </c>
       <c r="F1261" s="0" t="s">
-        <v>352</v>
+        <v>368</v>
       </c>
       <c r="G1261" s="0" t="s">
-        <v>353</v>
+        <v>369</v>
       </c>
       <c r="H1261" s="0" t="s">
-        <v>353</v>
+        <v>16</v>
       </c>
     </row>
     <row r="1262">
       <c r="A1262" s="0" t="s">
-        <v>1377</v>
+        <v>1387</v>
       </c>
       <c r="B1262" s="0" t="s">
-        <v>1378</v>
+        <v>1388</v>
       </c>
       <c r="C1262" s="0" t="s">
-        <v>1379</v>
+        <v>1389</v>
       </c>
       <c r="D1262" s="0" t="s">
-        <v>350</v>
+        <v>366</v>
       </c>
       <c r="E1262" s="0" t="s">
-        <v>355</v>
+        <v>370</v>
       </c>
       <c r="F1262" s="0" t="s">
-        <v>352</v>
+        <v>368</v>
       </c>
       <c r="G1262" s="0" t="s">
-        <v>353</v>
+        <v>369</v>
       </c>
       <c r="H1262" s="0" t="s">
-        <v>353</v>
+        <v>16</v>
       </c>
     </row>
     <row r="1263">
       <c r="A1263" s="0" t="s">
-        <v>1380</v>
+        <v>1390</v>
       </c>
       <c r="B1263" s="0" t="s">
-        <v>1381</v>
+        <v>1391</v>
       </c>
       <c r="C1263" s="0" t="s">
-        <v>1382</v>
+        <v>1392</v>
       </c>
       <c r="D1263" s="0" t="s">
-        <v>12</v>
+        <v>350</v>
       </c>
       <c r="E1263" s="0" t="s">
-        <v>72</v>
+        <v>351</v>
       </c>
       <c r="F1263" s="0" t="s">
-        <v>14</v>
+        <v>352</v>
       </c>
       <c r="G1263" s="0" t="s">
-        <v>15</v>
+        <v>353</v>
       </c>
       <c r="H1263" s="0" t="s">
-        <v>16</v>
+        <v>353</v>
       </c>
     </row>
     <row r="1264">
       <c r="A1264" s="0" t="s">
-        <v>1380</v>
+        <v>1390</v>
       </c>
       <c r="B1264" s="0" t="s">
-        <v>1381</v>
+        <v>1391</v>
       </c>
       <c r="C1264" s="0" t="s">
-        <v>1382</v>
+        <v>1392</v>
       </c>
       <c r="D1264" s="0" t="s">
-        <v>12</v>
+        <v>350</v>
       </c>
       <c r="E1264" s="0" t="s">
-        <v>160</v>
+        <v>354</v>
       </c>
       <c r="F1264" s="0" t="s">
-        <v>14</v>
+        <v>352</v>
       </c>
       <c r="G1264" s="0" t="s">
-        <v>15</v>
+        <v>353</v>
       </c>
       <c r="H1264" s="0" t="s">
-        <v>16</v>
+        <v>353</v>
       </c>
     </row>
     <row r="1265">
       <c r="A1265" s="0" t="s">
-        <v>1380</v>
+        <v>1390</v>
       </c>
       <c r="B1265" s="0" t="s">
-        <v>1381</v>
+        <v>1391</v>
       </c>
       <c r="C1265" s="0" t="s">
-        <v>1382</v>
+        <v>1392</v>
       </c>
       <c r="D1265" s="0" t="s">
-        <v>12</v>
+        <v>350</v>
       </c>
       <c r="E1265" s="0" t="s">
-        <v>13</v>
+        <v>355</v>
       </c>
       <c r="F1265" s="0" t="s">
-        <v>14</v>
+        <v>352</v>
       </c>
       <c r="G1265" s="0" t="s">
-        <v>15</v>
+        <v>353</v>
       </c>
       <c r="H1265" s="0" t="s">
-        <v>16</v>
+        <v>353</v>
       </c>
     </row>
     <row r="1266">
       <c r="A1266" s="0" t="s">
-        <v>1380</v>
+        <v>1393</v>
       </c>
       <c r="B1266" s="0" t="s">
-        <v>1381</v>
+        <v>1394</v>
       </c>
       <c r="C1266" s="0" t="s">
-        <v>1382</v>
+        <v>1395</v>
       </c>
       <c r="D1266" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E1266" s="0" t="s">
-        <v>17</v>
+        <v>72</v>
       </c>
       <c r="F1266" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G1266" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H1266" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1267">
       <c r="A1267" s="0" t="s">
-        <v>1380</v>
+        <v>1393</v>
       </c>
       <c r="B1267" s="0" t="s">
-        <v>1381</v>
+        <v>1394</v>
       </c>
       <c r="C1267" s="0" t="s">
-        <v>1382</v>
+        <v>1395</v>
       </c>
       <c r="D1267" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E1267" s="0" t="s">
-        <v>18</v>
+        <v>160</v>
       </c>
       <c r="F1267" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G1267" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H1267" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1268">
       <c r="A1268" s="0" t="s">
-        <v>1380</v>
+        <v>1393</v>
       </c>
       <c r="B1268" s="0" t="s">
-        <v>1381</v>
+        <v>1394</v>
       </c>
       <c r="C1268" s="0" t="s">
-        <v>1382</v>
+        <v>1395</v>
       </c>
       <c r="D1268" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E1268" s="0" t="s">
-        <v>446</v>
+        <v>13</v>
       </c>
       <c r="F1268" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G1268" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H1268" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1269">
       <c r="A1269" s="0" t="s">
-        <v>1383</v>
+        <v>1393</v>
       </c>
       <c r="B1269" s="0" t="s">
-        <v>1381</v>
+        <v>1394</v>
       </c>
       <c r="C1269" s="0" t="s">
-        <v>1382</v>
+        <v>1395</v>
       </c>
       <c r="D1269" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E1269" s="0" t="s">
-        <v>162</v>
+        <v>17</v>
       </c>
       <c r="F1269" s="0" t="s">
-        <v>75</v>
+        <v>14</v>
       </c>
       <c r="G1269" s="0" t="s">
-        <v>76</v>
+        <v>15</v>
       </c>
       <c r="H1269" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1270">
       <c r="A1270" s="0" t="s">
-        <v>1383</v>
+        <v>1393</v>
       </c>
       <c r="B1270" s="0" t="s">
-        <v>1381</v>
+        <v>1394</v>
       </c>
       <c r="C1270" s="0" t="s">
-        <v>1382</v>
+        <v>1395</v>
       </c>
       <c r="D1270" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E1270" s="0" t="s">
-        <v>163</v>
+        <v>18</v>
       </c>
       <c r="F1270" s="0" t="s">
-        <v>75</v>
+        <v>14</v>
       </c>
       <c r="G1270" s="0" t="s">
-        <v>76</v>
+        <v>15</v>
       </c>
       <c r="H1270" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1271">
       <c r="A1271" s="0" t="s">
-        <v>1384</v>
+        <v>1393</v>
       </c>
       <c r="B1271" s="0" t="s">
-        <v>1381</v>
+        <v>1394</v>
       </c>
       <c r="C1271" s="0" t="s">
-        <v>1382</v>
+        <v>1395</v>
       </c>
       <c r="D1271" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E1271" s="0" t="s">
-        <v>78</v>
+        <v>446</v>
       </c>
       <c r="F1271" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G1271" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H1271" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1272">
       <c r="A1272" s="0" t="s">
-        <v>1383</v>
+        <v>1396</v>
       </c>
       <c r="B1272" s="0" t="s">
-        <v>1381</v>
+        <v>1394</v>
       </c>
       <c r="C1272" s="0" t="s">
-        <v>1382</v>
+        <v>1395</v>
       </c>
       <c r="D1272" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E1272" s="0" t="s">
-        <v>79</v>
+        <v>162</v>
       </c>
       <c r="F1272" s="0" t="s">
         <v>75</v>
       </c>
       <c r="G1272" s="0" t="s">
         <v>76</v>
       </c>
       <c r="H1272" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1273">
       <c r="A1273" s="0" t="s">
-        <v>1383</v>
+        <v>1396</v>
       </c>
       <c r="B1273" s="0" t="s">
-        <v>1381</v>
+        <v>1394</v>
       </c>
       <c r="C1273" s="0" t="s">
-        <v>1382</v>
+        <v>1395</v>
       </c>
       <c r="D1273" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E1273" s="0" t="s">
-        <v>449</v>
+        <v>163</v>
       </c>
       <c r="F1273" s="0" t="s">
         <v>75</v>
       </c>
       <c r="G1273" s="0" t="s">
         <v>76</v>
       </c>
       <c r="H1273" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1274">
       <c r="A1274" s="0" t="s">
-        <v>1380</v>
+        <v>1397</v>
       </c>
       <c r="B1274" s="0" t="s">
-        <v>1381</v>
+        <v>1394</v>
       </c>
       <c r="C1274" s="0" t="s">
-        <v>1382</v>
+        <v>1395</v>
       </c>
       <c r="D1274" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E1274" s="0" t="s">
-        <v>81</v>
+        <v>78</v>
       </c>
       <c r="F1274" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G1274" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H1274" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1275">
       <c r="A1275" s="0" t="s">
-        <v>1380</v>
+        <v>1396</v>
       </c>
       <c r="B1275" s="0" t="s">
-        <v>1381</v>
+        <v>1394</v>
       </c>
       <c r="C1275" s="0" t="s">
-        <v>1382</v>
+        <v>1395</v>
       </c>
       <c r="D1275" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E1275" s="0" t="s">
-        <v>167</v>
+        <v>79</v>
       </c>
       <c r="F1275" s="0" t="s">
-        <v>14</v>
+        <v>75</v>
       </c>
       <c r="G1275" s="0" t="s">
-        <v>15</v>
+        <v>76</v>
       </c>
       <c r="H1275" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1276">
       <c r="A1276" s="0" t="s">
-        <v>1380</v>
+        <v>1396</v>
       </c>
       <c r="B1276" s="0" t="s">
-        <v>1381</v>
+        <v>1394</v>
       </c>
       <c r="C1276" s="0" t="s">
-        <v>1382</v>
+        <v>1395</v>
       </c>
       <c r="D1276" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E1276" s="0" t="s">
-        <v>20</v>
+        <v>449</v>
       </c>
       <c r="F1276" s="0" t="s">
-        <v>14</v>
+        <v>75</v>
       </c>
       <c r="G1276" s="0" t="s">
-        <v>15</v>
+        <v>76</v>
       </c>
       <c r="H1276" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1277">
       <c r="A1277" s="0" t="s">
-        <v>1380</v>
+        <v>1393</v>
       </c>
       <c r="B1277" s="0" t="s">
-        <v>1381</v>
+        <v>1394</v>
       </c>
       <c r="C1277" s="0" t="s">
-        <v>1382</v>
+        <v>1395</v>
       </c>
       <c r="D1277" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E1277" s="0" t="s">
-        <v>21</v>
+        <v>81</v>
       </c>
       <c r="F1277" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G1277" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H1277" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1278">
       <c r="A1278" s="0" t="s">
-        <v>1380</v>
+        <v>1393</v>
       </c>
       <c r="B1278" s="0" t="s">
-        <v>1381</v>
+        <v>1394</v>
       </c>
       <c r="C1278" s="0" t="s">
-        <v>1382</v>
+        <v>1395</v>
       </c>
       <c r="D1278" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E1278" s="0" t="s">
-        <v>22</v>
+        <v>167</v>
       </c>
       <c r="F1278" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G1278" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H1278" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1279">
       <c r="A1279" s="0" t="s">
-        <v>1380</v>
+        <v>1393</v>
       </c>
       <c r="B1279" s="0" t="s">
-        <v>1381</v>
+        <v>1394</v>
       </c>
       <c r="C1279" s="0" t="s">
-        <v>1382</v>
+        <v>1395</v>
       </c>
       <c r="D1279" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E1279" s="0" t="s">
-        <v>450</v>
+        <v>20</v>
       </c>
       <c r="F1279" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G1279" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H1279" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1280">
       <c r="A1280" s="0" t="s">
-        <v>1383</v>
+        <v>1393</v>
       </c>
       <c r="B1280" s="0" t="s">
-        <v>1381</v>
+        <v>1394</v>
       </c>
       <c r="C1280" s="0" t="s">
-        <v>1382</v>
+        <v>1395</v>
       </c>
       <c r="D1280" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E1280" s="0" t="s">
-        <v>168</v>
+        <v>21</v>
       </c>
       <c r="F1280" s="0" t="s">
-        <v>75</v>
+        <v>14</v>
       </c>
       <c r="G1280" s="0" t="s">
-        <v>76</v>
+        <v>15</v>
       </c>
       <c r="H1280" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1281">
       <c r="A1281" s="0" t="s">
-        <v>1383</v>
+        <v>1393</v>
       </c>
       <c r="B1281" s="0" t="s">
-        <v>1381</v>
+        <v>1394</v>
       </c>
       <c r="C1281" s="0" t="s">
-        <v>1382</v>
+        <v>1395</v>
       </c>
       <c r="D1281" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E1281" s="0" t="s">
-        <v>169</v>
+        <v>22</v>
       </c>
       <c r="F1281" s="0" t="s">
-        <v>75</v>
+        <v>14</v>
       </c>
       <c r="G1281" s="0" t="s">
-        <v>76</v>
+        <v>15</v>
       </c>
       <c r="H1281" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1282">
       <c r="A1282" s="0" t="s">
-        <v>1384</v>
+        <v>1393</v>
       </c>
       <c r="B1282" s="0" t="s">
-        <v>1381</v>
+        <v>1394</v>
       </c>
       <c r="C1282" s="0" t="s">
-        <v>1382</v>
+        <v>1395</v>
       </c>
       <c r="D1282" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E1282" s="0" t="s">
-        <v>83</v>
+        <v>450</v>
       </c>
       <c r="F1282" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G1282" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H1282" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1283">
       <c r="A1283" s="0" t="s">
-        <v>1383</v>
+        <v>1396</v>
       </c>
       <c r="B1283" s="0" t="s">
-        <v>1381</v>
+        <v>1394</v>
       </c>
       <c r="C1283" s="0" t="s">
-        <v>1382</v>
+        <v>1395</v>
       </c>
       <c r="D1283" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E1283" s="0" t="s">
-        <v>84</v>
+        <v>168</v>
       </c>
       <c r="F1283" s="0" t="s">
         <v>75</v>
       </c>
       <c r="G1283" s="0" t="s">
         <v>76</v>
       </c>
       <c r="H1283" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1284">
       <c r="A1284" s="0" t="s">
-        <v>1383</v>
+        <v>1396</v>
       </c>
       <c r="B1284" s="0" t="s">
-        <v>1381</v>
+        <v>1394</v>
       </c>
       <c r="C1284" s="0" t="s">
-        <v>1382</v>
+        <v>1395</v>
       </c>
       <c r="D1284" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E1284" s="0" t="s">
-        <v>451</v>
+        <v>169</v>
       </c>
       <c r="F1284" s="0" t="s">
         <v>75</v>
       </c>
       <c r="G1284" s="0" t="s">
         <v>76</v>
       </c>
       <c r="H1284" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1285">
       <c r="A1285" s="0" t="s">
-        <v>1385</v>
+        <v>1397</v>
       </c>
       <c r="B1285" s="0" t="s">
-        <v>1386</v>
+        <v>1394</v>
       </c>
       <c r="C1285" s="0" t="s">
-        <v>1387</v>
+        <v>1395</v>
       </c>
       <c r="D1285" s="0" t="s">
-        <v>107</v>
+        <v>12</v>
       </c>
       <c r="E1285" s="0" t="s">
-        <v>927</v>
+        <v>83</v>
       </c>
       <c r="F1285" s="0" t="s">
-        <v>114</v>
+        <v>14</v>
       </c>
       <c r="G1285" s="0" t="s">
-        <v>115</v>
+        <v>15</v>
       </c>
       <c r="H1285" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1286">
       <c r="A1286" s="0" t="s">
-        <v>1385</v>
+        <v>1396</v>
       </c>
       <c r="B1286" s="0" t="s">
-        <v>1386</v>
+        <v>1394</v>
       </c>
       <c r="C1286" s="0" t="s">
-        <v>1387</v>
+        <v>1395</v>
       </c>
       <c r="D1286" s="0" t="s">
-        <v>107</v>
+        <v>12</v>
       </c>
       <c r="E1286" s="0" t="s">
-        <v>928</v>
+        <v>84</v>
       </c>
       <c r="F1286" s="0" t="s">
-        <v>114</v>
+        <v>75</v>
       </c>
       <c r="G1286" s="0" t="s">
-        <v>115</v>
+        <v>76</v>
       </c>
       <c r="H1286" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1287">
       <c r="A1287" s="0" t="s">
-        <v>1388</v>
+        <v>1396</v>
       </c>
       <c r="B1287" s="0" t="s">
-        <v>1389</v>
+        <v>1394</v>
       </c>
       <c r="C1287" s="0" t="s">
-        <v>1390</v>
+        <v>1395</v>
       </c>
       <c r="D1287" s="0" t="s">
-        <v>497</v>
+        <v>12</v>
       </c>
       <c r="E1287" s="0" t="s">
-        <v>502</v>
+        <v>451</v>
       </c>
       <c r="F1287" s="0" t="s">
-        <v>503</v>
+        <v>75</v>
       </c>
       <c r="G1287" s="0" t="s">
-        <v>504</v>
+        <v>76</v>
       </c>
       <c r="H1287" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1288">
       <c r="A1288" s="0" t="s">
-        <v>1391</v>
+        <v>1398</v>
       </c>
       <c r="B1288" s="0" t="s">
-        <v>1392</v>
+        <v>1399</v>
       </c>
       <c r="C1288" s="0" t="s">
-        <v>1393</v>
+        <v>1400</v>
       </c>
       <c r="D1288" s="0" t="s">
-        <v>497</v>
+        <v>107</v>
       </c>
       <c r="E1288" s="0" t="s">
-        <v>502</v>
+        <v>927</v>
       </c>
       <c r="F1288" s="0" t="s">
-        <v>503</v>
+        <v>114</v>
       </c>
       <c r="G1288" s="0" t="s">
-        <v>504</v>
+        <v>115</v>
       </c>
       <c r="H1288" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1289">
       <c r="A1289" s="0" t="s">
-        <v>1394</v>
+        <v>1398</v>
       </c>
       <c r="B1289" s="0" t="s">
-        <v>1395</v>
+        <v>1399</v>
       </c>
       <c r="C1289" s="0" t="s">
-        <v>1396</v>
+        <v>1400</v>
       </c>
       <c r="D1289" s="0" t="s">
-        <v>223</v>
+        <v>107</v>
       </c>
       <c r="E1289" s="0" t="s">
-        <v>224</v>
+        <v>928</v>
       </c>
       <c r="F1289" s="0" t="s">
-        <v>225</v>
+        <v>114</v>
       </c>
       <c r="G1289" s="0" t="s">
-        <v>226</v>
+        <v>115</v>
       </c>
       <c r="H1289" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1290">
       <c r="A1290" s="0" t="s">
-        <v>1397</v>
+        <v>1401</v>
       </c>
       <c r="B1290" s="0" t="s">
-        <v>1395</v>
+        <v>1402</v>
       </c>
       <c r="C1290" s="0" t="s">
-        <v>1396</v>
+        <v>1403</v>
       </c>
       <c r="D1290" s="0" t="s">
-        <v>223</v>
+        <v>497</v>
       </c>
       <c r="E1290" s="0" t="s">
-        <v>228</v>
+        <v>502</v>
       </c>
       <c r="F1290" s="0" t="s">
-        <v>225</v>
+        <v>503</v>
       </c>
       <c r="G1290" s="0" t="s">
-        <v>226</v>
+        <v>504</v>
       </c>
       <c r="H1290" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1291">
       <c r="A1291" s="0" t="s">
-        <v>1398</v>
+        <v>1404</v>
       </c>
       <c r="B1291" s="0" t="s">
-        <v>1399</v>
+        <v>1405</v>
       </c>
       <c r="C1291" s="0" t="s">
-        <v>1400</v>
+        <v>1406</v>
       </c>
       <c r="D1291" s="0" t="s">
-        <v>350</v>
+        <v>497</v>
       </c>
       <c r="E1291" s="0" t="s">
-        <v>351</v>
+        <v>502</v>
       </c>
       <c r="F1291" s="0" t="s">
-        <v>352</v>
+        <v>503</v>
       </c>
       <c r="G1291" s="0" t="s">
-        <v>353</v>
+        <v>504</v>
       </c>
       <c r="H1291" s="0" t="s">
-        <v>353</v>
+        <v>16</v>
       </c>
     </row>
     <row r="1292">
       <c r="A1292" s="0" t="s">
-        <v>1398</v>
+        <v>1407</v>
       </c>
       <c r="B1292" s="0" t="s">
-        <v>1399</v>
+        <v>1408</v>
       </c>
       <c r="C1292" s="0" t="s">
-        <v>1400</v>
+        <v>1409</v>
       </c>
       <c r="D1292" s="0" t="s">
-        <v>350</v>
+        <v>223</v>
       </c>
       <c r="E1292" s="0" t="s">
-        <v>354</v>
+        <v>224</v>
       </c>
       <c r="F1292" s="0" t="s">
-        <v>352</v>
+        <v>225</v>
       </c>
       <c r="G1292" s="0" t="s">
-        <v>353</v>
+        <v>226</v>
       </c>
       <c r="H1292" s="0" t="s">
-        <v>353</v>
+        <v>16</v>
       </c>
     </row>
     <row r="1293">
       <c r="A1293" s="0" t="s">
-        <v>1398</v>
+        <v>1410</v>
       </c>
       <c r="B1293" s="0" t="s">
-        <v>1399</v>
+        <v>1408</v>
       </c>
       <c r="C1293" s="0" t="s">
-        <v>1400</v>
+        <v>1409</v>
       </c>
       <c r="D1293" s="0" t="s">
-        <v>350</v>
+        <v>223</v>
       </c>
       <c r="E1293" s="0" t="s">
-        <v>355</v>
+        <v>228</v>
       </c>
       <c r="F1293" s="0" t="s">
-        <v>352</v>
+        <v>225</v>
       </c>
       <c r="G1293" s="0" t="s">
-        <v>353</v>
+        <v>226</v>
       </c>
       <c r="H1293" s="0" t="s">
-        <v>353</v>
+        <v>16</v>
       </c>
     </row>
     <row r="1294">
       <c r="A1294" s="0" t="s">
-        <v>1401</v>
+        <v>1411</v>
       </c>
       <c r="B1294" s="0" t="s">
-        <v>1402</v>
+        <v>1412</v>
       </c>
       <c r="C1294" s="0" t="s">
-        <v>1403</v>
+        <v>1413</v>
       </c>
       <c r="D1294" s="0" t="s">
         <v>350</v>
       </c>
       <c r="E1294" s="0" t="s">
-        <v>354</v>
+        <v>351</v>
       </c>
       <c r="F1294" s="0" t="s">
         <v>352</v>
       </c>
       <c r="G1294" s="0" t="s">
         <v>353</v>
       </c>
       <c r="H1294" s="0" t="s">
         <v>353</v>
       </c>
     </row>
     <row r="1295">
       <c r="A1295" s="0" t="s">
-        <v>1401</v>
+        <v>1411</v>
       </c>
       <c r="B1295" s="0" t="s">
-        <v>1402</v>
+        <v>1412</v>
       </c>
       <c r="C1295" s="0" t="s">
-        <v>1403</v>
+        <v>1413</v>
       </c>
       <c r="D1295" s="0" t="s">
         <v>350</v>
       </c>
       <c r="E1295" s="0" t="s">
-        <v>355</v>
+        <v>354</v>
       </c>
       <c r="F1295" s="0" t="s">
         <v>352</v>
       </c>
       <c r="G1295" s="0" t="s">
         <v>353</v>
       </c>
       <c r="H1295" s="0" t="s">
         <v>353</v>
       </c>
     </row>
     <row r="1296">
       <c r="A1296" s="0" t="s">
-        <v>1404</v>
+        <v>1411</v>
       </c>
       <c r="B1296" s="0" t="s">
-        <v>1405</v>
+        <v>1412</v>
       </c>
       <c r="C1296" s="0" t="s">
-        <v>1406</v>
+        <v>1413</v>
       </c>
       <c r="D1296" s="0" t="s">
-        <v>1250</v>
+        <v>350</v>
       </c>
       <c r="E1296" s="0" t="s">
-        <v>1251</v>
+        <v>355</v>
       </c>
       <c r="F1296" s="0" t="s">
-        <v>387</v>
+        <v>352</v>
       </c>
       <c r="G1296" s="0" t="s">
-        <v>1252</v>
+        <v>353</v>
       </c>
       <c r="H1296" s="0" t="s">
-        <v>1252</v>
+        <v>353</v>
       </c>
     </row>
     <row r="1297">
       <c r="A1297" s="0" t="s">
-        <v>1407</v>
+        <v>1414</v>
       </c>
       <c r="B1297" s="0" t="s">
-        <v>1408</v>
+        <v>1415</v>
       </c>
       <c r="C1297" s="0" t="s">
-        <v>1409</v>
+        <v>1416</v>
       </c>
       <c r="D1297" s="0" t="s">
-        <v>476</v>
+        <v>350</v>
       </c>
       <c r="E1297" s="0" t="s">
-        <v>584</v>
+        <v>354</v>
       </c>
       <c r="F1297" s="0" t="s">
-        <v>478</v>
+        <v>352</v>
       </c>
       <c r="G1297" s="0" t="s">
-        <v>479</v>
+        <v>353</v>
       </c>
       <c r="H1297" s="0" t="s">
-        <v>16</v>
+        <v>353</v>
       </c>
     </row>
     <row r="1298">
       <c r="A1298" s="0" t="s">
-        <v>1410</v>
+        <v>1414</v>
       </c>
       <c r="B1298" s="0" t="s">
-        <v>1411</v>
+        <v>1415</v>
       </c>
       <c r="C1298" s="0" t="s">
-        <v>1412</v>
+        <v>1416</v>
       </c>
       <c r="D1298" s="0" t="s">
         <v>350</v>
       </c>
       <c r="E1298" s="0" t="s">
-        <v>351</v>
+        <v>355</v>
       </c>
       <c r="F1298" s="0" t="s">
         <v>352</v>
       </c>
       <c r="G1298" s="0" t="s">
         <v>353</v>
       </c>
       <c r="H1298" s="0" t="s">
         <v>353</v>
       </c>
     </row>
     <row r="1299">
       <c r="A1299" s="0" t="s">
-        <v>1410</v>
+        <v>1417</v>
       </c>
       <c r="B1299" s="0" t="s">
-        <v>1411</v>
+        <v>1418</v>
       </c>
       <c r="C1299" s="0" t="s">
-        <v>1412</v>
+        <v>1419</v>
       </c>
       <c r="D1299" s="0" t="s">
-        <v>350</v>
+        <v>1250</v>
       </c>
       <c r="E1299" s="0" t="s">
-        <v>354</v>
+        <v>1251</v>
       </c>
       <c r="F1299" s="0" t="s">
-        <v>352</v>
+        <v>387</v>
       </c>
       <c r="G1299" s="0" t="s">
-        <v>353</v>
+        <v>1252</v>
       </c>
       <c r="H1299" s="0" t="s">
-        <v>353</v>
+        <v>1252</v>
       </c>
     </row>
     <row r="1300">
       <c r="A1300" s="0" t="s">
-        <v>1410</v>
+        <v>1420</v>
       </c>
       <c r="B1300" s="0" t="s">
-        <v>1411</v>
+        <v>1421</v>
       </c>
       <c r="C1300" s="0" t="s">
-        <v>1412</v>
+        <v>1422</v>
       </c>
       <c r="D1300" s="0" t="s">
-        <v>350</v>
+        <v>476</v>
       </c>
       <c r="E1300" s="0" t="s">
-        <v>355</v>
+        <v>584</v>
       </c>
       <c r="F1300" s="0" t="s">
-        <v>352</v>
+        <v>478</v>
       </c>
       <c r="G1300" s="0" t="s">
-        <v>353</v>
+        <v>479</v>
       </c>
       <c r="H1300" s="0" t="s">
-        <v>353</v>
+        <v>16</v>
       </c>
     </row>
     <row r="1301">
       <c r="A1301" s="0" t="s">
-        <v>1413</v>
+        <v>1423</v>
       </c>
       <c r="B1301" s="0" t="s">
-        <v>1414</v>
+        <v>1424</v>
       </c>
       <c r="C1301" s="0" t="s">
-        <v>1415</v>
+        <v>1425</v>
       </c>
       <c r="D1301" s="0" t="s">
-        <v>274</v>
+        <v>350</v>
       </c>
       <c r="E1301" s="0" t="s">
-        <v>275</v>
+        <v>351</v>
       </c>
       <c r="F1301" s="0" t="s">
-        <v>276</v>
+        <v>352</v>
       </c>
       <c r="G1301" s="0" t="s">
-        <v>277</v>
+        <v>353</v>
       </c>
       <c r="H1301" s="0" t="s">
-        <v>16</v>
+        <v>353</v>
       </c>
     </row>
     <row r="1302">
       <c r="A1302" s="0" t="s">
-        <v>1413</v>
+        <v>1423</v>
       </c>
       <c r="B1302" s="0" t="s">
-        <v>1414</v>
+        <v>1424</v>
       </c>
       <c r="C1302" s="0" t="s">
-        <v>1415</v>
+        <v>1425</v>
       </c>
       <c r="D1302" s="0" t="s">
-        <v>274</v>
+        <v>350</v>
       </c>
       <c r="E1302" s="0" t="s">
-        <v>278</v>
+        <v>354</v>
       </c>
       <c r="F1302" s="0" t="s">
-        <v>276</v>
+        <v>352</v>
       </c>
       <c r="G1302" s="0" t="s">
-        <v>277</v>
+        <v>353</v>
       </c>
       <c r="H1302" s="0" t="s">
-        <v>16</v>
+        <v>353</v>
       </c>
     </row>
     <row r="1303">
       <c r="A1303" s="0" t="s">
-        <v>1416</v>
+        <v>1423</v>
       </c>
       <c r="B1303" s="0" t="s">
-        <v>1417</v>
+        <v>1424</v>
       </c>
       <c r="C1303" s="0" t="s">
-        <v>1418</v>
+        <v>1425</v>
       </c>
       <c r="D1303" s="0" t="s">
-        <v>428</v>
+        <v>350</v>
       </c>
       <c r="E1303" s="0" t="s">
-        <v>429</v>
+        <v>355</v>
       </c>
       <c r="F1303" s="0" t="s">
-        <v>430</v>
+        <v>352</v>
       </c>
       <c r="G1303" s="0" t="s">
-        <v>250</v>
+        <v>353</v>
       </c>
       <c r="H1303" s="0" t="s">
-        <v>16</v>
+        <v>353</v>
       </c>
     </row>
     <row r="1304">
       <c r="A1304" s="0" t="s">
-        <v>1416</v>
+        <v>1426</v>
       </c>
       <c r="B1304" s="0" t="s">
-        <v>1417</v>
+        <v>1427</v>
       </c>
       <c r="C1304" s="0" t="s">
-        <v>1418</v>
+        <v>1428</v>
       </c>
       <c r="D1304" s="0" t="s">
-        <v>428</v>
+        <v>274</v>
       </c>
       <c r="E1304" s="0" t="s">
-        <v>431</v>
+        <v>275</v>
       </c>
       <c r="F1304" s="0" t="s">
-        <v>430</v>
+        <v>276</v>
       </c>
       <c r="G1304" s="0" t="s">
-        <v>250</v>
+        <v>277</v>
       </c>
       <c r="H1304" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1305">
       <c r="A1305" s="0" t="s">
-        <v>1419</v>
+        <v>1426</v>
       </c>
       <c r="B1305" s="0" t="s">
-        <v>1417</v>
+        <v>1427</v>
       </c>
       <c r="C1305" s="0" t="s">
-        <v>1418</v>
+        <v>1428</v>
       </c>
       <c r="D1305" s="0" t="s">
-        <v>497</v>
+        <v>274</v>
       </c>
       <c r="E1305" s="0" t="s">
-        <v>670</v>
+        <v>278</v>
       </c>
       <c r="F1305" s="0" t="s">
-        <v>671</v>
+        <v>276</v>
       </c>
       <c r="G1305" s="0" t="s">
-        <v>672</v>
+        <v>277</v>
       </c>
       <c r="H1305" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1306">
       <c r="A1306" s="0" t="s">
-        <v>1420</v>
+        <v>1429</v>
       </c>
       <c r="B1306" s="0" t="s">
-        <v>1417</v>
+        <v>1430</v>
       </c>
       <c r="C1306" s="0" t="s">
-        <v>1418</v>
+        <v>1431</v>
       </c>
       <c r="D1306" s="0" t="s">
-        <v>497</v>
+        <v>428</v>
       </c>
       <c r="E1306" s="0" t="s">
-        <v>502</v>
+        <v>429</v>
       </c>
       <c r="F1306" s="0" t="s">
-        <v>503</v>
+        <v>430</v>
       </c>
       <c r="G1306" s="0" t="s">
-        <v>504</v>
+        <v>250</v>
       </c>
       <c r="H1306" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1307">
       <c r="A1307" s="0" t="s">
-        <v>1421</v>
+        <v>1429</v>
       </c>
       <c r="B1307" s="0" t="s">
-        <v>1417</v>
+        <v>1430</v>
       </c>
       <c r="C1307" s="0" t="s">
-        <v>1418</v>
+        <v>1431</v>
       </c>
       <c r="D1307" s="0" t="s">
-        <v>247</v>
+        <v>428</v>
       </c>
       <c r="E1307" s="0" t="s">
-        <v>815</v>
+        <v>431</v>
       </c>
       <c r="F1307" s="0" t="s">
-        <v>249</v>
+        <v>430</v>
       </c>
       <c r="G1307" s="0" t="s">
         <v>250</v>
       </c>
       <c r="H1307" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1308">
       <c r="A1308" s="0" t="s">
-        <v>1421</v>
+        <v>1432</v>
       </c>
       <c r="B1308" s="0" t="s">
-        <v>1417</v>
+        <v>1430</v>
       </c>
       <c r="C1308" s="0" t="s">
-        <v>1418</v>
+        <v>1431</v>
       </c>
       <c r="D1308" s="0" t="s">
-        <v>247</v>
+        <v>497</v>
       </c>
       <c r="E1308" s="0" t="s">
-        <v>816</v>
+        <v>670</v>
       </c>
       <c r="F1308" s="0" t="s">
-        <v>249</v>
+        <v>671</v>
       </c>
       <c r="G1308" s="0" t="s">
-        <v>250</v>
+        <v>672</v>
       </c>
       <c r="H1308" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1309">
       <c r="A1309" s="0" t="s">
-        <v>1421</v>
+        <v>1433</v>
       </c>
       <c r="B1309" s="0" t="s">
-        <v>1417</v>
+        <v>1430</v>
       </c>
       <c r="C1309" s="0" t="s">
-        <v>1418</v>
+        <v>1431</v>
       </c>
       <c r="D1309" s="0" t="s">
-        <v>247</v>
+        <v>497</v>
       </c>
       <c r="E1309" s="0" t="s">
-        <v>248</v>
+        <v>502</v>
       </c>
       <c r="F1309" s="0" t="s">
-        <v>249</v>
+        <v>503</v>
       </c>
       <c r="G1309" s="0" t="s">
-        <v>250</v>
+        <v>504</v>
       </c>
       <c r="H1309" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1310">
       <c r="A1310" s="0" t="s">
-        <v>1421</v>
+        <v>1434</v>
       </c>
       <c r="B1310" s="0" t="s">
-        <v>1417</v>
+        <v>1430</v>
       </c>
       <c r="C1310" s="0" t="s">
-        <v>1418</v>
+        <v>1431</v>
       </c>
       <c r="D1310" s="0" t="s">
         <v>247</v>
       </c>
       <c r="E1310" s="0" t="s">
-        <v>251</v>
+        <v>815</v>
       </c>
       <c r="F1310" s="0" t="s">
         <v>249</v>
       </c>
       <c r="G1310" s="0" t="s">
         <v>250</v>
       </c>
       <c r="H1310" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1311">
       <c r="A1311" s="0" t="s">
-        <v>1421</v>
+        <v>1434</v>
       </c>
       <c r="B1311" s="0" t="s">
-        <v>1417</v>
+        <v>1430</v>
       </c>
       <c r="C1311" s="0" t="s">
-        <v>1418</v>
+        <v>1431</v>
       </c>
       <c r="D1311" s="0" t="s">
         <v>247</v>
       </c>
       <c r="E1311" s="0" t="s">
-        <v>252</v>
+        <v>816</v>
       </c>
       <c r="F1311" s="0" t="s">
         <v>249</v>
       </c>
       <c r="G1311" s="0" t="s">
         <v>250</v>
       </c>
       <c r="H1311" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1312">
       <c r="A1312" s="0" t="s">
-        <v>1421</v>
+        <v>1434</v>
       </c>
       <c r="B1312" s="0" t="s">
-        <v>1417</v>
+        <v>1430</v>
       </c>
       <c r="C1312" s="0" t="s">
-        <v>1418</v>
+        <v>1431</v>
       </c>
       <c r="D1312" s="0" t="s">
         <v>247</v>
       </c>
       <c r="E1312" s="0" t="s">
-        <v>253</v>
+        <v>248</v>
       </c>
       <c r="F1312" s="0" t="s">
         <v>249</v>
       </c>
       <c r="G1312" s="0" t="s">
         <v>250</v>
       </c>
       <c r="H1312" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1313">
       <c r="A1313" s="0" t="s">
-        <v>1421</v>
+        <v>1434</v>
       </c>
       <c r="B1313" s="0" t="s">
-        <v>1417</v>
+        <v>1430</v>
       </c>
       <c r="C1313" s="0" t="s">
-        <v>1418</v>
+        <v>1431</v>
       </c>
       <c r="D1313" s="0" t="s">
         <v>247</v>
       </c>
       <c r="E1313" s="0" t="s">
-        <v>254</v>
+        <v>251</v>
       </c>
       <c r="F1313" s="0" t="s">
         <v>249</v>
       </c>
       <c r="G1313" s="0" t="s">
         <v>250</v>
       </c>
       <c r="H1313" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1314">
       <c r="A1314" s="0" t="s">
-        <v>1422</v>
+        <v>1434</v>
       </c>
       <c r="B1314" s="0" t="s">
-        <v>1423</v>
+        <v>1430</v>
       </c>
       <c r="C1314" s="0" t="s">
-        <v>1424</v>
+        <v>1431</v>
       </c>
       <c r="D1314" s="0" t="s">
-        <v>107</v>
+        <v>247</v>
       </c>
       <c r="E1314" s="0" t="s">
-        <v>769</v>
+        <v>252</v>
       </c>
       <c r="F1314" s="0" t="s">
-        <v>109</v>
+        <v>249</v>
       </c>
       <c r="G1314" s="0" t="s">
-        <v>110</v>
+        <v>250</v>
       </c>
       <c r="H1314" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="1315">
       <c r="A1315" s="0" t="s">
-        <v>1422</v>
+        <v>1434</v>
       </c>
       <c r="B1315" s="0" t="s">
-        <v>1423</v>
+        <v>1430</v>
       </c>
       <c r="C1315" s="0" t="s">
-        <v>1424</v>
+        <v>1431</v>
       </c>
       <c r="D1315" s="0" t="s">
+        <v>247</v>
+      </c>
+      <c r="E1315" s="0" t="s">
+        <v>253</v>
+      </c>
+      <c r="F1315" s="0" t="s">
+        <v>249</v>
+      </c>
+      <c r="G1315" s="0" t="s">
+        <v>250</v>
+      </c>
+      <c r="H1315" s="0" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="1316">
+      <c r="A1316" s="0" t="s">
+        <v>1434</v>
+      </c>
+      <c r="B1316" s="0" t="s">
+        <v>1430</v>
+      </c>
+      <c r="C1316" s="0" t="s">
+        <v>1431</v>
+      </c>
+      <c r="D1316" s="0" t="s">
+        <v>247</v>
+      </c>
+      <c r="E1316" s="0" t="s">
+        <v>254</v>
+      </c>
+      <c r="F1316" s="0" t="s">
+        <v>249</v>
+      </c>
+      <c r="G1316" s="0" t="s">
+        <v>250</v>
+      </c>
+      <c r="H1316" s="0" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="1317">
+      <c r="A1317" s="0" t="s">
+        <v>1435</v>
+      </c>
+      <c r="B1317" s="0" t="s">
+        <v>1436</v>
+      </c>
+      <c r="C1317" s="0" t="s">
+        <v>1437</v>
+      </c>
+      <c r="D1317" s="0" t="s">
         <v>107</v>
       </c>
-      <c r="E1315" s="0" t="s">
+      <c r="E1317" s="0" t="s">
+        <v>769</v>
+      </c>
+      <c r="F1317" s="0" t="s">
+        <v>109</v>
+      </c>
+      <c r="G1317" s="0" t="s">
+        <v>110</v>
+      </c>
+      <c r="H1317" s="0" t="s">
+        <v>16</v>
+      </c>
+    </row>
+    <row r="1318">
+      <c r="A1318" s="0" t="s">
+        <v>1435</v>
+      </c>
+      <c r="B1318" s="0" t="s">
+        <v>1436</v>
+      </c>
+      <c r="C1318" s="0" t="s">
+        <v>1437</v>
+      </c>
+      <c r="D1318" s="0" t="s">
+        <v>107</v>
+      </c>
+      <c r="E1318" s="0" t="s">
         <v>770</v>
       </c>
-      <c r="F1315" s="0" t="s">
+      <c r="F1318" s="0" t="s">
         <v>109</v>
       </c>
-      <c r="G1315" s="0" t="s">
+      <c r="G1318" s="0" t="s">
         <v>110</v>
       </c>
-      <c r="H1315" s="0" t="s">
+      <c r="H1318" s="0" t="s">
         <v>16</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
   </mergeCells>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=EPPlusLicense.txt>This workbook was created with the EPPlus library, licensed to Kammarkollegiet under the Polyform Noncommercial license, see https://polyformproject.org/licenses/noncommercial/1.0.0
 For more information about EPPlus, see https://epplussoftware.com/
 
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>EPPlus</Application>
   <AppVersion></AppVersion>
   <Company>Kammarkollegiet</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>