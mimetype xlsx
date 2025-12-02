--- v0 (2025-10-18)
+++ v1 (2025-12-02)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Stiftelsen" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="42">
   <si>
-    <t>Giltiga ramavtal för Stiftelsen Stockholms Musikpedagogiska Institut 2025-10-18</t>
+    <t>Giltiga ramavtal för Stiftelsen Stockholms Musikpedagogiska Institut 2025-12-02</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>