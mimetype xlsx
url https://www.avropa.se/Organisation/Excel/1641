--- v1 (2025-12-02)
+++ v2 (2026-01-08)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Stiftelsen" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="42">
   <si>
-    <t>Giltiga ramavtal för Stiftelsen Stockholms Musikpedagogiska Institut 2025-12-02</t>
+    <t>Giltiga ramavtal för Stiftelsen Stockholms Musikpedagogiska Institut 2026-01-08</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>