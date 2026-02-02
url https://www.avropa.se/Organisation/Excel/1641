--- v2 (2026-01-08)
+++ v3 (2026-02-02)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Stiftelsen" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="42">
   <si>
-    <t>Giltiga ramavtal för Stiftelsen Stockholms Musikpedagogiska Institut 2026-01-08</t>
+    <t>Giltiga ramavtal för Stiftelsen Stockholms Musikpedagogiska Institut 2026-02-02</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>