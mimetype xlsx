--- v3 (2026-02-02)
+++ v4 (2026-02-22)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Stiftelsen" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="42">
   <si>
-    <t>Giltiga ramavtal för Stiftelsen Stockholms Musikpedagogiska Institut 2026-02-02</t>
+    <t>Giltiga ramavtal för Stiftelsen Stockholms Musikpedagogiska Institut 2026-02-22</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>