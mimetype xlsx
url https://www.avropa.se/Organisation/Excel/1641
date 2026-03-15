--- v4 (2026-02-22)
+++ v5 (2026-03-15)
@@ -8,53 +8,53 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Stiftelsen" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="42" uniqueCount="42">
-[...1 lines deleted...]
-    <t>Giltiga ramavtal för Stiftelsen Stockholms Musikpedagogiska Institut 2026-02-22</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="39" uniqueCount="39">
+  <si>
+    <t>Giltiga ramavtal för Stiftelsen Stockholms Musikpedagogiska Institut 2026-03-15</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -73,111 +73,102 @@
   <si>
     <t>Tryckeritjänster / Tryckeritjänster / Särskild fördelningsnyckel - enskilda avrop upp till 25.000 SEK</t>
   </si>
   <si>
     <t>2025-05-27</t>
   </si>
   <si>
     <t>2029-05-26</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>Tryckeritjänster / Tryckeritjänster / Förnyad konkurrensutsättning</t>
   </si>
   <si>
     <t>23.3-1280-2024-005</t>
   </si>
   <si>
     <t>Elanders Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5562621689      </t>
   </si>
   <si>
-    <t>23.3-1280-2024-006</t>
-[...7 lines deleted...]
-  <si>
     <t>23.3-1280-2024-004</t>
   </si>
   <si>
     <t>Kalmar Kuvert Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565472726      </t>
   </si>
   <si>
     <t>23.3-1280-2024-003</t>
   </si>
   <si>
     <t>Ljungbergs Tryckeri i Klippan AB</t>
   </si>
   <si>
     <t xml:space="preserve">5568842511      </t>
   </si>
   <si>
+    <t>23.3-1280-2024-007</t>
+  </si>
+  <si>
+    <t>Multiply Solutions Sweden AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5565696068      </t>
+  </si>
+  <si>
     <t>23.3-1280-2024-010</t>
   </si>
   <si>
     <t>Scandinavian Print Group Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5563236776      </t>
   </si>
   <si>
     <t>23.3-1280-2024-008</t>
   </si>
   <si>
     <t>Stema Specialtryck AB</t>
   </si>
   <si>
     <t xml:space="preserve">5562976497      </t>
   </si>
   <si>
     <t>23.3-1280-2024-009</t>
   </si>
   <si>
     <t>Stibo Complete A/S</t>
   </si>
   <si>
     <t xml:space="preserve">CVR:37120928    </t>
-  </si>
-[...7 lines deleted...]
-    <t xml:space="preserve">5565696068      </t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <name val="Aptos Narrow"/>
     </font>
     <font>
       <sz val="18"/>
       <name val="Aptos Narrow"/>
     </font>
     <font>
       <b/>
       <sz val="11"/>
       <name val="Aptos Narrow"/>
     </font>
   </fonts>
   <fills count="3">
     <fill>
       <patternFill patternType="none"/>
@@ -205,51 +196,51 @@
       <top/>
       <bottom style="thin"/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" fontId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" applyFont="1" fillId="2" applyFill="1" borderId="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" applyFont="1" fillId="2" applyFill="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H20"/>
+  <dimension ref="A1:H18"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="40" customWidth="1"/>
     <col min="2" max="2" width="50" customWidth="1"/>
     <col min="3" max="3" width="35" customWidth="1"/>
     <col min="4" max="4" width="45" customWidth="1"/>
     <col min="5" max="5" width="45" customWidth="1"/>
     <col min="6" max="6" width="13" customWidth="1"/>
     <col min="7" max="7" width="13" customWidth="1"/>
     <col min="8" max="8" width="13" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>0</v>
       </c>
@@ -689,102 +680,50 @@
       <c r="A18" s="0" t="s">
         <v>36</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>37</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>38</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E18" s="0" t="s">
         <v>17</v>
       </c>
       <c r="F18" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G18" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>16</v>
       </c>
     </row>
-    <row r="19">
-[...50 lines deleted...]
-    </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
   </mergeCells>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=EPPlusLicense.txt>This workbook was created with the EPPlus library, licensed to Kammarkollegiet under the Polyform Noncommercial license, see https://polyformproject.org/licenses/noncommercial/1.0.0
 For more information about EPPlus, see https://epplussoftware.com/
 
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>EPPlus</Application>
   <AppVersion></AppVersion>
   <Company>Kammarkollegiet</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">
   <cp:keywords>EPPlus noncommercial use</cp:keywords>
   <dc:description>This workbook has been created with EPPlus licensed to Kammarkollegiet under The Polyform Noncommercial License: See https://polyformproject.org/licenses/noncommercial/1.0.0</dc:description>