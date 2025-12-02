--- v0 (2025-10-18)
+++ v1 (2025-12-02)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Norra Älvs" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="151" uniqueCount="151">
   <si>
-    <t>Giltiga ramavtal för Norra Älvsborgs Räddningstjänstförbund 2025-10-18</t>
+    <t>Giltiga ramavtal för Norra Älvsborgs Räddningstjänstförbund 2025-12-02</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -265,96 +265,96 @@
   <si>
     <t xml:space="preserve">5566359799      </t>
   </si>
   <si>
     <t>23.3-8027-2021-005</t>
   </si>
   <si>
     <t>Dustin Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566661012      </t>
   </si>
   <si>
     <t>23.3-10517-20:004</t>
   </si>
   <si>
     <t>23.3-4104-2022-006</t>
   </si>
   <si>
     <t>Finlarm Aktiebolag</t>
   </si>
   <si>
     <t xml:space="preserve">5563767382      </t>
   </si>
   <si>
+    <t>23.3-10517-20:006</t>
+  </si>
+  <si>
+    <t>Forté Sweden AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5563657039      </t>
+  </si>
+  <si>
     <t>23.3-3081-2023-003</t>
   </si>
   <si>
     <t>Foxway AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564700309      </t>
   </si>
   <si>
     <t>23.3-10517-20:005</t>
   </si>
   <si>
     <t>23.3-10150-2021-006</t>
   </si>
   <si>
     <t>GlobalConnect AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565976122      </t>
   </si>
   <si>
     <t>23.3-10150-2021-001</t>
   </si>
   <si>
     <t>Kommunikationstjänster inom tele- och datakom / Kommunikationslösningar / Särskild fördelningsnyckel</t>
   </si>
   <si>
     <t>Kommunikationstjänster inom tele- och datakom / Kommunikationslösningar / Förnyad konkurrensutsättning</t>
   </si>
   <si>
     <t>23.3-4104-2022-009</t>
   </si>
   <si>
     <t>Great Security Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565354726      </t>
-  </si>
-[...7 lines deleted...]
-    <t xml:space="preserve">5563657039      </t>
   </si>
   <si>
     <t>23.3-4104-2022-005</t>
   </si>
   <si>
     <t>LåsTeam Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565808473      </t>
   </si>
   <si>
     <t>23.3-8027-2021-006</t>
   </si>
   <si>
     <t>Pulsen AB</t>
   </si>
   <si>
     <t xml:space="preserve">5562596428      </t>
   </si>
   <si>
     <t>23.3-8027-2021-007</t>
   </si>
   <si>
     <t>Redpill Linpro AB</t>
   </si>
@@ -1157,268 +1157,268 @@
       </c>
       <c r="E23" s="0" t="s">
         <v>56</v>
       </c>
       <c r="F23" s="0" t="s">
         <v>57</v>
       </c>
       <c r="G23" s="0" t="s">
         <v>58</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
         <v>85</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>86</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>87</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>12</v>
+        <v>43</v>
       </c>
       <c r="E24" s="0" t="s">
-        <v>13</v>
+        <v>44</v>
       </c>
       <c r="F24" s="0" t="s">
-        <v>14</v>
+        <v>45</v>
       </c>
       <c r="G24" s="0" t="s">
-        <v>15</v>
+        <v>46</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E25" s="0" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="F25" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G25" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
         <v>88</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>43</v>
+        <v>12</v>
       </c>
       <c r="E26" s="0" t="s">
-        <v>44</v>
+        <v>17</v>
       </c>
       <c r="F26" s="0" t="s">
-        <v>45</v>
+        <v>14</v>
       </c>
       <c r="G26" s="0" t="s">
-        <v>46</v>
+        <v>15</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
+        <v>91</v>
+      </c>
+      <c r="B27" s="0" t="s">
         <v>89</v>
       </c>
-      <c r="B27" s="0" t="s">
+      <c r="C27" s="0" t="s">
         <v>90</v>
       </c>
-      <c r="C27" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D27" s="0" t="s">
-        <v>29</v>
+        <v>43</v>
       </c>
       <c r="E27" s="0" t="s">
-        <v>30</v>
+        <v>44</v>
       </c>
       <c r="F27" s="0" t="s">
-        <v>31</v>
+        <v>45</v>
       </c>
       <c r="G27" s="0" t="s">
-        <v>32</v>
+        <v>46</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
         <v>92</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>29</v>
       </c>
       <c r="E28" s="0" t="s">
-        <v>93</v>
+        <v>30</v>
       </c>
       <c r="F28" s="0" t="s">
         <v>31</v>
       </c>
       <c r="G28" s="0" t="s">
         <v>32</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
-        <v>89</v>
+        <v>95</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>29</v>
       </c>
       <c r="E29" s="0" t="s">
-        <v>33</v>
+        <v>96</v>
       </c>
       <c r="F29" s="0" t="s">
         <v>31</v>
       </c>
       <c r="G29" s="0" t="s">
         <v>32</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
         <v>92</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>90</v>
+        <v>93</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>91</v>
+        <v>94</v>
       </c>
       <c r="D30" s="0" t="s">
         <v>29</v>
       </c>
       <c r="E30" s="0" t="s">
-        <v>94</v>
+        <v>33</v>
       </c>
       <c r="F30" s="0" t="s">
         <v>31</v>
       </c>
       <c r="G30" s="0" t="s">
         <v>32</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
         <v>95</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
       <c r="C31" s="0" t="s">
+        <v>94</v>
+      </c>
+      <c r="D31" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="E31" s="0" t="s">
         <v>97</v>
       </c>
-      <c r="D31" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F31" s="0" t="s">
-        <v>57</v>
+        <v>31</v>
       </c>
       <c r="G31" s="0" t="s">
-        <v>58</v>
+        <v>32</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
         <v>98</v>
       </c>
       <c r="B32" s="0" t="s">
         <v>99</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>100</v>
       </c>
       <c r="D32" s="0" t="s">
-        <v>43</v>
+        <v>21</v>
       </c>
       <c r="E32" s="0" t="s">
-        <v>44</v>
+        <v>56</v>
       </c>
       <c r="F32" s="0" t="s">
-        <v>45</v>
+        <v>57</v>
       </c>
       <c r="G32" s="0" t="s">
-        <v>46</v>
+        <v>58</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
         <v>101</v>
       </c>
       <c r="B33" s="0" t="s">
         <v>102</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>103</v>
       </c>
       <c r="D33" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E33" s="0" t="s">
         <v>56</v>
       </c>
       <c r="F33" s="0" t="s">
         <v>57</v>
       </c>
       <c r="G33" s="0" t="s">
@@ -1810,51 +1810,51 @@
       </c>
       <c r="F48" s="0" t="s">
         <v>31</v>
       </c>
       <c r="G48" s="0" t="s">
         <v>32</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
         <v>135</v>
       </c>
       <c r="B49" s="0" t="s">
         <v>132</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>133</v>
       </c>
       <c r="D49" s="0" t="s">
         <v>29</v>
       </c>
       <c r="E49" s="0" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="F49" s="0" t="s">
         <v>31</v>
       </c>
       <c r="G49" s="0" t="s">
         <v>32</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
         <v>134</v>
       </c>
       <c r="B50" s="0" t="s">
         <v>132</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>133</v>
       </c>
       <c r="D50" s="0" t="s">
         <v>29</v>
       </c>
       <c r="E50" s="0" t="s">
@@ -1862,51 +1862,51 @@
       </c>
       <c r="F50" s="0" t="s">
         <v>31</v>
       </c>
       <c r="G50" s="0" t="s">
         <v>32</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
         <v>135</v>
       </c>
       <c r="B51" s="0" t="s">
         <v>132</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>133</v>
       </c>
       <c r="D51" s="0" t="s">
         <v>29</v>
       </c>
       <c r="E51" s="0" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="F51" s="0" t="s">
         <v>31</v>
       </c>
       <c r="G51" s="0" t="s">
         <v>32</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
         <v>136</v>
       </c>
       <c r="B52" s="0" t="s">
         <v>137</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>138</v>
       </c>
       <c r="D52" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E52" s="0" t="s">
@@ -1966,51 +1966,51 @@
       </c>
       <c r="F54" s="0" t="s">
         <v>31</v>
       </c>
       <c r="G54" s="0" t="s">
         <v>32</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
         <v>140</v>
       </c>
       <c r="B55" s="0" t="s">
         <v>137</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>138</v>
       </c>
       <c r="D55" s="0" t="s">
         <v>29</v>
       </c>
       <c r="E55" s="0" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="F55" s="0" t="s">
         <v>31</v>
       </c>
       <c r="G55" s="0" t="s">
         <v>32</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
         <v>139</v>
       </c>
       <c r="B56" s="0" t="s">
         <v>137</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>138</v>
       </c>
       <c r="D56" s="0" t="s">
         <v>29</v>
       </c>
       <c r="E56" s="0" t="s">
@@ -2018,51 +2018,51 @@
       </c>
       <c r="F56" s="0" t="s">
         <v>31</v>
       </c>
       <c r="G56" s="0" t="s">
         <v>32</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
         <v>140</v>
       </c>
       <c r="B57" s="0" t="s">
         <v>137</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>138</v>
       </c>
       <c r="D57" s="0" t="s">
         <v>29</v>
       </c>
       <c r="E57" s="0" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="F57" s="0" t="s">
         <v>31</v>
       </c>
       <c r="G57" s="0" t="s">
         <v>32</v>
       </c>
       <c r="H57" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
         <v>141</v>
       </c>
       <c r="B58" s="0" t="s">
         <v>142</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>143</v>
       </c>
       <c r="D58" s="0" t="s">
         <v>38</v>
       </c>
       <c r="E58" s="0" t="s">
@@ -2096,51 +2096,51 @@
       </c>
       <c r="F59" s="0" t="s">
         <v>31</v>
       </c>
       <c r="G59" s="0" t="s">
         <v>32</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
         <v>147</v>
       </c>
       <c r="B60" s="0" t="s">
         <v>145</v>
       </c>
       <c r="C60" s="0" t="s">
         <v>146</v>
       </c>
       <c r="D60" s="0" t="s">
         <v>29</v>
       </c>
       <c r="E60" s="0" t="s">
-        <v>93</v>
+        <v>96</v>
       </c>
       <c r="F60" s="0" t="s">
         <v>31</v>
       </c>
       <c r="G60" s="0" t="s">
         <v>32</v>
       </c>
       <c r="H60" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
         <v>144</v>
       </c>
       <c r="B61" s="0" t="s">
         <v>145</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>146</v>
       </c>
       <c r="D61" s="0" t="s">
         <v>29</v>
       </c>
       <c r="E61" s="0" t="s">
@@ -2148,51 +2148,51 @@
       </c>
       <c r="F61" s="0" t="s">
         <v>31</v>
       </c>
       <c r="G61" s="0" t="s">
         <v>32</v>
       </c>
       <c r="H61" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
         <v>147</v>
       </c>
       <c r="B62" s="0" t="s">
         <v>145</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>146</v>
       </c>
       <c r="D62" s="0" t="s">
         <v>29</v>
       </c>
       <c r="E62" s="0" t="s">
-        <v>94</v>
+        <v>97</v>
       </c>
       <c r="F62" s="0" t="s">
         <v>31</v>
       </c>
       <c r="G62" s="0" t="s">
         <v>32</v>
       </c>
       <c r="H62" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
         <v>148</v>
       </c>
       <c r="B63" s="0" t="s">
         <v>149</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>150</v>
       </c>
       <c r="D63" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E63" s="0" t="s">