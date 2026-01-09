--- v1 (2025-12-02)
+++ v2 (2026-01-09)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Norra Älvs" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="151" uniqueCount="151">
   <si>
-    <t>Giltiga ramavtal för Norra Älvsborgs Räddningstjänstförbund 2025-12-02</t>
+    <t>Giltiga ramavtal för Norra Älvsborgs Räddningstjänstförbund 2026-01-09</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>