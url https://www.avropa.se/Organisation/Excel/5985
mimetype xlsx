--- v2 (2026-01-09)
+++ v3 (2026-02-18)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Norra Älvs" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="151" uniqueCount="151">
   <si>
-    <t>Giltiga ramavtal för Norra Älvsborgs Räddningstjänstförbund 2026-01-09</t>
+    <t>Giltiga ramavtal för Norra Älvsborgs Räddningstjänstförbund 2026-02-18</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>