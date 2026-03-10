--- v3 (2026-02-18)
+++ v4 (2026-03-10)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Norra Älvs" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="151" uniqueCount="151">
   <si>
-    <t>Giltiga ramavtal för Norra Älvsborgs Räddningstjänstförbund 2026-02-18</t>
+    <t>Giltiga ramavtal för Norra Älvsborgs Räddningstjänstförbund 2026-03-10</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>