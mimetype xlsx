--- v0 (2025-10-23)
+++ v1 (2025-12-02)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Sydnärkes " sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="202" uniqueCount="202">
   <si>
-    <t>Giltiga ramavtal för Sydnärkes Utbildningsförbund 2025-10-23</t>
+    <t>Giltiga ramavtal för Sydnärkes Utbildningsförbund 2025-12-02</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -331,50 +331,59 @@
   <si>
     <t>23.3-2650-2022-005</t>
   </si>
   <si>
     <t>Dustin Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566661012      </t>
   </si>
   <si>
     <t>23.3-8027-2021-005</t>
   </si>
   <si>
     <t>23.3-10517-20:004</t>
   </si>
   <si>
     <t>23.3-5890-2023-006</t>
   </si>
   <si>
     <t>Eccera IT Solutions AB</t>
   </si>
   <si>
     <t xml:space="preserve">5567714349      </t>
   </si>
   <si>
+    <t>23.3-10517-20:006</t>
+  </si>
+  <si>
+    <t>Forté Sweden AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5563657039      </t>
+  </si>
+  <si>
     <t>23.3-3081-2023-003</t>
   </si>
   <si>
     <t>Foxway AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564700309      </t>
   </si>
   <si>
     <t>23.3-10517-20:005</t>
   </si>
   <si>
     <t>23.3-10639-2023-005</t>
   </si>
   <si>
     <t>Fujitsu Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5561475897      </t>
   </si>
   <si>
     <t>23.3-2651-2022-007</t>
   </si>
   <si>
     <t>23.3-10150-2021-006</t>
@@ -382,59 +391,50 @@
   <si>
     <t>GlobalConnect AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565976122      </t>
   </si>
   <si>
     <t>23.3-10150-2021-001</t>
   </si>
   <si>
     <t>Kommunikationstjänster inom tele- och datakom / Kommunikationslösningar / Särskild fördelningsnyckel</t>
   </si>
   <si>
     <t>Kommunikationstjänster inom tele- och datakom / Kommunikationslösningar / Förnyad konkurrensutsättning</t>
   </si>
   <si>
     <t>23.3-2649-2022-004</t>
   </si>
   <si>
     <t>HiQ International AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565293205      </t>
   </si>
   <si>
-    <t>23.3-10517-20:006</t>
-[...7 lines deleted...]
-  <si>
     <t>23.3-2650-2022-006</t>
   </si>
   <si>
     <t>Insight Technology Solutions AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565559522      </t>
   </si>
   <si>
     <t>23.3-10639-2023-003</t>
   </si>
   <si>
     <t>Iver Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565753042      </t>
   </si>
   <si>
     <t>23.3-2649-2022-005</t>
   </si>
   <si>
     <t>Knowit Connectivity AB</t>
   </si>
   <si>
     <t xml:space="preserve">5562540673      </t>
@@ -460,51 +460,51 @@
   <si>
     <t>23.3-5890-2023-002</t>
   </si>
   <si>
     <t>Nordlo Advance AB (f.d.EPM Data)</t>
   </si>
   <si>
     <t xml:space="preserve">5564861689      </t>
   </si>
   <si>
     <t>23.3-10639-2023-007</t>
   </si>
   <si>
     <t>Nordlo Improve AB</t>
   </si>
   <si>
     <t xml:space="preserve">5562719129      </t>
   </si>
   <si>
     <t>23.3-11119-2021-003</t>
   </si>
   <si>
     <t>Office Sverige AB</t>
   </si>
   <si>
-    <t xml:space="preserve">5563544948      </t>
+    <t xml:space="preserve">5569926388      </t>
   </si>
   <si>
     <t>23.3-10639-2023-004</t>
   </si>
   <si>
     <t>Orange Business Digital Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566380639      </t>
   </si>
   <si>
     <t>23.3-5890-2023-005</t>
   </si>
   <si>
     <t>23.3-11119-2021-004</t>
   </si>
   <si>
     <t>Perfect Print Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566179486      </t>
   </si>
   <si>
     <t>23.3-2651-2022-005</t>
   </si>
@@ -1648,320 +1648,320 @@
       </c>
       <c r="E36" s="0" t="s">
         <v>25</v>
       </c>
       <c r="F36" s="0" t="s">
         <v>22</v>
       </c>
       <c r="G36" s="0" t="s">
         <v>23</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
         <v>107</v>
       </c>
       <c r="B37" s="0" t="s">
         <v>108</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>109</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>27</v>
+        <v>63</v>
       </c>
       <c r="E37" s="0" t="s">
-        <v>28</v>
+        <v>64</v>
       </c>
       <c r="F37" s="0" t="s">
-        <v>29</v>
+        <v>65</v>
       </c>
       <c r="G37" s="0" t="s">
-        <v>30</v>
+        <v>66</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
-        <v>107</v>
+        <v>110</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="D38" s="0" t="s">
         <v>27</v>
       </c>
       <c r="E38" s="0" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="F38" s="0" t="s">
         <v>29</v>
       </c>
       <c r="G38" s="0" t="s">
         <v>30</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
         <v>110</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>108</v>
+        <v>111</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>63</v>
+        <v>27</v>
       </c>
       <c r="E39" s="0" t="s">
-        <v>64</v>
+        <v>31</v>
       </c>
       <c r="F39" s="0" t="s">
-        <v>65</v>
+        <v>29</v>
       </c>
       <c r="G39" s="0" t="s">
-        <v>66</v>
+        <v>30</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="B40" s="0" t="s">
         <v>111</v>
       </c>
-      <c r="B40" s="0" t="s">
+      <c r="C40" s="0" t="s">
         <v>112</v>
       </c>
-      <c r="C40" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D40" s="0" t="s">
-        <v>20</v>
+        <v>63</v>
       </c>
       <c r="E40" s="0" t="s">
-        <v>21</v>
+        <v>64</v>
       </c>
       <c r="F40" s="0" t="s">
-        <v>22</v>
+        <v>65</v>
       </c>
       <c r="G40" s="0" t="s">
-        <v>23</v>
+        <v>66</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
         <v>114</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>12</v>
+        <v>20</v>
       </c>
       <c r="E41" s="0" t="s">
-        <v>13</v>
+        <v>21</v>
       </c>
       <c r="F41" s="0" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="G41" s="0" t="s">
-        <v>15</v>
+        <v>23</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
+        <v>117</v>
+      </c>
+      <c r="B42" s="0" t="s">
         <v>115</v>
       </c>
-      <c r="B42" s="0" t="s">
+      <c r="C42" s="0" t="s">
         <v>116</v>
       </c>
-      <c r="C42" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D42" s="0" t="s">
-        <v>39</v>
+        <v>12</v>
       </c>
       <c r="E42" s="0" t="s">
-        <v>40</v>
+        <v>13</v>
       </c>
       <c r="F42" s="0" t="s">
-        <v>41</v>
+        <v>14</v>
       </c>
       <c r="G42" s="0" t="s">
-        <v>42</v>
+        <v>15</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
         <v>118</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="D43" s="0" t="s">
         <v>39</v>
       </c>
       <c r="E43" s="0" t="s">
-        <v>119</v>
+        <v>40</v>
       </c>
       <c r="F43" s="0" t="s">
         <v>41</v>
       </c>
       <c r="G43" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
-        <v>115</v>
+        <v>121</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="D44" s="0" t="s">
         <v>39</v>
       </c>
       <c r="E44" s="0" t="s">
-        <v>43</v>
+        <v>122</v>
       </c>
       <c r="F44" s="0" t="s">
         <v>41</v>
       </c>
       <c r="G44" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
         <v>118</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="D45" s="0" t="s">
         <v>39</v>
       </c>
       <c r="E45" s="0" t="s">
-        <v>120</v>
+        <v>43</v>
       </c>
       <c r="F45" s="0" t="s">
         <v>41</v>
       </c>
       <c r="G45" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
         <v>121</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>122</v>
+        <v>119</v>
       </c>
       <c r="C46" s="0" t="s">
+        <v>120</v>
+      </c>
+      <c r="D46" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="E46" s="0" t="s">
         <v>123</v>
       </c>
-      <c r="D46" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F46" s="0" t="s">
-        <v>56</v>
+        <v>41</v>
       </c>
       <c r="G46" s="0" t="s">
-        <v>57</v>
+        <v>42</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
         <v>124</v>
       </c>
       <c r="B47" s="0" t="s">
         <v>125</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>126</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>63</v>
+        <v>12</v>
       </c>
       <c r="E47" s="0" t="s">
-        <v>64</v>
+        <v>55</v>
       </c>
       <c r="F47" s="0" t="s">
-        <v>65</v>
+        <v>56</v>
       </c>
       <c r="G47" s="0" t="s">
-        <v>66</v>
+        <v>57</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
         <v>127</v>
       </c>
       <c r="B48" s="0" t="s">
         <v>128</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>129</v>
       </c>
       <c r="D48" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E48" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F48" s="0" t="s">
         <v>34</v>
       </c>
       <c r="G48" s="0" t="s">
@@ -2665,51 +2665,51 @@
       </c>
       <c r="F75" s="0" t="s">
         <v>41</v>
       </c>
       <c r="G75" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H75" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="0" t="s">
         <v>182</v>
       </c>
       <c r="B76" s="0" t="s">
         <v>179</v>
       </c>
       <c r="C76" s="0" t="s">
         <v>180</v>
       </c>
       <c r="D76" s="0" t="s">
         <v>39</v>
       </c>
       <c r="E76" s="0" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="F76" s="0" t="s">
         <v>41</v>
       </c>
       <c r="G76" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H76" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="0" t="s">
         <v>181</v>
       </c>
       <c r="B77" s="0" t="s">
         <v>179</v>
       </c>
       <c r="C77" s="0" t="s">
         <v>180</v>
       </c>
       <c r="D77" s="0" t="s">
         <v>39</v>
       </c>
       <c r="E77" s="0" t="s">
@@ -2717,51 +2717,51 @@
       </c>
       <c r="F77" s="0" t="s">
         <v>41</v>
       </c>
       <c r="G77" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H77" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="0" t="s">
         <v>182</v>
       </c>
       <c r="B78" s="0" t="s">
         <v>179</v>
       </c>
       <c r="C78" s="0" t="s">
         <v>180</v>
       </c>
       <c r="D78" s="0" t="s">
         <v>39</v>
       </c>
       <c r="E78" s="0" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="F78" s="0" t="s">
         <v>41</v>
       </c>
       <c r="G78" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H78" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="0" t="s">
         <v>183</v>
       </c>
       <c r="B79" s="0" t="s">
         <v>184</v>
       </c>
       <c r="C79" s="0" t="s">
         <v>185</v>
       </c>
       <c r="D79" s="0" t="s">
         <v>27</v>
       </c>
       <c r="E79" s="0" t="s">
@@ -2821,51 +2821,51 @@
       </c>
       <c r="F81" s="0" t="s">
         <v>41</v>
       </c>
       <c r="G81" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H81" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="82">
       <c r="A82" s="0" t="s">
         <v>187</v>
       </c>
       <c r="B82" s="0" t="s">
         <v>184</v>
       </c>
       <c r="C82" s="0" t="s">
         <v>185</v>
       </c>
       <c r="D82" s="0" t="s">
         <v>39</v>
       </c>
       <c r="E82" s="0" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="F82" s="0" t="s">
         <v>41</v>
       </c>
       <c r="G82" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H82" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="0" t="s">
         <v>186</v>
       </c>
       <c r="B83" s="0" t="s">
         <v>184</v>
       </c>
       <c r="C83" s="0" t="s">
         <v>185</v>
       </c>
       <c r="D83" s="0" t="s">
         <v>39</v>
       </c>
       <c r="E83" s="0" t="s">
@@ -2873,51 +2873,51 @@
       </c>
       <c r="F83" s="0" t="s">
         <v>41</v>
       </c>
       <c r="G83" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H83" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="0" t="s">
         <v>187</v>
       </c>
       <c r="B84" s="0" t="s">
         <v>184</v>
       </c>
       <c r="C84" s="0" t="s">
         <v>185</v>
       </c>
       <c r="D84" s="0" t="s">
         <v>39</v>
       </c>
       <c r="E84" s="0" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="F84" s="0" t="s">
         <v>41</v>
       </c>
       <c r="G84" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H84" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="0" t="s">
         <v>188</v>
       </c>
       <c r="B85" s="0" t="s">
         <v>189</v>
       </c>
       <c r="C85" s="0" t="s">
         <v>190</v>
       </c>
       <c r="D85" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E85" s="0" t="s">
@@ -2951,51 +2951,51 @@
       </c>
       <c r="F86" s="0" t="s">
         <v>41</v>
       </c>
       <c r="G86" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H86" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="0" t="s">
         <v>194</v>
       </c>
       <c r="B87" s="0" t="s">
         <v>192</v>
       </c>
       <c r="C87" s="0" t="s">
         <v>193</v>
       </c>
       <c r="D87" s="0" t="s">
         <v>39</v>
       </c>
       <c r="E87" s="0" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="F87" s="0" t="s">
         <v>41</v>
       </c>
       <c r="G87" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H87" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="0" t="s">
         <v>191</v>
       </c>
       <c r="B88" s="0" t="s">
         <v>192</v>
       </c>
       <c r="C88" s="0" t="s">
         <v>193</v>
       </c>
       <c r="D88" s="0" t="s">
         <v>39</v>
       </c>
       <c r="E88" s="0" t="s">
@@ -3003,51 +3003,51 @@
       </c>
       <c r="F88" s="0" t="s">
         <v>41</v>
       </c>
       <c r="G88" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H88" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="0" t="s">
         <v>194</v>
       </c>
       <c r="B89" s="0" t="s">
         <v>192</v>
       </c>
       <c r="C89" s="0" t="s">
         <v>193</v>
       </c>
       <c r="D89" s="0" t="s">
         <v>39</v>
       </c>
       <c r="E89" s="0" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="F89" s="0" t="s">
         <v>41</v>
       </c>
       <c r="G89" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H89" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="0" t="s">
         <v>195</v>
       </c>
       <c r="B90" s="0" t="s">
         <v>196</v>
       </c>
       <c r="C90" s="0" t="s">
         <v>197</v>
       </c>
       <c r="D90" s="0" t="s">
         <v>48</v>
       </c>
       <c r="E90" s="0" t="s">