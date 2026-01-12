--- v1 (2025-12-02)
+++ v2 (2026-01-12)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Sydnärkes " sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="202" uniqueCount="202">
   <si>
-    <t>Giltiga ramavtal för Sydnärkes Utbildningsförbund 2025-12-02</t>
+    <t>Giltiga ramavtal för Sydnärkes Utbildningsförbund 2026-01-12</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>