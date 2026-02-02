--- v2 (2026-01-12)
+++ v3 (2026-02-02)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Sydnärkes " sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="202" uniqueCount="202">
   <si>
-    <t>Giltiga ramavtal för Sydnärkes Utbildningsförbund 2026-01-12</t>
+    <t>Giltiga ramavtal för Sydnärkes Utbildningsförbund 2026-02-02</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>