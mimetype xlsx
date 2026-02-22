--- v3 (2026-02-02)
+++ v4 (2026-02-22)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Sydnärkes " sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="202" uniqueCount="202">
   <si>
-    <t>Giltiga ramavtal för Sydnärkes Utbildningsförbund 2026-02-02</t>
+    <t>Giltiga ramavtal för Sydnärkes Utbildningsförbund 2026-02-22</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>