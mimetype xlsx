--- v4 (2026-02-22)
+++ v5 (2026-03-14)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Sydnärkes " sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="202" uniqueCount="202">
   <si>
-    <t>Giltiga ramavtal för Sydnärkes Utbildningsförbund 2026-02-22</t>
+    <t>Giltiga ramavtal för Sydnärkes Utbildningsförbund 2026-03-14</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>