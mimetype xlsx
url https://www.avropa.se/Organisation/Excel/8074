--- v0 (2025-10-28)
+++ v1 (2025-12-10)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för GöLiSka IT" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="131" uniqueCount="131">
   <si>
-    <t>Giltiga ramavtal för GöLiSka IT 2025-10-29</t>
+    <t>Giltiga ramavtal för GöLiSka IT 2025-12-10</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -238,93 +238,93 @@
   <si>
     <t>23.3-2771-21:004</t>
   </si>
   <si>
     <t>Cuebid Väst AB</t>
   </si>
   <si>
     <t xml:space="preserve">5591484968      </t>
   </si>
   <si>
     <t>23.3-2771-21:005</t>
   </si>
   <si>
     <t>Dustin Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566661012      </t>
   </si>
   <si>
     <t>23.3-10517-20:004</t>
   </si>
   <si>
     <t>23.3-5432-19:008</t>
   </si>
   <si>
+    <t>23.3-10517-20:006</t>
+  </si>
+  <si>
+    <t>Forté Sweden AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5563657039      </t>
+  </si>
+  <si>
     <t>23.3-10517-20:005</t>
   </si>
   <si>
     <t>Foxway AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564700309      </t>
   </si>
   <si>
     <t>23.3-10150-2021-006</t>
   </si>
   <si>
     <t>GlobalConnect AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565976122      </t>
   </si>
   <si>
     <t>23.3-10150-2021-001</t>
   </si>
   <si>
     <t>Kommunikationstjänster inom tele- och datakom / Kommunikationslösningar / Särskild fördelningsnyckel</t>
   </si>
   <si>
     <t>Kommunikationstjänster inom tele- och datakom / Kommunikationslösningar / Förnyad konkurrensutsättning</t>
   </si>
   <si>
     <t>23.3-2965-20:005</t>
   </si>
   <si>
     <t>IDEMIA Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5560297250      </t>
-  </si>
-[...7 lines deleted...]
-    <t xml:space="preserve">5563657039      </t>
   </si>
   <si>
     <t>23.3-2771-21:011</t>
   </si>
   <si>
     <t>NetNordic Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566997309      </t>
   </si>
   <si>
     <t>23.3-2771-21:012</t>
   </si>
   <si>
     <t>Orange Cyberdefense Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565897211      </t>
   </si>
   <si>
     <t>23.3-2771-21:006</t>
   </si>
   <si>
     <t>Proact IT Sweden AB</t>
   </si>
@@ -1149,219 +1149,219 @@
       </c>
       <c r="E25" s="0" t="s">
         <v>51</v>
       </c>
       <c r="F25" s="0" t="s">
         <v>52</v>
       </c>
       <c r="G25" s="0" t="s">
         <v>53</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
         <v>79</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>80</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>81</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>34</v>
+        <v>50</v>
       </c>
       <c r="E26" s="0" t="s">
-        <v>35</v>
+        <v>51</v>
       </c>
       <c r="F26" s="0" t="s">
-        <v>36</v>
+        <v>52</v>
       </c>
       <c r="G26" s="0" t="s">
-        <v>37</v>
+        <v>53</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
         <v>82</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>34</v>
       </c>
       <c r="E27" s="0" t="s">
-        <v>83</v>
+        <v>35</v>
       </c>
       <c r="F27" s="0" t="s">
         <v>36</v>
       </c>
       <c r="G27" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
-        <v>79</v>
+        <v>85</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>34</v>
       </c>
       <c r="E28" s="0" t="s">
-        <v>38</v>
+        <v>86</v>
       </c>
       <c r="F28" s="0" t="s">
         <v>36</v>
       </c>
       <c r="G28" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
         <v>82</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>34</v>
       </c>
       <c r="E29" s="0" t="s">
-        <v>84</v>
+        <v>38</v>
       </c>
       <c r="F29" s="0" t="s">
         <v>36</v>
       </c>
       <c r="G29" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
         <v>85</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>86</v>
+        <v>83</v>
       </c>
       <c r="C30" s="0" t="s">
+        <v>84</v>
+      </c>
+      <c r="D30" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="E30" s="0" t="s">
         <v>87</v>
       </c>
-      <c r="D30" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F30" s="0" t="s">
-        <v>14</v>
+        <v>36</v>
       </c>
       <c r="G30" s="0" t="s">
-        <v>15</v>
+        <v>37</v>
       </c>
       <c r="H30" s="0" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
-        <v>85</v>
+        <v>88</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>86</v>
+        <v>89</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>87</v>
+        <v>90</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="E31" s="0" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="F31" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G31" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
         <v>88</v>
       </c>
       <c r="B32" s="0" t="s">
         <v>89</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>90</v>
       </c>
       <c r="D32" s="0" t="s">
-        <v>50</v>
+        <v>16</v>
       </c>
       <c r="E32" s="0" t="s">
-        <v>51</v>
+        <v>17</v>
       </c>
       <c r="F32" s="0" t="s">
-        <v>52</v>
+        <v>14</v>
       </c>
       <c r="G32" s="0" t="s">
-        <v>53</v>
+        <v>15</v>
       </c>
       <c r="H32" s="0" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
         <v>91</v>
       </c>
       <c r="B33" s="0" t="s">
         <v>92</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>93</v>
       </c>
       <c r="D33" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E33" s="0" t="s">
         <v>40</v>
       </c>
       <c r="F33" s="0" t="s">
         <v>41</v>
       </c>
       <c r="G33" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H33" s="0" t="s">
@@ -1620,51 +1620,51 @@
       </c>
       <c r="F43" s="0" t="s">
         <v>36</v>
       </c>
       <c r="G43" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
         <v>116</v>
       </c>
       <c r="B44" s="0" t="s">
         <v>114</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>115</v>
       </c>
       <c r="D44" s="0" t="s">
         <v>34</v>
       </c>
       <c r="E44" s="0" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="F44" s="0" t="s">
         <v>36</v>
       </c>
       <c r="G44" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
         <v>113</v>
       </c>
       <c r="B45" s="0" t="s">
         <v>114</v>
       </c>
       <c r="C45" s="0" t="s">
         <v>115</v>
       </c>
       <c r="D45" s="0" t="s">
         <v>34</v>
       </c>
       <c r="E45" s="0" t="s">
@@ -1672,51 +1672,51 @@
       </c>
       <c r="F45" s="0" t="s">
         <v>36</v>
       </c>
       <c r="G45" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
         <v>116</v>
       </c>
       <c r="B46" s="0" t="s">
         <v>114</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>115</v>
       </c>
       <c r="D46" s="0" t="s">
         <v>34</v>
       </c>
       <c r="E46" s="0" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="F46" s="0" t="s">
         <v>36</v>
       </c>
       <c r="G46" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
         <v>117</v>
       </c>
       <c r="B47" s="0" t="s">
         <v>114</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>115</v>
       </c>
       <c r="D47" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E47" s="0" t="s">
@@ -1750,51 +1750,51 @@
       </c>
       <c r="F48" s="0" t="s">
         <v>36</v>
       </c>
       <c r="G48" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
         <v>121</v>
       </c>
       <c r="B49" s="0" t="s">
         <v>119</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>120</v>
       </c>
       <c r="D49" s="0" t="s">
         <v>34</v>
       </c>
       <c r="E49" s="0" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="F49" s="0" t="s">
         <v>36</v>
       </c>
       <c r="G49" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
         <v>118</v>
       </c>
       <c r="B50" s="0" t="s">
         <v>119</v>
       </c>
       <c r="C50" s="0" t="s">
         <v>120</v>
       </c>
       <c r="D50" s="0" t="s">
         <v>34</v>
       </c>
       <c r="E50" s="0" t="s">
@@ -1802,51 +1802,51 @@
       </c>
       <c r="F50" s="0" t="s">
         <v>36</v>
       </c>
       <c r="G50" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
         <v>121</v>
       </c>
       <c r="B51" s="0" t="s">
         <v>119</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>120</v>
       </c>
       <c r="D51" s="0" t="s">
         <v>34</v>
       </c>
       <c r="E51" s="0" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="F51" s="0" t="s">
         <v>36</v>
       </c>
       <c r="G51" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
         <v>122</v>
       </c>
       <c r="B52" s="0" t="s">
         <v>123</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>124</v>
       </c>
       <c r="D52" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E52" s="0" t="s">
@@ -1958,51 +1958,51 @@
       </c>
       <c r="F56" s="0" t="s">
         <v>36</v>
       </c>
       <c r="G56" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
         <v>130</v>
       </c>
       <c r="B57" s="0" t="s">
         <v>128</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>129</v>
       </c>
       <c r="D57" s="0" t="s">
         <v>34</v>
       </c>
       <c r="E57" s="0" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="F57" s="0" t="s">
         <v>36</v>
       </c>
       <c r="G57" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H57" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
         <v>127</v>
       </c>
       <c r="B58" s="0" t="s">
         <v>128</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>129</v>
       </c>
       <c r="D58" s="0" t="s">
         <v>34</v>
       </c>
       <c r="E58" s="0" t="s">
@@ -2010,51 +2010,51 @@
       </c>
       <c r="F58" s="0" t="s">
         <v>36</v>
       </c>
       <c r="G58" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
         <v>130</v>
       </c>
       <c r="B59" s="0" t="s">
         <v>128</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>129</v>
       </c>
       <c r="D59" s="0" t="s">
         <v>34</v>
       </c>
       <c r="E59" s="0" t="s">
-        <v>84</v>
+        <v>87</v>
       </c>
       <c r="F59" s="0" t="s">
         <v>36</v>
       </c>
       <c r="G59" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>25</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
   </mergeCells>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=EPPlusLicense.txt>This workbook was created with the EPPlus library, licensed to Kammarkollegiet under the Polyform Noncommercial license, see https://polyformproject.org/licenses/noncommercial/1.0.0
 For more information about EPPlus, see https://epplussoftware.com/
 
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>