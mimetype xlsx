--- v1 (2025-12-10)
+++ v2 (2026-01-17)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för GöLiSka IT" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="131" uniqueCount="131">
   <si>
-    <t>Giltiga ramavtal för GöLiSka IT 2025-12-10</t>
+    <t>Giltiga ramavtal för GöLiSka IT 2026-01-17</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>