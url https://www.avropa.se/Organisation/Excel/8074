--- v2 (2026-01-17)
+++ v3 (2026-02-06)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för GöLiSka IT" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="131" uniqueCount="131">
   <si>
-    <t>Giltiga ramavtal för GöLiSka IT 2026-01-17</t>
+    <t>Giltiga ramavtal för GöLiSka IT 2026-02-06</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>