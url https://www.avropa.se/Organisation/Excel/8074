--- v3 (2026-02-06)
+++ v4 (2026-02-26)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för GöLiSka IT" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="131" uniqueCount="131">
   <si>
-    <t>Giltiga ramavtal för GöLiSka IT 2026-02-06</t>
+    <t>Giltiga ramavtal för GöLiSka IT 2026-02-26</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>