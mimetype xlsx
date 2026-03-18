--- v4 (2026-02-26)
+++ v5 (2026-03-18)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för GöLiSka IT" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="131" uniqueCount="131">
   <si>
-    <t>Giltiga ramavtal för GöLiSka IT 2026-02-26</t>
+    <t>Giltiga ramavtal för GöLiSka IT 2026-03-18</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>