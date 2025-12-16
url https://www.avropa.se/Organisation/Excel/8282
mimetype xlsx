--- v0 (2025-10-17)
+++ v1 (2025-12-16)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Västra Mäl" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="182" uniqueCount="182">
   <si>
-    <t>Giltiga ramavtal för Västra Mälardalens Kommunalförbund 2025-10-17</t>
+    <t>Giltiga ramavtal för Västra Mälardalens Kommunalförbund 2025-12-16</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -322,114 +322,114 @@
   <si>
     <t>Cuebid Väst AB</t>
   </si>
   <si>
     <t xml:space="preserve">5591484968      </t>
   </si>
   <si>
     <t>23.3-8027-2021-005</t>
   </si>
   <si>
     <t>Dustin Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566661012      </t>
   </si>
   <si>
     <t>23.3-2771-21:005</t>
   </si>
   <si>
     <t>23.3-10517-20:004</t>
   </si>
   <si>
     <t>23.3-5432-19:008</t>
   </si>
   <si>
+    <t>23.3-10517-20:006</t>
+  </si>
+  <si>
+    <t>Forté Sweden AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5563657039      </t>
+  </si>
+  <si>
     <t>23.3-3081-2023-003</t>
   </si>
   <si>
     <t>Foxway AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564700309      </t>
   </si>
   <si>
     <t>23.3-10517-20:005</t>
   </si>
   <si>
     <t>23.3-10150-2021-006</t>
   </si>
   <si>
     <t>GlobalConnect AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565976122      </t>
   </si>
   <si>
     <t>23.3-10150-2021-001</t>
   </si>
   <si>
     <t>Kommunikationstjänster inom tele- och datakom / Kommunikationslösningar / Särskild fördelningsnyckel</t>
   </si>
   <si>
     <t>Kommunikationstjänster inom tele- och datakom / Kommunikationslösningar / Förnyad konkurrensutsättning</t>
   </si>
   <si>
     <t>23.3-2965-20:005</t>
   </si>
   <si>
     <t>IDEMIA Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5560297250      </t>
   </si>
   <si>
-    <t>23.3-10517-20:006</t>
-[...7 lines deleted...]
-  <si>
     <t>23.3-2771-21:011</t>
   </si>
   <si>
     <t>NetNordic Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566997309      </t>
   </si>
   <si>
     <t>23.3-11119-2021-003</t>
   </si>
   <si>
     <t>Office Sverige AB</t>
   </si>
   <si>
-    <t xml:space="preserve">5563544948      </t>
+    <t xml:space="preserve">5569926388      </t>
   </si>
   <si>
     <t>23.3-2771-21:012</t>
   </si>
   <si>
     <t>Orange Cyberdefense Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565897211      </t>
   </si>
   <si>
     <t>23.3-11119-2021-004</t>
   </si>
   <si>
     <t>Perfect Print Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566179486      </t>
   </si>
   <si>
     <t>23.3-2771-21:006</t>
   </si>
   <si>
     <t>Proact IT Sweden AB</t>
   </si>
@@ -1588,297 +1588,297 @@
       </c>
       <c r="E36" s="0" t="s">
         <v>33</v>
       </c>
       <c r="F36" s="0" t="s">
         <v>30</v>
       </c>
       <c r="G36" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>31</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
         <v>104</v>
       </c>
       <c r="B37" s="0" t="s">
         <v>105</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>106</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>21</v>
+        <v>68</v>
       </c>
       <c r="E37" s="0" t="s">
-        <v>22</v>
+        <v>69</v>
       </c>
       <c r="F37" s="0" t="s">
-        <v>23</v>
+        <v>70</v>
       </c>
       <c r="G37" s="0" t="s">
-        <v>24</v>
+        <v>71</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
-        <v>104</v>
+        <v>107</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="D38" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E38" s="0" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="F38" s="0" t="s">
         <v>23</v>
       </c>
       <c r="G38" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
         <v>107</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>105</v>
+        <v>108</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>106</v>
+        <v>109</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>68</v>
+        <v>21</v>
       </c>
       <c r="E39" s="0" t="s">
-        <v>69</v>
+        <v>26</v>
       </c>
       <c r="F39" s="0" t="s">
-        <v>70</v>
+        <v>23</v>
       </c>
       <c r="G39" s="0" t="s">
-        <v>71</v>
+        <v>24</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
+        <v>110</v>
+      </c>
+      <c r="B40" s="0" t="s">
         <v>108</v>
       </c>
-      <c r="B40" s="0" t="s">
+      <c r="C40" s="0" t="s">
         <v>109</v>
       </c>
-      <c r="C40" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D40" s="0" t="s">
-        <v>40</v>
+        <v>68</v>
       </c>
       <c r="E40" s="0" t="s">
-        <v>41</v>
+        <v>69</v>
       </c>
       <c r="F40" s="0" t="s">
-        <v>42</v>
+        <v>70</v>
       </c>
       <c r="G40" s="0" t="s">
-        <v>43</v>
+        <v>71</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
         <v>111</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="D41" s="0" t="s">
         <v>40</v>
       </c>
       <c r="E41" s="0" t="s">
-        <v>112</v>
+        <v>41</v>
       </c>
       <c r="F41" s="0" t="s">
         <v>42</v>
       </c>
       <c r="G41" s="0" t="s">
         <v>43</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
-        <v>108</v>
+        <v>114</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="D42" s="0" t="s">
         <v>40</v>
       </c>
       <c r="E42" s="0" t="s">
-        <v>44</v>
+        <v>115</v>
       </c>
       <c r="F42" s="0" t="s">
         <v>42</v>
       </c>
       <c r="G42" s="0" t="s">
         <v>43</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
         <v>111</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>109</v>
+        <v>112</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>110</v>
+        <v>113</v>
       </c>
       <c r="D43" s="0" t="s">
         <v>40</v>
       </c>
       <c r="E43" s="0" t="s">
-        <v>113</v>
+        <v>44</v>
       </c>
       <c r="F43" s="0" t="s">
         <v>42</v>
       </c>
       <c r="G43" s="0" t="s">
         <v>43</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
         <v>114</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>115</v>
+        <v>112</v>
       </c>
       <c r="C44" s="0" t="s">
+        <v>113</v>
+      </c>
+      <c r="D44" s="0" t="s">
+        <v>40</v>
+      </c>
+      <c r="E44" s="0" t="s">
         <v>116</v>
       </c>
-      <c r="D44" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F44" s="0" t="s">
-        <v>14</v>
+        <v>42</v>
       </c>
       <c r="G44" s="0" t="s">
-        <v>15</v>
+        <v>43</v>
       </c>
       <c r="H44" s="0" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
-        <v>114</v>
+        <v>117</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>115</v>
+        <v>118</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="E45" s="0" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="F45" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G45" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
         <v>117</v>
       </c>
       <c r="B46" s="0" t="s">
         <v>118</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>119</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>68</v>
+        <v>16</v>
       </c>
       <c r="E46" s="0" t="s">
-        <v>69</v>
+        <v>17</v>
       </c>
       <c r="F46" s="0" t="s">
-        <v>70</v>
+        <v>14</v>
       </c>
       <c r="G46" s="0" t="s">
-        <v>71</v>
+        <v>15</v>
       </c>
       <c r="H46" s="0" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
         <v>120</v>
       </c>
       <c r="B47" s="0" t="s">
         <v>121</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>122</v>
       </c>
       <c r="D47" s="0" t="s">
         <v>28</v>
       </c>
       <c r="E47" s="0" t="s">
         <v>46</v>
       </c>
       <c r="F47" s="0" t="s">
         <v>47</v>
       </c>
       <c r="G47" s="0" t="s">
         <v>48</v>
       </c>
       <c r="H47" s="0" t="s">
@@ -2449,51 +2449,51 @@
       </c>
       <c r="F69" s="0" t="s">
         <v>42</v>
       </c>
       <c r="G69" s="0" t="s">
         <v>43</v>
       </c>
       <c r="H69" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
         <v>162</v>
       </c>
       <c r="B70" s="0" t="s">
         <v>159</v>
       </c>
       <c r="C70" s="0" t="s">
         <v>160</v>
       </c>
       <c r="D70" s="0" t="s">
         <v>40</v>
       </c>
       <c r="E70" s="0" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="F70" s="0" t="s">
         <v>42</v>
       </c>
       <c r="G70" s="0" t="s">
         <v>43</v>
       </c>
       <c r="H70" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
         <v>161</v>
       </c>
       <c r="B71" s="0" t="s">
         <v>159</v>
       </c>
       <c r="C71" s="0" t="s">
         <v>160</v>
       </c>
       <c r="D71" s="0" t="s">
         <v>40</v>
       </c>
       <c r="E71" s="0" t="s">
@@ -2501,51 +2501,51 @@
       </c>
       <c r="F71" s="0" t="s">
         <v>42</v>
       </c>
       <c r="G71" s="0" t="s">
         <v>43</v>
       </c>
       <c r="H71" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
         <v>162</v>
       </c>
       <c r="B72" s="0" t="s">
         <v>159</v>
       </c>
       <c r="C72" s="0" t="s">
         <v>160</v>
       </c>
       <c r="D72" s="0" t="s">
         <v>40</v>
       </c>
       <c r="E72" s="0" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="F72" s="0" t="s">
         <v>42</v>
       </c>
       <c r="G72" s="0" t="s">
         <v>43</v>
       </c>
       <c r="H72" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="0" t="s">
         <v>163</v>
       </c>
       <c r="B73" s="0" t="s">
         <v>159</v>
       </c>
       <c r="C73" s="0" t="s">
         <v>160</v>
       </c>
       <c r="D73" s="0" t="s">
         <v>28</v>
       </c>
       <c r="E73" s="0" t="s">
@@ -2631,51 +2631,51 @@
       </c>
       <c r="F76" s="0" t="s">
         <v>42</v>
       </c>
       <c r="G76" s="0" t="s">
         <v>43</v>
       </c>
       <c r="H76" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="0" t="s">
         <v>168</v>
       </c>
       <c r="B77" s="0" t="s">
         <v>165</v>
       </c>
       <c r="C77" s="0" t="s">
         <v>166</v>
       </c>
       <c r="D77" s="0" t="s">
         <v>40</v>
       </c>
       <c r="E77" s="0" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="F77" s="0" t="s">
         <v>42</v>
       </c>
       <c r="G77" s="0" t="s">
         <v>43</v>
       </c>
       <c r="H77" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="0" t="s">
         <v>167</v>
       </c>
       <c r="B78" s="0" t="s">
         <v>165</v>
       </c>
       <c r="C78" s="0" t="s">
         <v>166</v>
       </c>
       <c r="D78" s="0" t="s">
         <v>40</v>
       </c>
       <c r="E78" s="0" t="s">
@@ -2683,51 +2683,51 @@
       </c>
       <c r="F78" s="0" t="s">
         <v>42</v>
       </c>
       <c r="G78" s="0" t="s">
         <v>43</v>
       </c>
       <c r="H78" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="79">
       <c r="A79" s="0" t="s">
         <v>168</v>
       </c>
       <c r="B79" s="0" t="s">
         <v>165</v>
       </c>
       <c r="C79" s="0" t="s">
         <v>166</v>
       </c>
       <c r="D79" s="0" t="s">
         <v>40</v>
       </c>
       <c r="E79" s="0" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="F79" s="0" t="s">
         <v>42</v>
       </c>
       <c r="G79" s="0" t="s">
         <v>43</v>
       </c>
       <c r="H79" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="80">
       <c r="A80" s="0" t="s">
         <v>169</v>
       </c>
       <c r="B80" s="0" t="s">
         <v>170</v>
       </c>
       <c r="C80" s="0" t="s">
         <v>171</v>
       </c>
       <c r="D80" s="0" t="s">
         <v>62</v>
       </c>
       <c r="E80" s="0" t="s">
@@ -2865,51 +2865,51 @@
       </c>
       <c r="F85" s="0" t="s">
         <v>42</v>
       </c>
       <c r="G85" s="0" t="s">
         <v>43</v>
       </c>
       <c r="H85" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="0" t="s">
         <v>178</v>
       </c>
       <c r="B86" s="0" t="s">
         <v>176</v>
       </c>
       <c r="C86" s="0" t="s">
         <v>177</v>
       </c>
       <c r="D86" s="0" t="s">
         <v>40</v>
       </c>
       <c r="E86" s="0" t="s">
-        <v>112</v>
+        <v>115</v>
       </c>
       <c r="F86" s="0" t="s">
         <v>42</v>
       </c>
       <c r="G86" s="0" t="s">
         <v>43</v>
       </c>
       <c r="H86" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="0" t="s">
         <v>175</v>
       </c>
       <c r="B87" s="0" t="s">
         <v>176</v>
       </c>
       <c r="C87" s="0" t="s">
         <v>177</v>
       </c>
       <c r="D87" s="0" t="s">
         <v>40</v>
       </c>
       <c r="E87" s="0" t="s">
@@ -2917,51 +2917,51 @@
       </c>
       <c r="F87" s="0" t="s">
         <v>42</v>
       </c>
       <c r="G87" s="0" t="s">
         <v>43</v>
       </c>
       <c r="H87" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="0" t="s">
         <v>178</v>
       </c>
       <c r="B88" s="0" t="s">
         <v>176</v>
       </c>
       <c r="C88" s="0" t="s">
         <v>177</v>
       </c>
       <c r="D88" s="0" t="s">
         <v>40</v>
       </c>
       <c r="E88" s="0" t="s">
-        <v>113</v>
+        <v>116</v>
       </c>
       <c r="F88" s="0" t="s">
         <v>42</v>
       </c>
       <c r="G88" s="0" t="s">
         <v>43</v>
       </c>
       <c r="H88" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="0" t="s">
         <v>179</v>
       </c>
       <c r="B89" s="0" t="s">
         <v>180</v>
       </c>
       <c r="C89" s="0" t="s">
         <v>181</v>
       </c>
       <c r="D89" s="0" t="s">
         <v>56</v>
       </c>
       <c r="E89" s="0" t="s">