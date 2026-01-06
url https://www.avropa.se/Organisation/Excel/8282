--- v1 (2025-12-16)
+++ v2 (2026-01-06)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Västra Mäl" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="182" uniqueCount="182">
   <si>
-    <t>Giltiga ramavtal för Västra Mälardalens Kommunalförbund 2025-12-16</t>
+    <t>Giltiga ramavtal för Västra Mälardalens Kommunalförbund 2026-01-06</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>