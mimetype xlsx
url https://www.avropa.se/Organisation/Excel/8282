--- v2 (2026-01-06)
+++ v3 (2026-02-14)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Västra Mäl" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="182" uniqueCount="182">
   <si>
-    <t>Giltiga ramavtal för Västra Mälardalens Kommunalförbund 2026-01-06</t>
+    <t>Giltiga ramavtal för Västra Mälardalens Kommunalförbund 2026-02-14</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>