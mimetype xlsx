--- v3 (2026-02-14)
+++ v4 (2026-03-07)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Västra Mäl" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="182" uniqueCount="182">
   <si>
-    <t>Giltiga ramavtal för Västra Mälardalens Kommunalförbund 2026-02-14</t>
+    <t>Giltiga ramavtal för Västra Mälardalens Kommunalförbund 2026-03-07</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>