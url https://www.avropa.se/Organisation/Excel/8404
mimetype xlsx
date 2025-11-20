--- v0 (2025-10-29)
+++ v1 (2025-11-20)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Räddningst" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="163" uniqueCount="163">
   <si>
-    <t>Giltiga ramavtal för Räddningstjänsten Höga Kusten-Ådalen 2025-10-29</t>
+    <t>Giltiga ramavtal för Räddningstjänsten Höga Kusten-Ådalen 2025-11-20</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>