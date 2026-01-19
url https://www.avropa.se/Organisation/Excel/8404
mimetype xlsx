--- v1 (2025-11-20)
+++ v2 (2026-01-19)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Räddningst" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="163" uniqueCount="163">
   <si>
-    <t>Giltiga ramavtal för Räddningstjänsten Höga Kusten-Ådalen 2025-11-20</t>
+    <t>Giltiga ramavtal för Räddningstjänsten Höga Kusten-Ådalen 2026-01-19</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>