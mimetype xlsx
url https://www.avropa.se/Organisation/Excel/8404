--- v2 (2026-01-19)
+++ v3 (2026-02-09)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Räddningst" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="163" uniqueCount="163">
   <si>
-    <t>Giltiga ramavtal för Räddningstjänsten Höga Kusten-Ådalen 2026-01-19</t>
+    <t>Giltiga ramavtal för Räddningstjänsten Höga Kusten-Ådalen 2026-02-09</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -283,114 +283,114 @@
   <si>
     <t>23.3-8027-2021-005</t>
   </si>
   <si>
     <t>Dustin Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566661012      </t>
   </si>
   <si>
     <t>23.3-2771-21:005</t>
   </si>
   <si>
     <t>23.3-5432-19:008</t>
   </si>
   <si>
     <t>23.3-4104-2022-006</t>
   </si>
   <si>
     <t>Finlarm Aktiebolag</t>
   </si>
   <si>
     <t xml:space="preserve">5563767382      </t>
   </si>
   <si>
+    <t>23.3-957-2022-001</t>
+  </si>
+  <si>
+    <t>GEP Sweden AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5591341705      </t>
+  </si>
+  <si>
+    <t>Operatörstjänst för elektroniska meddelanden</t>
+  </si>
+  <si>
+    <t>Operatörstjänst för elektroniska meddelanden / Operatörstjänst för elektroniska meddelanden</t>
+  </si>
+  <si>
+    <t>2023-04-14</t>
+  </si>
+  <si>
+    <t>2027-04-13</t>
+  </si>
+  <si>
     <t>23.3-4104-2022-009</t>
   </si>
   <si>
     <t>Great Security Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565354726      </t>
   </si>
   <si>
     <t>23.3-2649-2022-004</t>
   </si>
   <si>
     <t>HiQ International AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565293205      </t>
   </si>
   <si>
     <t>23.3-2649-2022-005</t>
   </si>
   <si>
     <t>Knowit Connectivity AB</t>
   </si>
   <si>
     <t xml:space="preserve">5562540673      </t>
   </si>
   <si>
     <t>23.3-4104-2022-005</t>
   </si>
   <si>
     <t>LåsTeam Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565808473      </t>
   </si>
   <si>
     <t>23.3-2771-21:011</t>
   </si>
   <si>
     <t>NetNordic Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566997309      </t>
-  </si>
-[...19 lines deleted...]
-    <t>2027-04-13</t>
   </si>
   <si>
     <t>23.3-2771-21:012</t>
   </si>
   <si>
     <t>Orange Cyberdefense Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565897211      </t>
   </si>
   <si>
     <t>23.3-957-2022-002</t>
   </si>
   <si>
     <t>Pagero Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5567522981      </t>
   </si>
   <si>
     <t>23.3-2771-21:006</t>
   </si>
   <si>
     <t>Proact IT Sweden AB</t>
   </si>
@@ -1271,242 +1271,242 @@
       </c>
       <c r="E26" s="0" t="s">
         <v>50</v>
       </c>
       <c r="F26" s="0" t="s">
         <v>51</v>
       </c>
       <c r="G26" s="0" t="s">
         <v>52</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
         <v>91</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>92</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>93</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>22</v>
+        <v>94</v>
       </c>
       <c r="E27" s="0" t="s">
-        <v>50</v>
+        <v>95</v>
       </c>
       <c r="F27" s="0" t="s">
-        <v>51</v>
+        <v>96</v>
       </c>
       <c r="G27" s="0" t="s">
-        <v>52</v>
+        <v>97</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
-        <v>94</v>
+        <v>98</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>95</v>
+        <v>99</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>96</v>
+        <v>100</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>36</v>
+        <v>22</v>
       </c>
       <c r="E28" s="0" t="s">
-        <v>37</v>
+        <v>50</v>
       </c>
       <c r="F28" s="0" t="s">
-        <v>38</v>
+        <v>51</v>
       </c>
       <c r="G28" s="0" t="s">
-        <v>39</v>
+        <v>52</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
-        <v>97</v>
+        <v>101</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>98</v>
+        <v>102</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>99</v>
+        <v>103</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>36</v>
       </c>
       <c r="E29" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F29" s="0" t="s">
         <v>38</v>
       </c>
       <c r="G29" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
-        <v>100</v>
+        <v>104</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>101</v>
+        <v>105</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>102</v>
+        <v>106</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="E30" s="0" t="s">
-        <v>50</v>
+        <v>37</v>
       </c>
       <c r="F30" s="0" t="s">
-        <v>51</v>
+        <v>38</v>
       </c>
       <c r="G30" s="0" t="s">
-        <v>52</v>
+        <v>39</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
-        <v>103</v>
+        <v>107</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>104</v>
+        <v>108</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>105</v>
+        <v>109</v>
       </c>
       <c r="D31" s="0" t="s">
-        <v>12</v>
+        <v>22</v>
       </c>
       <c r="E31" s="0" t="s">
-        <v>30</v>
+        <v>50</v>
       </c>
       <c r="F31" s="0" t="s">
-        <v>31</v>
+        <v>51</v>
       </c>
       <c r="G31" s="0" t="s">
-        <v>32</v>
+        <v>52</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
-        <v>106</v>
+        <v>110</v>
       </c>
       <c r="B32" s="0" t="s">
-        <v>107</v>
+        <v>111</v>
       </c>
       <c r="C32" s="0" t="s">
-        <v>108</v>
+        <v>112</v>
       </c>
       <c r="D32" s="0" t="s">
-        <v>109</v>
+        <v>12</v>
       </c>
       <c r="E32" s="0" t="s">
-        <v>110</v>
+        <v>30</v>
       </c>
       <c r="F32" s="0" t="s">
-        <v>111</v>
+        <v>31</v>
       </c>
       <c r="G32" s="0" t="s">
-        <v>112</v>
+        <v>32</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
         <v>113</v>
       </c>
       <c r="B33" s="0" t="s">
         <v>114</v>
       </c>
       <c r="C33" s="0" t="s">
         <v>115</v>
       </c>
       <c r="D33" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F33" s="0" t="s">
         <v>31</v>
       </c>
       <c r="G33" s="0" t="s">
         <v>32</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
         <v>116</v>
       </c>
       <c r="B34" s="0" t="s">
         <v>117</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>118</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>109</v>
+        <v>94</v>
       </c>
       <c r="E34" s="0" t="s">
-        <v>110</v>
+        <v>95</v>
       </c>
       <c r="F34" s="0" t="s">
-        <v>111</v>
+        <v>96</v>
       </c>
       <c r="G34" s="0" t="s">
-        <v>112</v>
+        <v>97</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
         <v>119</v>
       </c>
       <c r="B35" s="0" t="s">
         <v>120</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>121</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E35" s="0" t="s">
         <v>13</v>
       </c>
       <c r="F35" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G35" s="0" t="s">
@@ -1583,60 +1583,60 @@
       </c>
       <c r="E38" s="0" t="s">
         <v>41</v>
       </c>
       <c r="F38" s="0" t="s">
         <v>42</v>
       </c>
       <c r="G38" s="0" t="s">
         <v>43</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
         <v>127</v>
       </c>
       <c r="B39" s="0" t="s">
         <v>128</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>129</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>109</v>
+        <v>94</v>
       </c>
       <c r="E39" s="0" t="s">
-        <v>110</v>
+        <v>95</v>
       </c>
       <c r="F39" s="0" t="s">
-        <v>111</v>
+        <v>96</v>
       </c>
       <c r="G39" s="0" t="s">
-        <v>112</v>
+        <v>97</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
         <v>130</v>
       </c>
       <c r="B40" s="0" t="s">
         <v>131</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>132</v>
       </c>
       <c r="D40" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E40" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F40" s="0" t="s">
         <v>31</v>
       </c>
       <c r="G40" s="0" t="s">