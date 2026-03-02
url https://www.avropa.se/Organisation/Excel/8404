--- v3 (2026-02-09)
+++ v4 (2026-03-02)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Räddningst" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="163" uniqueCount="163">
   <si>
-    <t>Giltiga ramavtal för Räddningstjänsten Höga Kusten-Ådalen 2026-02-09</t>
+    <t>Giltiga ramavtal för Räddningstjänsten Höga Kusten-Ådalen 2026-03-02</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>