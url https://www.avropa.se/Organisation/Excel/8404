--- v4 (2026-03-02)
+++ v5 (2026-03-22)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Räddningst" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="163" uniqueCount="163">
   <si>
-    <t>Giltiga ramavtal för Räddningstjänsten Höga Kusten-Ådalen 2026-03-02</t>
+    <t>Giltiga ramavtal för Räddningstjänsten Höga Kusten-Ådalen 2026-03-22</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>