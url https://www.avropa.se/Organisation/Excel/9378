--- v0 (2025-10-17)
+++ v1 (2025-11-28)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Swedavia A" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="108" uniqueCount="108">
   <si>
-    <t>Giltiga ramavtal för Swedavia AB 2025-10-17</t>
+    <t>Giltiga ramavtal för Swedavia AB 2025-11-28</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>