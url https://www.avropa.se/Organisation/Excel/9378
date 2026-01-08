--- v1 (2025-11-28)
+++ v2 (2026-01-08)
@@ -8,311 +8,317 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Swedavia A" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="108" uniqueCount="108">
-[...1 lines deleted...]
-    <t>Giltiga ramavtal för Swedavia AB 2025-11-28</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="110" uniqueCount="110">
+  <si>
+    <t>Giltiga ramavtal för Swedavia AB 2026-01-08</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
   <si>
     <t>23.3-1520-20-007</t>
   </si>
   <si>
     <t>AAR Translator Aktiebolag</t>
   </si>
   <si>
     <t xml:space="preserve">5563856235      </t>
   </si>
   <si>
     <t>Översättning och språktjänster</t>
   </si>
   <si>
     <t>Översättning och språktjänster / Översättning engelska / Förnyad konkurrensutsättning</t>
   </si>
   <si>
+    <t>2022-04-01</t>
+  </si>
+  <si>
+    <t>2026-03-31</t>
+  </si>
+  <si>
+    <t/>
+  </si>
+  <si>
+    <t>Översättning och språktjänster / Översättning engelska / Rangordning</t>
+  </si>
+  <si>
+    <t>23.3-2249-2022-007</t>
+  </si>
+  <si>
+    <t>Air France KLM</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5020271085      </t>
+  </si>
+  <si>
+    <t>Flygresor</t>
+  </si>
+  <si>
+    <t>Flygresor / Flygresor utrikes Interkontinental</t>
+  </si>
+  <si>
+    <t>2022-12-12</t>
+  </si>
+  <si>
+    <t>2026-12-11</t>
+  </si>
+  <si>
+    <t>Flygresor / Flygresor utrikes Europa</t>
+  </si>
+  <si>
+    <t>23.3-1520-20-005</t>
+  </si>
+  <si>
+    <t>CBG Konsult och Information AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5561721993      </t>
+  </si>
+  <si>
+    <t>23.3-2249-2022-003</t>
+  </si>
+  <si>
+    <t>EMIRATES</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5020728753      </t>
+  </si>
+  <si>
+    <t>23.3-2249-2022-008</t>
+  </si>
+  <si>
+    <t>Ethiopian Airlines</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5563306322      </t>
+  </si>
+  <si>
+    <t>23.3-2512-2024-004</t>
+  </si>
+  <si>
+    <t>Europeisk Biluthyrning Aktiebolag (Europcar)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5560840984      </t>
+  </si>
+  <si>
+    <t>Fordonsförhyrning</t>
+  </si>
+  <si>
+    <t>Fordonsförhyrning / Fordonsförhyrning / Långtidsförhyrning (särskild fördelningsnyckel)</t>
+  </si>
+  <si>
+    <t>2025-04-08</t>
+  </si>
+  <si>
+    <t>2029-04-07</t>
+  </si>
+  <si>
+    <t>Fordonsförhyrning / Fordonsförhyrning / Korttidsförhyrning (rangordning)</t>
+  </si>
+  <si>
+    <t>23.3-1520-20-001</t>
+  </si>
+  <si>
+    <t>Expressiva AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5567673826      </t>
+  </si>
+  <si>
+    <t>Översättning och språktjänster / Språktjänster svenska / Förnyad konkurrensutsättning</t>
+  </si>
+  <si>
+    <t>2022-02-28</t>
+  </si>
+  <si>
+    <t>2026-02-27</t>
+  </si>
+  <si>
+    <t>Översättning och språktjänster / Språktjänster svenska / Rangordning</t>
+  </si>
+  <si>
+    <t>23.3-2512-2024-005</t>
+  </si>
+  <si>
+    <t>First Rent A Car Aktiebolag (Hertz)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5564347820      </t>
+  </si>
+  <si>
+    <t>23.3-65-2022-003</t>
+  </si>
+  <si>
+    <t>Järva Tolk och Översättningsservice Aktiebolag</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5566131792      </t>
+  </si>
+  <si>
+    <t>Översättning och språktjänster / Översättning övriga språk / Förnyad konkurrensutsättning</t>
+  </si>
+  <si>
+    <t>2023-06-09</t>
+  </si>
+  <si>
+    <t>2027-06-08</t>
+  </si>
+  <si>
+    <t>Översättning och språktjänster / Översättning övriga språk / Rangordning</t>
+  </si>
+  <si>
+    <t>23.3-2249-2022-002</t>
+  </si>
+  <si>
+    <t>Lufthansa German Airlines</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5020271135      </t>
+  </si>
+  <si>
+    <t>23.3-2512-2024-002</t>
+  </si>
+  <si>
+    <t>Mabi Sverige AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5563344901      </t>
+  </si>
+  <si>
+    <t>23.3-2512-2024-003</t>
+  </si>
+  <si>
+    <t>Nordic MasterCar AB (Sixt rent a car)</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5566435177      </t>
+  </si>
+  <si>
+    <t>23.3-2249-2022-004</t>
+  </si>
+  <si>
+    <t>Polish Airlines Lot S.A.</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5020274220      </t>
+  </si>
+  <si>
+    <t>23.3-2249-2022-001</t>
+  </si>
+  <si>
+    <t>Qatar Airways</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5020643168      </t>
+  </si>
+  <si>
+    <t>23.3-2249-2022-005</t>
+  </si>
+  <si>
+    <t>Scandinavian Airlines System</t>
+  </si>
+  <si>
+    <t xml:space="preserve">9020017720      </t>
+  </si>
+  <si>
+    <t>23.3-65-2022-002</t>
+  </si>
+  <si>
+    <t>Semantix SpråkCentrum AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5562728997      </t>
+  </si>
+  <si>
+    <t>23.3-1520-20-006</t>
+  </si>
+  <si>
+    <t>23.3-8074-20:002</t>
+  </si>
+  <si>
+    <t>SJ AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5561961599      </t>
+  </si>
+  <si>
+    <t>Tågresor</t>
+  </si>
+  <si>
+    <t>Tågresor / Tågresor</t>
+  </si>
+  <si>
     <t>2022-04-04</t>
   </si>
   <si>
     <t>2026-04-03</t>
-  </si>
-[...211 lines deleted...]
-    <t>Tågresor / Tågresor</t>
   </si>
   <si>
     <t>23.3-65-2022-004</t>
   </si>
   <si>
     <t>Space 360 AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564544897      </t>
   </si>
   <si>
     <t>23.3-1520-20-002</t>
   </si>
   <si>
     <t>23.3-1520-20-004</t>
   </si>
   <si>
     <t>Språkkonsulterna Prodicta AB</t>
   </si>
   <si>
     <t xml:space="preserve">5567741391      </t>
   </si>
   <si>
     <t>23.3-65-2022-001</t>
   </si>
@@ -1294,473 +1300,473 @@
       </c>
       <c r="G33" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
         <v>82</v>
       </c>
       <c r="B34" s="0" t="s">
         <v>83</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>84</v>
       </c>
       <c r="D34" s="0" t="s">
         <v>85</v>
       </c>
       <c r="E34" s="0" t="s">
         <v>86</v>
       </c>
       <c r="F34" s="0" t="s">
-        <v>14</v>
+        <v>87</v>
       </c>
       <c r="G34" s="0" t="s">
-        <v>15</v>
+        <v>88</v>
       </c>
       <c r="H34" s="0" t="s">
-        <v>15</v>
+        <v>88</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E35" s="0" t="s">
         <v>56</v>
       </c>
       <c r="F35" s="0" t="s">
         <v>57</v>
       </c>
       <c r="G35" s="0" t="s">
         <v>58</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
-        <v>87</v>
+        <v>89</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>88</v>
+        <v>90</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="D36" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E36" s="0" t="s">
         <v>59</v>
       </c>
       <c r="F36" s="0" t="s">
         <v>57</v>
       </c>
       <c r="G36" s="0" t="s">
         <v>58</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
+        <v>92</v>
+      </c>
+      <c r="B37" s="0" t="s">
         <v>90</v>
       </c>
-      <c r="B37" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C37" s="0" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="D37" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E37" s="0" t="s">
         <v>46</v>
       </c>
       <c r="F37" s="0" t="s">
         <v>47</v>
       </c>
       <c r="G37" s="0" t="s">
         <v>48</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
+        <v>92</v>
+      </c>
+      <c r="B38" s="0" t="s">
         <v>90</v>
       </c>
-      <c r="B38" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C38" s="0" t="s">
-        <v>89</v>
+        <v>91</v>
       </c>
       <c r="D38" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E38" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F38" s="0" t="s">
         <v>47</v>
       </c>
       <c r="G38" s="0" t="s">
         <v>48</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="D39" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E39" s="0" t="s">
         <v>46</v>
       </c>
       <c r="F39" s="0" t="s">
         <v>47</v>
       </c>
       <c r="G39" s="0" t="s">
         <v>48</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
-        <v>91</v>
+        <v>93</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>92</v>
+        <v>94</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>93</v>
+        <v>95</v>
       </c>
       <c r="D40" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E40" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F40" s="0" t="s">
         <v>47</v>
       </c>
       <c r="G40" s="0" t="s">
         <v>48</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="D41" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E41" s="0" t="s">
         <v>56</v>
       </c>
       <c r="F41" s="0" t="s">
         <v>57</v>
       </c>
       <c r="G41" s="0" t="s">
         <v>58</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
-        <v>94</v>
+        <v>96</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>95</v>
+        <v>97</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="D42" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E42" s="0" t="s">
         <v>59</v>
       </c>
       <c r="F42" s="0" t="s">
         <v>57</v>
       </c>
       <c r="G42" s="0" t="s">
         <v>58</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
+        <v>99</v>
+      </c>
+      <c r="B43" s="0" t="s">
         <v>97</v>
       </c>
-      <c r="B43" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C43" s="0" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="D43" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E43" s="0" t="s">
         <v>13</v>
       </c>
       <c r="F43" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G43" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
+        <v>99</v>
+      </c>
+      <c r="B44" s="0" t="s">
         <v>97</v>
       </c>
-      <c r="B44" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C44" s="0" t="s">
-        <v>96</v>
+        <v>98</v>
       </c>
       <c r="D44" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E44" s="0" t="s">
         <v>17</v>
       </c>
       <c r="F44" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G44" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
+        <v>100</v>
+      </c>
+      <c r="B45" s="0" t="s">
+        <v>97</v>
+      </c>
+      <c r="C45" s="0" t="s">
         <v>98</v>
-      </c>
-[...4 lines deleted...]
-        <v>96</v>
       </c>
       <c r="D45" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E45" s="0" t="s">
         <v>46</v>
       </c>
       <c r="F45" s="0" t="s">
         <v>47</v>
       </c>
       <c r="G45" s="0" t="s">
         <v>48</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
+        <v>100</v>
+      </c>
+      <c r="B46" s="0" t="s">
+        <v>97</v>
+      </c>
+      <c r="C46" s="0" t="s">
         <v>98</v>
-      </c>
-[...4 lines deleted...]
-        <v>96</v>
       </c>
       <c r="D46" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E46" s="0" t="s">
         <v>49</v>
       </c>
       <c r="F46" s="0" t="s">
         <v>47</v>
       </c>
       <c r="G46" s="0" t="s">
         <v>48</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="D47" s="0" t="s">
         <v>38</v>
       </c>
       <c r="E47" s="0" t="s">
         <v>39</v>
       </c>
       <c r="F47" s="0" t="s">
         <v>40</v>
       </c>
       <c r="G47" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
-        <v>99</v>
+        <v>101</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>100</v>
+        <v>102</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>101</v>
+        <v>103</v>
       </c>
       <c r="D48" s="0" t="s">
         <v>38</v>
       </c>
       <c r="E48" s="0" t="s">
         <v>42</v>
       </c>
       <c r="F48" s="0" t="s">
         <v>40</v>
       </c>
       <c r="G48" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
-        <v>102</v>
+        <v>104</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>103</v>
+        <v>105</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>104</v>
+        <v>106</v>
       </c>
       <c r="D49" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E49" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F49" s="0" t="s">
         <v>23</v>
       </c>
       <c r="G49" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
-        <v>105</v>
+        <v>107</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>106</v>
+        <v>108</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>107</v>
+        <v>109</v>
       </c>
       <c r="D50" s="0" t="s">
         <v>85</v>
       </c>
       <c r="E50" s="0" t="s">
         <v>86</v>
       </c>
       <c r="F50" s="0" t="s">
-        <v>14</v>
+        <v>87</v>
       </c>
       <c r="G50" s="0" t="s">
-        <v>15</v>
+        <v>88</v>
       </c>
       <c r="H50" s="0" t="s">
-        <v>15</v>
+        <v>88</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
   </mergeCells>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=EPPlusLicense.txt>This workbook was created with the EPPlus library, licensed to Kammarkollegiet under the Polyform Noncommercial license, see https://polyformproject.org/licenses/noncommercial/1.0.0
 For more information about EPPlus, see https://epplussoftware.com/
 
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>EPPlus</Application>
   <AppVersion></AppVersion>
   <Company>Kammarkollegiet</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">