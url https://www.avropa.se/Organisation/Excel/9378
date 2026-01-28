--- v2 (2026-01-08)
+++ v3 (2026-01-28)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Swedavia A" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="110" uniqueCount="110">
   <si>
-    <t>Giltiga ramavtal för Swedavia AB 2026-01-08</t>
+    <t>Giltiga ramavtal för Swedavia AB 2026-01-28</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>