--- v3 (2026-01-28)
+++ v4 (2026-03-07)
@@ -8,53 +8,53 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Swedavia A" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="110" uniqueCount="110">
-[...1 lines deleted...]
-    <t>Giltiga ramavtal för Swedavia AB 2026-01-28</t>
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="98" uniqueCount="98">
+  <si>
+    <t>Giltiga ramavtal för Swedavia AB 2026-03-07</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -139,71 +139,50 @@
   <si>
     <t>23.3-2512-2024-004</t>
   </si>
   <si>
     <t>Europeisk Biluthyrning Aktiebolag (Europcar)</t>
   </si>
   <si>
     <t xml:space="preserve">5560840984      </t>
   </si>
   <si>
     <t>Fordonsförhyrning</t>
   </si>
   <si>
     <t>Fordonsförhyrning / Fordonsförhyrning / Långtidsförhyrning (särskild fördelningsnyckel)</t>
   </si>
   <si>
     <t>2025-04-08</t>
   </si>
   <si>
     <t>2029-04-07</t>
   </si>
   <si>
     <t>Fordonsförhyrning / Fordonsförhyrning / Korttidsförhyrning (rangordning)</t>
   </si>
   <si>
-    <t>23.3-1520-20-001</t>
-[...19 lines deleted...]
-  <si>
     <t>23.3-2512-2024-005</t>
   </si>
   <si>
     <t>First Rent A Car Aktiebolag (Hertz)</t>
   </si>
   <si>
     <t xml:space="preserve">5564347820      </t>
   </si>
   <si>
     <t>23.3-65-2022-003</t>
   </si>
   <si>
     <t>Järva Tolk och Översättningsservice Aktiebolag</t>
   </si>
   <si>
     <t xml:space="preserve">5566131792      </t>
   </si>
   <si>
     <t>Översättning och språktjänster / Översättning övriga språk / Förnyad konkurrensutsättning</t>
   </si>
   <si>
     <t>2023-06-09</t>
   </si>
   <si>
     <t>2027-06-08</t>
@@ -286,75 +265,60 @@
   <si>
     <t xml:space="preserve">5561961599      </t>
   </si>
   <si>
     <t>Tågresor</t>
   </si>
   <si>
     <t>Tågresor / Tågresor</t>
   </si>
   <si>
     <t>2022-04-04</t>
   </si>
   <si>
     <t>2026-04-03</t>
   </si>
   <si>
     <t>23.3-65-2022-004</t>
   </si>
   <si>
     <t>Space 360 AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564544897      </t>
   </si>
   <si>
-    <t>23.3-1520-20-002</t>
-[...10 lines deleted...]
-  <si>
     <t>23.3-65-2022-001</t>
   </si>
   <si>
     <t>Språkservice Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566291513      </t>
   </si>
   <si>
     <t>23.3-1520-20-008</t>
-  </si>
-[...1 lines deleted...]
-    <t>23.3-1520-20-003</t>
   </si>
   <si>
     <t>23.3-2512-2024-001</t>
   </si>
   <si>
     <t>Sweden Rent A Car AB (AVIS)</t>
   </si>
   <si>
     <t xml:space="preserve">5561022822      </t>
   </si>
   <si>
     <t>23.3-2249-2022-006</t>
   </si>
   <si>
     <t>Turkish Airlines Inc</t>
   </si>
   <si>
     <t xml:space="preserve">5020278023      </t>
   </si>
   <si>
     <t>23.3-8074-20:001</t>
   </si>
   <si>
     <t>VR Snabbtåg Sverige AB (MTRX)</t>
   </si>
@@ -409,51 +373,51 @@
       <top/>
       <bottom style="thin"/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" fontId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" applyFont="1" fillId="2" applyFill="1" borderId="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" applyFont="1" fillId="2" applyFill="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:H50"/>
+  <dimension ref="A1:H42"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="40" customWidth="1"/>
     <col min="2" max="2" width="50" customWidth="1"/>
     <col min="3" max="3" width="35" customWidth="1"/>
     <col min="4" max="4" width="45" customWidth="1"/>
     <col min="5" max="5" width="45" customWidth="1"/>
     <col min="6" max="6" width="13" customWidth="1"/>
     <col min="7" max="7" width="13" customWidth="1"/>
     <col min="8" max="8" width="13" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>0</v>
       </c>
@@ -748,1025 +712,817 @@
       </c>
       <c r="E12" s="0" t="s">
         <v>42</v>
       </c>
       <c r="F12" s="0" t="s">
         <v>40</v>
       </c>
       <c r="G12" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H12" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
         <v>43</v>
       </c>
       <c r="B13" s="0" t="s">
         <v>44</v>
       </c>
       <c r="C13" s="0" t="s">
         <v>45</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
       <c r="E13" s="0" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="F13" s="0" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="G13" s="0" t="s">
-        <v>48</v>
+        <v>41</v>
       </c>
       <c r="H13" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
         <v>43</v>
       </c>
       <c r="B14" s="0" t="s">
         <v>44</v>
       </c>
       <c r="C14" s="0" t="s">
         <v>45</v>
       </c>
       <c r="D14" s="0" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
       <c r="E14" s="0" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="F14" s="0" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="G14" s="0" t="s">
-        <v>48</v>
+        <v>41</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
+        <v>46</v>
+      </c>
+      <c r="B15" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="C15" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="D15" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="E15" s="0" t="s">
+        <v>49</v>
+      </c>
+      <c r="F15" s="0" t="s">
         <v>50</v>
       </c>
-      <c r="B15" s="0" t="s">
+      <c r="G15" s="0" t="s">
         <v>51</v>
-      </c>
-[...13 lines deleted...]
-        <v>41</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
+        <v>46</v>
+      </c>
+      <c r="B16" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="C16" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="D16" s="0" t="s">
+        <v>12</v>
+      </c>
+      <c r="E16" s="0" t="s">
+        <v>52</v>
+      </c>
+      <c r="F16" s="0" t="s">
         <v>50</v>
       </c>
-      <c r="B16" s="0" t="s">
+      <c r="G16" s="0" t="s">
         <v>51</v>
-      </c>
-[...13 lines deleted...]
-        <v>41</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
         <v>53</v>
       </c>
       <c r="B17" s="0" t="s">
         <v>54</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>55</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="E17" s="0" t="s">
-        <v>56</v>
+        <v>22</v>
       </c>
       <c r="F17" s="0" t="s">
-        <v>57</v>
+        <v>23</v>
       </c>
       <c r="G17" s="0" t="s">
-        <v>58</v>
+        <v>24</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
         <v>53</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>54</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>55</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="E18" s="0" t="s">
-        <v>59</v>
+        <v>25</v>
       </c>
       <c r="F18" s="0" t="s">
-        <v>57</v>
+        <v>23</v>
       </c>
       <c r="G18" s="0" t="s">
-        <v>58</v>
+        <v>24</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="E19" s="0" t="s">
-        <v>22</v>
+        <v>39</v>
       </c>
       <c r="F19" s="0" t="s">
-        <v>23</v>
+        <v>40</v>
       </c>
       <c r="G19" s="0" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>21</v>
+        <v>38</v>
       </c>
       <c r="E20" s="0" t="s">
-        <v>25</v>
+        <v>42</v>
       </c>
       <c r="F20" s="0" t="s">
-        <v>23</v>
+        <v>40</v>
       </c>
       <c r="G20" s="0" t="s">
-        <v>24</v>
+        <v>41</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="D21" s="0" t="s">
         <v>38</v>
       </c>
       <c r="E21" s="0" t="s">
         <v>39</v>
       </c>
       <c r="F21" s="0" t="s">
         <v>40</v>
       </c>
       <c r="G21" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>65</v>
+        <v>61</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>38</v>
       </c>
       <c r="E22" s="0" t="s">
         <v>42</v>
       </c>
       <c r="F22" s="0" t="s">
         <v>40</v>
       </c>
       <c r="G22" s="0" t="s">
         <v>41</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>38</v>
+        <v>21</v>
       </c>
       <c r="E23" s="0" t="s">
-        <v>39</v>
+        <v>22</v>
       </c>
       <c r="F23" s="0" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="G23" s="0" t="s">
-        <v>41</v>
+        <v>24</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
-        <v>66</v>
+        <v>62</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>67</v>
+        <v>63</v>
       </c>
       <c r="C24" s="0" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>38</v>
+        <v>21</v>
       </c>
       <c r="E24" s="0" t="s">
-        <v>42</v>
+        <v>25</v>
       </c>
       <c r="F24" s="0" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="G24" s="0" t="s">
-        <v>41</v>
+        <v>24</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="C25" s="0" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E25" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F25" s="0" t="s">
         <v>23</v>
       </c>
       <c r="G25" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
+        <v>68</v>
+      </c>
+      <c r="B26" s="0" t="s">
         <v>69</v>
       </c>
-      <c r="B26" s="0" t="s">
+      <c r="C26" s="0" t="s">
         <v>70</v>
-      </c>
-[...1 lines deleted...]
-        <v>71</v>
       </c>
       <c r="D26" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E26" s="0" t="s">
-        <v>25</v>
+        <v>22</v>
       </c>
       <c r="F26" s="0" t="s">
         <v>23</v>
       </c>
       <c r="G26" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="C27" s="0" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E27" s="0" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="F27" s="0" t="s">
         <v>23</v>
       </c>
       <c r="G27" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="D28" s="0" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E28" s="0" t="s">
-        <v>22</v>
+        <v>49</v>
       </c>
       <c r="F28" s="0" t="s">
-        <v>23</v>
+        <v>50</v>
       </c>
       <c r="G28" s="0" t="s">
-        <v>24</v>
+        <v>51</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="D29" s="0" t="s">
-        <v>21</v>
+        <v>12</v>
       </c>
       <c r="E29" s="0" t="s">
-        <v>25</v>
+        <v>52</v>
       </c>
       <c r="F29" s="0" t="s">
-        <v>23</v>
+        <v>50</v>
       </c>
       <c r="G29" s="0" t="s">
-        <v>24</v>
+        <v>51</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>79</v>
+        <v>72</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="D30" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E30" s="0" t="s">
-        <v>56</v>
+        <v>13</v>
       </c>
       <c r="F30" s="0" t="s">
-        <v>57</v>
+        <v>14</v>
       </c>
       <c r="G30" s="0" t="s">
-        <v>58</v>
+        <v>15</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
       <c r="B31" s="0" t="s">
-        <v>79</v>
+        <v>72</v>
       </c>
       <c r="C31" s="0" t="s">
-        <v>80</v>
+        <v>73</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E31" s="0" t="s">
-        <v>59</v>
+        <v>17</v>
       </c>
       <c r="F31" s="0" t="s">
-        <v>57</v>
+        <v>14</v>
       </c>
       <c r="G31" s="0" t="s">
-        <v>58</v>
+        <v>15</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
+        <v>75</v>
+      </c>
+      <c r="B32" s="0" t="s">
+        <v>76</v>
+      </c>
+      <c r="C32" s="0" t="s">
+        <v>77</v>
+      </c>
+      <c r="D32" s="0" t="s">
+        <v>78</v>
+      </c>
+      <c r="E32" s="0" t="s">
+        <v>79</v>
+      </c>
+      <c r="F32" s="0" t="s">
+        <v>80</v>
+      </c>
+      <c r="G32" s="0" t="s">
         <v>81</v>
       </c>
-      <c r="B32" s="0" t="s">
-[...16 lines deleted...]
-      </c>
       <c r="H32" s="0" t="s">
-        <v>16</v>
+        <v>81</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>79</v>
+        <v>83</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>80</v>
+        <v>84</v>
       </c>
       <c r="D33" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E33" s="0" t="s">
-        <v>17</v>
+        <v>49</v>
       </c>
       <c r="F33" s="0" t="s">
-        <v>14</v>
+        <v>50</v>
       </c>
       <c r="G33" s="0" t="s">
-        <v>15</v>
+        <v>51</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
         <v>82</v>
       </c>
       <c r="B34" s="0" t="s">
         <v>83</v>
       </c>
       <c r="C34" s="0" t="s">
         <v>84</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>85</v>
+        <v>12</v>
       </c>
       <c r="E34" s="0" t="s">
-        <v>86</v>
+        <v>52</v>
       </c>
       <c r="F34" s="0" t="s">
-        <v>87</v>
+        <v>50</v>
       </c>
       <c r="G34" s="0" t="s">
-        <v>88</v>
+        <v>51</v>
       </c>
       <c r="H34" s="0" t="s">
-        <v>88</v>
+        <v>16</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="C35" s="0" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="D35" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E35" s="0" t="s">
-        <v>56</v>
+        <v>49</v>
       </c>
       <c r="F35" s="0" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="G35" s="0" t="s">
-        <v>58</v>
+        <v>51</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="C36" s="0" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="D36" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E36" s="0" t="s">
-        <v>59</v>
+        <v>52</v>
       </c>
       <c r="F36" s="0" t="s">
-        <v>57</v>
+        <v>50</v>
       </c>
       <c r="G36" s="0" t="s">
-        <v>58</v>
+        <v>51</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="D37" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E37" s="0" t="s">
-        <v>46</v>
+        <v>13</v>
       </c>
       <c r="F37" s="0" t="s">
-        <v>47</v>
+        <v>14</v>
       </c>
       <c r="G37" s="0" t="s">
-        <v>48</v>
+        <v>15</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
-        <v>92</v>
+        <v>88</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>90</v>
+        <v>86</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>91</v>
+        <v>87</v>
       </c>
       <c r="D38" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E38" s="0" t="s">
-        <v>49</v>
+        <v>17</v>
       </c>
       <c r="F38" s="0" t="s">
-        <v>47</v>
+        <v>14</v>
       </c>
       <c r="G38" s="0" t="s">
-        <v>48</v>
+        <v>15</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
-        <v>93</v>
+        <v>89</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
       <c r="E39" s="0" t="s">
-        <v>46</v>
+        <v>39</v>
       </c>
       <c r="F39" s="0" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="G39" s="0" t="s">
-        <v>48</v>
+        <v>41</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
-        <v>93</v>
+        <v>89</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>94</v>
+        <v>90</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>95</v>
+        <v>91</v>
       </c>
       <c r="D40" s="0" t="s">
-        <v>12</v>
+        <v>38</v>
       </c>
       <c r="E40" s="0" t="s">
-        <v>49</v>
+        <v>42</v>
       </c>
       <c r="F40" s="0" t="s">
-        <v>47</v>
+        <v>40</v>
       </c>
       <c r="G40" s="0" t="s">
-        <v>48</v>
+        <v>41</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
-        <v>96</v>
+        <v>92</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>97</v>
+        <v>93</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>98</v>
+        <v>94</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="E41" s="0" t="s">
-        <v>56</v>
+        <v>22</v>
       </c>
       <c r="F41" s="0" t="s">
-        <v>57</v>
+        <v>23</v>
       </c>
       <c r="G41" s="0" t="s">
-        <v>58</v>
+        <v>24</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>16</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
+        <v>95</v>
+      </c>
+      <c r="B42" s="0" t="s">
         <v>96</v>
       </c>
-      <c r="B42" s="0" t="s">
+      <c r="C42" s="0" t="s">
         <v>97</v>
       </c>
-      <c r="C42" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="D42" s="0" t="s">
-        <v>12</v>
+        <v>78</v>
       </c>
       <c r="E42" s="0" t="s">
-        <v>59</v>
+        <v>79</v>
       </c>
       <c r="F42" s="0" t="s">
-        <v>57</v>
+        <v>80</v>
       </c>
       <c r="G42" s="0" t="s">
-        <v>58</v>
+        <v>81</v>
       </c>
       <c r="H42" s="0" t="s">
-        <v>16</v>
-[...207 lines deleted...]
-        <v>88</v>
+        <v>81</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
   </mergeCells>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=EPPlusLicense.txt>This workbook was created with the EPPlus library, licensed to Kammarkollegiet under the Polyform Noncommercial license, see https://polyformproject.org/licenses/noncommercial/1.0.0
 For more information about EPPlus, see https://epplussoftware.com/
 
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>EPPlus</Application>
   <AppVersion></AppVersion>
   <Company>Kammarkollegiet</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">