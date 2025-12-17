--- v0 (2025-11-06)
+++ v1 (2025-12-17)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Region Jäm" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="232" uniqueCount="232">
   <si>
-    <t>Giltiga ramavtal för Region Jämtland Härjedalen 2025-11-06</t>
+    <t>Giltiga ramavtal för Region Jämtland Härjedalen 2025-12-17</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -409,50 +409,59 @@
   <si>
     <t>23.3-2904-2024-003</t>
   </si>
   <si>
     <t>Dustin Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566661012      </t>
   </si>
   <si>
     <t>23.3-2650-2022-005</t>
   </si>
   <si>
     <t>23.3-8027-2021-005</t>
   </si>
   <si>
     <t>23.3-2771-21:005</t>
   </si>
   <si>
     <t>23.3-10517-20:004</t>
   </si>
   <si>
     <t>23.3-5432-19:008</t>
   </si>
   <si>
+    <t>23.3-10517-20:006</t>
+  </si>
+  <si>
+    <t>Forté Sweden AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5563657039      </t>
+  </si>
+  <si>
     <t>23.3-2904-2024-004</t>
   </si>
   <si>
     <t>Foxway AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564700309      </t>
   </si>
   <si>
     <t>23.3-3081-2023-003</t>
   </si>
   <si>
     <t>23.3-10517-20:005</t>
   </si>
   <si>
     <t>23.3-10150-2021-006</t>
   </si>
   <si>
     <t>GlobalConnect AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565976122      </t>
   </si>
   <si>
     <t>23.3-10150-2021-001</t>
@@ -460,93 +469,84 @@
   <si>
     <t>Kommunikationstjänster inom tele- och datakom / Kommunikationslösningar / Särskild fördelningsnyckel</t>
   </si>
   <si>
     <t>Kommunikationstjänster inom tele- och datakom / Kommunikationslösningar / Förnyad konkurrensutsättning</t>
   </si>
   <si>
     <t>23.3-2649-2022-004</t>
   </si>
   <si>
     <t>HiQ International AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565293205      </t>
   </si>
   <si>
     <t>23.3-2965-20:005</t>
   </si>
   <si>
     <t>IDEMIA Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5560297250      </t>
   </si>
   <si>
-    <t>23.3-10517-20:006</t>
-[...7 lines deleted...]
-  <si>
     <t>23.3-2650-2022-006</t>
   </si>
   <si>
     <t>Insight Technology Solutions AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565559522      </t>
   </si>
   <si>
     <t>23.3-2649-2022-005</t>
   </si>
   <si>
     <t>Knowit Connectivity AB</t>
   </si>
   <si>
     <t xml:space="preserve">5562540673      </t>
   </si>
   <si>
     <t>23.3-2771-21:011</t>
   </si>
   <si>
     <t>NetNordic Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566997309      </t>
   </si>
   <si>
     <t>23.3-11119-2021-003</t>
   </si>
   <si>
     <t>Office Sverige AB</t>
   </si>
   <si>
-    <t xml:space="preserve">5563544948      </t>
+    <t xml:space="preserve">5569926388      </t>
   </si>
   <si>
     <t>23.3-2771-21:012</t>
   </si>
   <si>
     <t>Orange Cyberdefense Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565897211      </t>
   </si>
   <si>
     <t>23.3-11119-2021-004</t>
   </si>
   <si>
     <t>Perfect Print Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566179486      </t>
   </si>
   <si>
     <t>23.3-2771-21:006</t>
   </si>
   <si>
     <t>Proact IT Sweden AB</t>
   </si>
@@ -2128,375 +2128,375 @@
       </c>
       <c r="E51" s="0" t="s">
         <v>44</v>
       </c>
       <c r="F51" s="0" t="s">
         <v>41</v>
       </c>
       <c r="G51" s="0" t="s">
         <v>42</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>42</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
         <v>133</v>
       </c>
       <c r="B52" s="0" t="s">
         <v>134</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>135</v>
       </c>
       <c r="D52" s="0" t="s">
-        <v>21</v>
+        <v>84</v>
       </c>
       <c r="E52" s="0" t="s">
-        <v>22</v>
+        <v>85</v>
       </c>
       <c r="F52" s="0" t="s">
-        <v>23</v>
+        <v>86</v>
       </c>
       <c r="G52" s="0" t="s">
-        <v>24</v>
+        <v>87</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
-        <v>133</v>
+        <v>136</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="D53" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E53" s="0" t="s">
-        <v>26</v>
+        <v>22</v>
       </c>
       <c r="F53" s="0" t="s">
         <v>23</v>
       </c>
       <c r="G53" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
         <v>136</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>28</v>
+        <v>21</v>
       </c>
       <c r="E54" s="0" t="s">
-        <v>29</v>
+        <v>26</v>
       </c>
       <c r="F54" s="0" t="s">
-        <v>30</v>
+        <v>23</v>
       </c>
       <c r="G54" s="0" t="s">
-        <v>31</v>
+        <v>24</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
-        <v>136</v>
+        <v>139</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>134</v>
+        <v>137</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="D55" s="0" t="s">
         <v>28</v>
       </c>
       <c r="E55" s="0" t="s">
-        <v>32</v>
+        <v>29</v>
       </c>
       <c r="F55" s="0" t="s">
         <v>30</v>
       </c>
       <c r="G55" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
+        <v>139</v>
+      </c>
+      <c r="B56" s="0" t="s">
         <v>137</v>
       </c>
-      <c r="B56" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C56" s="0" t="s">
-        <v>135</v>
+        <v>138</v>
       </c>
       <c r="D56" s="0" t="s">
-        <v>84</v>
+        <v>28</v>
       </c>
       <c r="E56" s="0" t="s">
-        <v>85</v>
+        <v>32</v>
       </c>
       <c r="F56" s="0" t="s">
-        <v>86</v>
+        <v>30</v>
       </c>
       <c r="G56" s="0" t="s">
-        <v>87</v>
+        <v>31</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
+        <v>140</v>
+      </c>
+      <c r="B57" s="0" t="s">
+        <v>137</v>
+      </c>
+      <c r="C57" s="0" t="s">
         <v>138</v>
       </c>
-      <c r="B57" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D57" s="0" t="s">
-        <v>51</v>
+        <v>84</v>
       </c>
       <c r="E57" s="0" t="s">
-        <v>52</v>
+        <v>85</v>
       </c>
       <c r="F57" s="0" t="s">
-        <v>53</v>
+        <v>86</v>
       </c>
       <c r="G57" s="0" t="s">
-        <v>54</v>
+        <v>87</v>
       </c>
       <c r="H57" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
         <v>141</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="D58" s="0" t="s">
         <v>51</v>
       </c>
       <c r="E58" s="0" t="s">
-        <v>142</v>
+        <v>52</v>
       </c>
       <c r="F58" s="0" t="s">
         <v>53</v>
       </c>
       <c r="G58" s="0" t="s">
         <v>54</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
-        <v>138</v>
+        <v>144</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="D59" s="0" t="s">
         <v>51</v>
       </c>
       <c r="E59" s="0" t="s">
-        <v>55</v>
+        <v>145</v>
       </c>
       <c r="F59" s="0" t="s">
         <v>53</v>
       </c>
       <c r="G59" s="0" t="s">
         <v>54</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
         <v>141</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="D60" s="0" t="s">
         <v>51</v>
       </c>
       <c r="E60" s="0" t="s">
-        <v>143</v>
+        <v>55</v>
       </c>
       <c r="F60" s="0" t="s">
         <v>53</v>
       </c>
       <c r="G60" s="0" t="s">
         <v>54</v>
       </c>
       <c r="H60" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
         <v>144</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="C61" s="0" t="s">
+        <v>143</v>
+      </c>
+      <c r="D61" s="0" t="s">
+        <v>51</v>
+      </c>
+      <c r="E61" s="0" t="s">
         <v>146</v>
       </c>
-      <c r="D61" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F61" s="0" t="s">
-        <v>76</v>
+        <v>53</v>
       </c>
       <c r="G61" s="0" t="s">
-        <v>77</v>
+        <v>54</v>
       </c>
       <c r="H61" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
         <v>147</v>
       </c>
       <c r="B62" s="0" t="s">
         <v>148</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>149</v>
       </c>
       <c r="D62" s="0" t="s">
-        <v>12</v>
+        <v>34</v>
       </c>
       <c r="E62" s="0" t="s">
-        <v>13</v>
+        <v>75</v>
       </c>
       <c r="F62" s="0" t="s">
-        <v>14</v>
+        <v>76</v>
       </c>
       <c r="G62" s="0" t="s">
-        <v>15</v>
+        <v>77</v>
       </c>
       <c r="H62" s="0" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="B63" s="0" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="C63" s="0" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="D63" s="0" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="E63" s="0" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="F63" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G63" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H63" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
         <v>150</v>
       </c>
       <c r="B64" s="0" t="s">
         <v>151</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>152</v>
       </c>
       <c r="D64" s="0" t="s">
-        <v>84</v>
+        <v>16</v>
       </c>
       <c r="E64" s="0" t="s">
-        <v>85</v>
+        <v>17</v>
       </c>
       <c r="F64" s="0" t="s">
-        <v>86</v>
+        <v>14</v>
       </c>
       <c r="G64" s="0" t="s">
-        <v>87</v>
+        <v>15</v>
       </c>
       <c r="H64" s="0" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
         <v>153</v>
       </c>
       <c r="B65" s="0" t="s">
         <v>154</v>
       </c>
       <c r="C65" s="0" t="s">
         <v>155</v>
       </c>
       <c r="D65" s="0" t="s">
         <v>34</v>
       </c>
       <c r="E65" s="0" t="s">
         <v>35</v>
       </c>
       <c r="F65" s="0" t="s">
         <v>36</v>
       </c>
       <c r="G65" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H65" s="0" t="s">
@@ -3249,51 +3249,51 @@
       </c>
       <c r="F94" s="0" t="s">
         <v>53</v>
       </c>
       <c r="G94" s="0" t="s">
         <v>54</v>
       </c>
       <c r="H94" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="0" t="s">
         <v>212</v>
       </c>
       <c r="B95" s="0" t="s">
         <v>209</v>
       </c>
       <c r="C95" s="0" t="s">
         <v>210</v>
       </c>
       <c r="D95" s="0" t="s">
         <v>51</v>
       </c>
       <c r="E95" s="0" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="F95" s="0" t="s">
         <v>53</v>
       </c>
       <c r="G95" s="0" t="s">
         <v>54</v>
       </c>
       <c r="H95" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="0" t="s">
         <v>211</v>
       </c>
       <c r="B96" s="0" t="s">
         <v>209</v>
       </c>
       <c r="C96" s="0" t="s">
         <v>210</v>
       </c>
       <c r="D96" s="0" t="s">
         <v>51</v>
       </c>
       <c r="E96" s="0" t="s">
@@ -3301,51 +3301,51 @@
       </c>
       <c r="F96" s="0" t="s">
         <v>53</v>
       </c>
       <c r="G96" s="0" t="s">
         <v>54</v>
       </c>
       <c r="H96" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="0" t="s">
         <v>212</v>
       </c>
       <c r="B97" s="0" t="s">
         <v>209</v>
       </c>
       <c r="C97" s="0" t="s">
         <v>210</v>
       </c>
       <c r="D97" s="0" t="s">
         <v>51</v>
       </c>
       <c r="E97" s="0" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="F97" s="0" t="s">
         <v>53</v>
       </c>
       <c r="G97" s="0" t="s">
         <v>54</v>
       </c>
       <c r="H97" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="0" t="s">
         <v>213</v>
       </c>
       <c r="B98" s="0" t="s">
         <v>209</v>
       </c>
       <c r="C98" s="0" t="s">
         <v>210</v>
       </c>
       <c r="D98" s="0" t="s">
         <v>39</v>
       </c>
       <c r="E98" s="0" t="s">
@@ -3431,51 +3431,51 @@
       </c>
       <c r="F101" s="0" t="s">
         <v>53</v>
       </c>
       <c r="G101" s="0" t="s">
         <v>54</v>
       </c>
       <c r="H101" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="0" t="s">
         <v>218</v>
       </c>
       <c r="B102" s="0" t="s">
         <v>215</v>
       </c>
       <c r="C102" s="0" t="s">
         <v>216</v>
       </c>
       <c r="D102" s="0" t="s">
         <v>51</v>
       </c>
       <c r="E102" s="0" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="F102" s="0" t="s">
         <v>53</v>
       </c>
       <c r="G102" s="0" t="s">
         <v>54</v>
       </c>
       <c r="H102" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="0" t="s">
         <v>217</v>
       </c>
       <c r="B103" s="0" t="s">
         <v>215</v>
       </c>
       <c r="C103" s="0" t="s">
         <v>216</v>
       </c>
       <c r="D103" s="0" t="s">
         <v>51</v>
       </c>
       <c r="E103" s="0" t="s">
@@ -3483,51 +3483,51 @@
       </c>
       <c r="F103" s="0" t="s">
         <v>53</v>
       </c>
       <c r="G103" s="0" t="s">
         <v>54</v>
       </c>
       <c r="H103" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="0" t="s">
         <v>218</v>
       </c>
       <c r="B104" s="0" t="s">
         <v>215</v>
       </c>
       <c r="C104" s="0" t="s">
         <v>216</v>
       </c>
       <c r="D104" s="0" t="s">
         <v>51</v>
       </c>
       <c r="E104" s="0" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="F104" s="0" t="s">
         <v>53</v>
       </c>
       <c r="G104" s="0" t="s">
         <v>54</v>
       </c>
       <c r="H104" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="105">
       <c r="A105" s="0" t="s">
         <v>219</v>
       </c>
       <c r="B105" s="0" t="s">
         <v>220</v>
       </c>
       <c r="C105" s="0" t="s">
         <v>221</v>
       </c>
       <c r="D105" s="0" t="s">
         <v>34</v>
       </c>
       <c r="E105" s="0" t="s">
@@ -3665,51 +3665,51 @@
       </c>
       <c r="F110" s="0" t="s">
         <v>53</v>
       </c>
       <c r="G110" s="0" t="s">
         <v>54</v>
       </c>
       <c r="H110" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="0" t="s">
         <v>228</v>
       </c>
       <c r="B111" s="0" t="s">
         <v>226</v>
       </c>
       <c r="C111" s="0" t="s">
         <v>227</v>
       </c>
       <c r="D111" s="0" t="s">
         <v>51</v>
       </c>
       <c r="E111" s="0" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="F111" s="0" t="s">
         <v>53</v>
       </c>
       <c r="G111" s="0" t="s">
         <v>54</v>
       </c>
       <c r="H111" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="0" t="s">
         <v>225</v>
       </c>
       <c r="B112" s="0" t="s">
         <v>226</v>
       </c>
       <c r="C112" s="0" t="s">
         <v>227</v>
       </c>
       <c r="D112" s="0" t="s">
         <v>51</v>
       </c>
       <c r="E112" s="0" t="s">
@@ -3717,51 +3717,51 @@
       </c>
       <c r="F112" s="0" t="s">
         <v>53</v>
       </c>
       <c r="G112" s="0" t="s">
         <v>54</v>
       </c>
       <c r="H112" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="0" t="s">
         <v>228</v>
       </c>
       <c r="B113" s="0" t="s">
         <v>226</v>
       </c>
       <c r="C113" s="0" t="s">
         <v>227</v>
       </c>
       <c r="D113" s="0" t="s">
         <v>51</v>
       </c>
       <c r="E113" s="0" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="F113" s="0" t="s">
         <v>53</v>
       </c>
       <c r="G113" s="0" t="s">
         <v>54</v>
       </c>
       <c r="H113" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="114">
       <c r="A114" s="0" t="s">
         <v>229</v>
       </c>
       <c r="B114" s="0" t="s">
         <v>230</v>
       </c>
       <c r="C114" s="0" t="s">
         <v>231</v>
       </c>
       <c r="D114" s="0" t="s">
         <v>68</v>
       </c>
       <c r="E114" s="0" t="s">