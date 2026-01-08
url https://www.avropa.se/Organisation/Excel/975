--- v1 (2025-12-17)
+++ v2 (2026-01-08)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Region Jäm" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="232" uniqueCount="232">
   <si>
-    <t>Giltiga ramavtal för Region Jämtland Härjedalen 2025-12-17</t>
+    <t>Giltiga ramavtal för Region Jämtland Härjedalen 2026-01-08</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>