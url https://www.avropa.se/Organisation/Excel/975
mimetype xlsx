--- v2 (2026-01-08)
+++ v3 (2026-01-29)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Region Jäm" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="232" uniqueCount="232">
   <si>
-    <t>Giltiga ramavtal för Region Jämtland Härjedalen 2026-01-08</t>
+    <t>Giltiga ramavtal för Region Jämtland Härjedalen 2026-01-29</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>