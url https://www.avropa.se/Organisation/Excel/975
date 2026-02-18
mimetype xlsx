--- v3 (2026-01-29)
+++ v4 (2026-02-18)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Region Jäm" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="232" uniqueCount="232">
   <si>
-    <t>Giltiga ramavtal för Region Jämtland Härjedalen 2026-01-29</t>
+    <t>Giltiga ramavtal för Region Jämtland Härjedalen 2026-02-18</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>