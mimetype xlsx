--- v4 (2026-02-18)
+++ v5 (2026-03-10)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Region Jäm" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="232" uniqueCount="232">
   <si>
-    <t>Giltiga ramavtal för Region Jämtland Härjedalen 2026-02-18</t>
+    <t>Giltiga ramavtal för Region Jämtland Härjedalen 2026-03-10</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>