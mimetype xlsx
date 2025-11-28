--- v0 (2025-10-18)
+++ v1 (2025-11-28)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Region Kro" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="269" uniqueCount="269">
   <si>
-    <t>Giltiga ramavtal för Region Kronoberg 2025-10-18</t>
+    <t>Giltiga ramavtal för Region Kronoberg 2025-11-28</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -475,50 +475,59 @@
   <si>
     <t xml:space="preserve">5566661012      </t>
   </si>
   <si>
     <t>23.3-8027-2021-005</t>
   </si>
   <si>
     <t>23.3-2771-21:005</t>
   </si>
   <si>
     <t>23.3-10517-20:004</t>
   </si>
   <si>
     <t>23.3-5432-19:008</t>
   </si>
   <si>
     <t>23.3-4104-2022-006</t>
   </si>
   <si>
     <t>Finlarm Aktiebolag</t>
   </si>
   <si>
     <t xml:space="preserve">5563767382      </t>
   </si>
   <si>
+    <t>23.3-10517-20:006</t>
+  </si>
+  <si>
+    <t>Forté Sweden AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5563657039      </t>
+  </si>
+  <si>
     <t>23.3-10517-20:005</t>
   </si>
   <si>
     <t>Foxway AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564700309      </t>
   </si>
   <si>
     <t>23.3-2651-2022-007</t>
   </si>
   <si>
     <t>Fujitsu Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5561475897      </t>
   </si>
   <si>
     <t>23.3-10150-2021-006</t>
   </si>
   <si>
     <t>GlobalConnect AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565976122      </t>
@@ -538,59 +547,50 @@
   <si>
     <t>Great Security Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565354726      </t>
   </si>
   <si>
     <t>23.3-2649-2022-004</t>
   </si>
   <si>
     <t>HiQ International AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565293205      </t>
   </si>
   <si>
     <t>23.3-2965-20:005</t>
   </si>
   <si>
     <t>IDEMIA Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5560297250      </t>
   </si>
   <si>
-    <t>23.3-10517-20:006</t>
-[...7 lines deleted...]
-  <si>
     <t>23.3-2650-2022-006</t>
   </si>
   <si>
     <t>Insight Technology Solutions AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565559522      </t>
   </si>
   <si>
     <t>23.3-2649-2022-005</t>
   </si>
   <si>
     <t>Knowit Connectivity AB</t>
   </si>
   <si>
     <t xml:space="preserve">5562540673      </t>
   </si>
   <si>
     <t>23.3-4104-2022-005</t>
   </si>
   <si>
     <t>LåsTeam Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565808473      </t>
@@ -598,51 +598,51 @@
   <si>
     <t>23.3-2771-21:011</t>
   </si>
   <si>
     <t>NetNordic Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566997309      </t>
   </si>
   <si>
     <t>23.3-2651-2022-004</t>
   </si>
   <si>
     <t>Nexer AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564519345      </t>
   </si>
   <si>
     <t>23.3-11119-2021-003</t>
   </si>
   <si>
     <t>Office Sverige AB</t>
   </si>
   <si>
-    <t xml:space="preserve">5563544948      </t>
+    <t xml:space="preserve">5569926388      </t>
   </si>
   <si>
     <t>23.3-2771-21:012</t>
   </si>
   <si>
     <t>Orange Cyberdefense Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565897211      </t>
   </si>
   <si>
     <t>23.3-11119-2021-004</t>
   </si>
   <si>
     <t>Perfect Print Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566179486      </t>
   </si>
   <si>
     <t>23.3-2771-21:006</t>
   </si>
   <si>
     <t>Proact IT Sweden AB</t>
   </si>
@@ -2265,297 +2265,297 @@
       </c>
       <c r="E52" s="0" t="s">
         <v>85</v>
       </c>
       <c r="F52" s="0" t="s">
         <v>86</v>
       </c>
       <c r="G52" s="0" t="s">
         <v>87</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
         <v>158</v>
       </c>
       <c r="B53" s="0" t="s">
         <v>159</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>160</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>21</v>
+        <v>84</v>
       </c>
       <c r="E53" s="0" t="s">
-        <v>22</v>
+        <v>85</v>
       </c>
       <c r="F53" s="0" t="s">
-        <v>23</v>
+        <v>86</v>
       </c>
       <c r="G53" s="0" t="s">
-        <v>24</v>
+        <v>87</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
         <v>161</v>
       </c>
       <c r="B54" s="0" t="s">
         <v>162</v>
       </c>
       <c r="C54" s="0" t="s">
         <v>163</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>53</v>
+        <v>21</v>
       </c>
       <c r="E54" s="0" t="s">
-        <v>54</v>
+        <v>22</v>
       </c>
       <c r="F54" s="0" t="s">
-        <v>55</v>
+        <v>23</v>
       </c>
       <c r="G54" s="0" t="s">
-        <v>56</v>
+        <v>24</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
         <v>164</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="D55" s="0" t="s">
         <v>53</v>
       </c>
       <c r="E55" s="0" t="s">
-        <v>165</v>
+        <v>54</v>
       </c>
       <c r="F55" s="0" t="s">
         <v>55</v>
       </c>
       <c r="G55" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
-        <v>161</v>
+        <v>167</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="D56" s="0" t="s">
         <v>53</v>
       </c>
       <c r="E56" s="0" t="s">
-        <v>57</v>
+        <v>168</v>
       </c>
       <c r="F56" s="0" t="s">
         <v>55</v>
       </c>
       <c r="G56" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
         <v>164</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>162</v>
+        <v>165</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>163</v>
+        <v>166</v>
       </c>
       <c r="D57" s="0" t="s">
         <v>53</v>
       </c>
       <c r="E57" s="0" t="s">
-        <v>166</v>
+        <v>57</v>
       </c>
       <c r="F57" s="0" t="s">
         <v>55</v>
       </c>
       <c r="G57" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H57" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
         <v>167</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>168</v>
+        <v>165</v>
       </c>
       <c r="C58" s="0" t="s">
+        <v>166</v>
+      </c>
+      <c r="D58" s="0" t="s">
+        <v>53</v>
+      </c>
+      <c r="E58" s="0" t="s">
         <v>169</v>
       </c>
-      <c r="D58" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F58" s="0" t="s">
-        <v>100</v>
+        <v>55</v>
       </c>
       <c r="G58" s="0" t="s">
-        <v>101</v>
+        <v>56</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
         <v>170</v>
       </c>
       <c r="B59" s="0" t="s">
         <v>171</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>172</v>
       </c>
       <c r="D59" s="0" t="s">
-        <v>21</v>
+        <v>42</v>
       </c>
       <c r="E59" s="0" t="s">
-        <v>75</v>
+        <v>99</v>
       </c>
       <c r="F59" s="0" t="s">
-        <v>76</v>
+        <v>100</v>
       </c>
       <c r="G59" s="0" t="s">
-        <v>77</v>
+        <v>101</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
         <v>173</v>
       </c>
       <c r="B60" s="0" t="s">
         <v>174</v>
       </c>
       <c r="C60" s="0" t="s">
         <v>175</v>
       </c>
       <c r="D60" s="0" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="E60" s="0" t="s">
-        <v>13</v>
+        <v>75</v>
       </c>
       <c r="F60" s="0" t="s">
-        <v>14</v>
+        <v>76</v>
       </c>
       <c r="G60" s="0" t="s">
-        <v>15</v>
+        <v>77</v>
       </c>
       <c r="H60" s="0" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
-        <v>173</v>
+        <v>176</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>174</v>
+        <v>177</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>175</v>
+        <v>178</v>
       </c>
       <c r="D61" s="0" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="E61" s="0" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="F61" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G61" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H61" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
         <v>176</v>
       </c>
       <c r="B62" s="0" t="s">
         <v>177</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>178</v>
       </c>
       <c r="D62" s="0" t="s">
-        <v>84</v>
+        <v>16</v>
       </c>
       <c r="E62" s="0" t="s">
-        <v>85</v>
+        <v>17</v>
       </c>
       <c r="F62" s="0" t="s">
-        <v>86</v>
+        <v>14</v>
       </c>
       <c r="G62" s="0" t="s">
-        <v>87</v>
+        <v>15</v>
       </c>
       <c r="H62" s="0" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
         <v>179</v>
       </c>
       <c r="B63" s="0" t="s">
         <v>180</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>181</v>
       </c>
       <c r="D63" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E63" s="0" t="s">
         <v>29</v>
       </c>
       <c r="F63" s="0" t="s">
         <v>30</v>
       </c>
       <c r="G63" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H63" s="0" t="s">
@@ -3386,51 +3386,51 @@
       </c>
       <c r="F95" s="0" t="s">
         <v>55</v>
       </c>
       <c r="G95" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H95" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="96">
       <c r="A96" s="0" t="s">
         <v>247</v>
       </c>
       <c r="B96" s="0" t="s">
         <v>245</v>
       </c>
       <c r="C96" s="0" t="s">
         <v>246</v>
       </c>
       <c r="D96" s="0" t="s">
         <v>53</v>
       </c>
       <c r="E96" s="0" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="F96" s="0" t="s">
         <v>55</v>
       </c>
       <c r="G96" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H96" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="0" t="s">
         <v>244</v>
       </c>
       <c r="B97" s="0" t="s">
         <v>245</v>
       </c>
       <c r="C97" s="0" t="s">
         <v>246</v>
       </c>
       <c r="D97" s="0" t="s">
         <v>53</v>
       </c>
       <c r="E97" s="0" t="s">
@@ -3438,51 +3438,51 @@
       </c>
       <c r="F97" s="0" t="s">
         <v>55</v>
       </c>
       <c r="G97" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H97" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="0" t="s">
         <v>247</v>
       </c>
       <c r="B98" s="0" t="s">
         <v>245</v>
       </c>
       <c r="C98" s="0" t="s">
         <v>246</v>
       </c>
       <c r="D98" s="0" t="s">
         <v>53</v>
       </c>
       <c r="E98" s="0" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="F98" s="0" t="s">
         <v>55</v>
       </c>
       <c r="G98" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H98" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="0" t="s">
         <v>248</v>
       </c>
       <c r="B99" s="0" t="s">
         <v>245</v>
       </c>
       <c r="C99" s="0" t="s">
         <v>246</v>
       </c>
       <c r="D99" s="0" t="s">
         <v>33</v>
       </c>
       <c r="E99" s="0" t="s">
@@ -3516,51 +3516,51 @@
       </c>
       <c r="F100" s="0" t="s">
         <v>55</v>
       </c>
       <c r="G100" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H100" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="0" t="s">
         <v>252</v>
       </c>
       <c r="B101" s="0" t="s">
         <v>250</v>
       </c>
       <c r="C101" s="0" t="s">
         <v>251</v>
       </c>
       <c r="D101" s="0" t="s">
         <v>53</v>
       </c>
       <c r="E101" s="0" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="F101" s="0" t="s">
         <v>55</v>
       </c>
       <c r="G101" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H101" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="0" t="s">
         <v>249</v>
       </c>
       <c r="B102" s="0" t="s">
         <v>250</v>
       </c>
       <c r="C102" s="0" t="s">
         <v>251</v>
       </c>
       <c r="D102" s="0" t="s">
         <v>53</v>
       </c>
       <c r="E102" s="0" t="s">
@@ -3568,51 +3568,51 @@
       </c>
       <c r="F102" s="0" t="s">
         <v>55</v>
       </c>
       <c r="G102" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H102" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="0" t="s">
         <v>252</v>
       </c>
       <c r="B103" s="0" t="s">
         <v>250</v>
       </c>
       <c r="C103" s="0" t="s">
         <v>251</v>
       </c>
       <c r="D103" s="0" t="s">
         <v>53</v>
       </c>
       <c r="E103" s="0" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="F103" s="0" t="s">
         <v>55</v>
       </c>
       <c r="G103" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H103" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="0" t="s">
         <v>253</v>
       </c>
       <c r="B104" s="0" t="s">
         <v>254</v>
       </c>
       <c r="C104" s="0" t="s">
         <v>255</v>
       </c>
       <c r="D104" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E104" s="0" t="s">
@@ -3750,51 +3750,51 @@
       </c>
       <c r="F109" s="0" t="s">
         <v>55</v>
       </c>
       <c r="G109" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H109" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="110">
       <c r="A110" s="0" t="s">
         <v>262</v>
       </c>
       <c r="B110" s="0" t="s">
         <v>260</v>
       </c>
       <c r="C110" s="0" t="s">
         <v>261</v>
       </c>
       <c r="D110" s="0" t="s">
         <v>53</v>
       </c>
       <c r="E110" s="0" t="s">
-        <v>165</v>
+        <v>168</v>
       </c>
       <c r="F110" s="0" t="s">
         <v>55</v>
       </c>
       <c r="G110" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H110" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="111">
       <c r="A111" s="0" t="s">
         <v>259</v>
       </c>
       <c r="B111" s="0" t="s">
         <v>260</v>
       </c>
       <c r="C111" s="0" t="s">
         <v>261</v>
       </c>
       <c r="D111" s="0" t="s">
         <v>53</v>
       </c>
       <c r="E111" s="0" t="s">
@@ -3802,51 +3802,51 @@
       </c>
       <c r="F111" s="0" t="s">
         <v>55</v>
       </c>
       <c r="G111" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H111" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="112">
       <c r="A112" s="0" t="s">
         <v>262</v>
       </c>
       <c r="B112" s="0" t="s">
         <v>260</v>
       </c>
       <c r="C112" s="0" t="s">
         <v>261</v>
       </c>
       <c r="D112" s="0" t="s">
         <v>53</v>
       </c>
       <c r="E112" s="0" t="s">
-        <v>166</v>
+        <v>169</v>
       </c>
       <c r="F112" s="0" t="s">
         <v>55</v>
       </c>
       <c r="G112" s="0" t="s">
         <v>56</v>
       </c>
       <c r="H112" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="113">
       <c r="A113" s="0" t="s">
         <v>263</v>
       </c>
       <c r="B113" s="0" t="s">
         <v>264</v>
       </c>
       <c r="C113" s="0" t="s">
         <v>265</v>
       </c>
       <c r="D113" s="0" t="s">
         <v>68</v>
       </c>
       <c r="E113" s="0" t="s">