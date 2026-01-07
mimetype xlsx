--- v1 (2025-11-28)
+++ v2 (2026-01-07)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Region Kro" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="269" uniqueCount="269">
   <si>
-    <t>Giltiga ramavtal för Region Kronoberg 2025-11-28</t>
+    <t>Giltiga ramavtal för Region Kronoberg 2026-01-08</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>