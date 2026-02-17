--- v2 (2026-01-07)
+++ v3 (2026-02-17)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Region Kro" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="269" uniqueCount="269">
   <si>
-    <t>Giltiga ramavtal för Region Kronoberg 2026-01-08</t>
+    <t>Giltiga ramavtal för Region Kronoberg 2026-02-17</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -94,51 +94,51 @@
   <si>
     <t xml:space="preserve">5566080668      </t>
   </si>
   <si>
     <t>Programvaror och tjänster</t>
   </si>
   <si>
     <t>Programvaror och tjänster / Systemutveckling</t>
   </si>
   <si>
     <t>2023-11-01</t>
   </si>
   <si>
     <t>2027-10-31</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>23.3-2650-2022-001</t>
   </si>
   <si>
     <t>Advania Sverige AB</t>
   </si>
   <si>
-    <t xml:space="preserve">5562149996      </t>
+    <t>5562149996</t>
   </si>
   <si>
     <t>Programvaror och tjänster / Licenser och licenstjänster</t>
   </si>
   <si>
     <t>2023-02-20</t>
   </si>
   <si>
     <t>2027-02-19</t>
   </si>
   <si>
     <t>23.3-2771-21:001</t>
   </si>
   <si>
     <t>Datacenter</t>
   </si>
   <si>
     <t>Datacenter / Datacenter - Servrar och lagring</t>
   </si>
   <si>
     <t>2022-04-01</t>
   </si>
   <si>
     <t>2026-03-31</t>
   </si>
@@ -286,60 +286,60 @@
   <si>
     <t>Av och distansmöten</t>
   </si>
   <si>
     <t>Av och distansmöten / AV och distansmöten</t>
   </si>
   <si>
     <t>2022-07-01</t>
   </si>
   <si>
     <t>2026-06-30</t>
   </si>
   <si>
     <t>23.3-5432-19:006</t>
   </si>
   <si>
     <t>2022-04-04</t>
   </si>
   <si>
     <t>23.3-10517-20:002</t>
   </si>
   <si>
     <t>AudicomPendax AB</t>
   </si>
   <si>
-    <t xml:space="preserve">5562151588      </t>
+    <t>5562151588</t>
   </si>
   <si>
     <t>23.3-10517-20:003</t>
   </si>
   <si>
     <t>AVS i Sverige AB</t>
   </si>
   <si>
-    <t xml:space="preserve">5562739358      </t>
+    <t>5562739358</t>
   </si>
   <si>
     <t>23.3-4104-2022-008</t>
   </si>
   <si>
     <t>Axlås Solidlås AB</t>
   </si>
   <si>
     <t xml:space="preserve">5560712340      </t>
   </si>
   <si>
     <t>Säkerhetsteknik / Säkerhetsteknik - säkerhetssystem</t>
   </si>
   <si>
     <t>2023-09-11</t>
   </si>
   <si>
     <t>2027-09-10</t>
   </si>
   <si>
     <t>23.3-2651-2022-003</t>
   </si>
   <si>
     <t>Bidmo Sourcing partners AB</t>
   </si>
@@ -451,81 +451,81 @@
   <si>
     <t xml:space="preserve">5566359799      </t>
   </si>
   <si>
     <t>23.3-2649-2022-003</t>
   </si>
   <si>
     <t>23.3-8027-2021-003</t>
   </si>
   <si>
     <t>23.3-2771-21:004</t>
   </si>
   <si>
     <t>Cuebid Väst AB</t>
   </si>
   <si>
     <t xml:space="preserve">5591484968      </t>
   </si>
   <si>
     <t>23.3-2650-2022-005</t>
   </si>
   <si>
     <t>Dustin Sverige AB</t>
   </si>
   <si>
-    <t xml:space="preserve">5566661012      </t>
+    <t>5566661012</t>
   </si>
   <si>
     <t>23.3-8027-2021-005</t>
   </si>
   <si>
     <t>23.3-2771-21:005</t>
   </si>
   <si>
     <t>23.3-10517-20:004</t>
   </si>
   <si>
     <t>23.3-5432-19:008</t>
   </si>
   <si>
     <t>23.3-4104-2022-006</t>
   </si>
   <si>
     <t>Finlarm Aktiebolag</t>
   </si>
   <si>
     <t xml:space="preserve">5563767382      </t>
   </si>
   <si>
     <t>23.3-10517-20:006</t>
   </si>
   <si>
     <t>Forté Sweden AB</t>
   </si>
   <si>
-    <t xml:space="preserve">5563657039      </t>
+    <t>5563657039</t>
   </si>
   <si>
     <t>23.3-10517-20:005</t>
   </si>
   <si>
     <t>Foxway AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564700309      </t>
   </si>
   <si>
     <t>23.3-2651-2022-007</t>
   </si>
   <si>
     <t>Fujitsu Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5561475897      </t>
   </si>
   <si>
     <t>23.3-10150-2021-006</t>
   </si>
   <si>
     <t>GlobalConnect AB</t>
   </si>