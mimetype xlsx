--- v3 (2026-02-17)
+++ v4 (2026-03-10)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Region Kro" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="269" uniqueCount="269">
   <si>
-    <t>Giltiga ramavtal för Region Kronoberg 2026-02-17</t>
+    <t>Giltiga ramavtal för Region Kronoberg 2026-03-10</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -94,51 +94,51 @@
   <si>
     <t xml:space="preserve">5566080668      </t>
   </si>
   <si>
     <t>Programvaror och tjänster</t>
   </si>
   <si>
     <t>Programvaror och tjänster / Systemutveckling</t>
   </si>
   <si>
     <t>2023-11-01</t>
   </si>
   <si>
     <t>2027-10-31</t>
   </si>
   <si>
     <t/>
   </si>
   <si>
     <t>23.3-2650-2022-001</t>
   </si>
   <si>
     <t>Advania Sverige AB</t>
   </si>
   <si>
-    <t>5562149996</t>
+    <t xml:space="preserve">5562149996      </t>
   </si>
   <si>
     <t>Programvaror och tjänster / Licenser och licenstjänster</t>
   </si>
   <si>
     <t>2023-02-20</t>
   </si>
   <si>
     <t>2027-02-19</t>
   </si>
   <si>
     <t>23.3-2771-21:001</t>
   </si>
   <si>
     <t>Datacenter</t>
   </si>
   <si>
     <t>Datacenter / Datacenter - Servrar och lagring</t>
   </si>
   <si>
     <t>2022-04-01</t>
   </si>
   <si>
     <t>2026-03-31</t>
   </si>
@@ -286,60 +286,60 @@
   <si>
     <t>Av och distansmöten</t>
   </si>
   <si>
     <t>Av och distansmöten / AV och distansmöten</t>
   </si>
   <si>
     <t>2022-07-01</t>
   </si>
   <si>
     <t>2026-06-30</t>
   </si>
   <si>
     <t>23.3-5432-19:006</t>
   </si>
   <si>
     <t>2022-04-04</t>
   </si>
   <si>
     <t>23.3-10517-20:002</t>
   </si>
   <si>
     <t>AudicomPendax AB</t>
   </si>
   <si>
-    <t>5562151588</t>
+    <t xml:space="preserve">5562151588      </t>
   </si>
   <si>
     <t>23.3-10517-20:003</t>
   </si>
   <si>
     <t>AVS i Sverige AB</t>
   </si>
   <si>
-    <t>5562739358</t>
+    <t xml:space="preserve">5562739358      </t>
   </si>
   <si>
     <t>23.3-4104-2022-008</t>
   </si>
   <si>
     <t>Axlås Solidlås AB</t>
   </si>
   <si>
     <t xml:space="preserve">5560712340      </t>
   </si>
   <si>
     <t>Säkerhetsteknik / Säkerhetsteknik - säkerhetssystem</t>
   </si>
   <si>
     <t>2023-09-11</t>
   </si>
   <si>
     <t>2027-09-10</t>
   </si>
   <si>
     <t>23.3-2651-2022-003</t>
   </si>
   <si>
     <t>Bidmo Sourcing partners AB</t>
   </si>
@@ -451,81 +451,81 @@
   <si>
     <t xml:space="preserve">5566359799      </t>
   </si>
   <si>
     <t>23.3-2649-2022-003</t>
   </si>
   <si>
     <t>23.3-8027-2021-003</t>
   </si>
   <si>
     <t>23.3-2771-21:004</t>
   </si>
   <si>
     <t>Cuebid Väst AB</t>
   </si>
   <si>
     <t xml:space="preserve">5591484968      </t>
   </si>
   <si>
     <t>23.3-2650-2022-005</t>
   </si>
   <si>
     <t>Dustin Sverige AB</t>
   </si>
   <si>
-    <t>5566661012</t>
+    <t xml:space="preserve">5566661012      </t>
   </si>
   <si>
     <t>23.3-8027-2021-005</t>
   </si>
   <si>
     <t>23.3-2771-21:005</t>
   </si>
   <si>
     <t>23.3-10517-20:004</t>
   </si>
   <si>
     <t>23.3-5432-19:008</t>
   </si>
   <si>
     <t>23.3-4104-2022-006</t>
   </si>
   <si>
     <t>Finlarm Aktiebolag</t>
   </si>
   <si>
     <t xml:space="preserve">5563767382      </t>
   </si>
   <si>
     <t>23.3-10517-20:006</t>
   </si>
   <si>
     <t>Forté Sweden AB</t>
   </si>
   <si>
-    <t>5563657039</t>
+    <t xml:space="preserve">5563657039      </t>
   </si>
   <si>
     <t>23.3-10517-20:005</t>
   </si>
   <si>
     <t>Foxway AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564700309      </t>
   </si>
   <si>
     <t>23.3-2651-2022-007</t>
   </si>
   <si>
     <t>Fujitsu Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5561475897      </t>
   </si>
   <si>
     <t>23.3-10150-2021-006</t>
   </si>
   <si>
     <t>GlobalConnect AB</t>
   </si>