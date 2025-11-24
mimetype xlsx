--- v0 (2025-10-30)
+++ v1 (2025-11-24)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Region Sto" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="117" uniqueCount="117">
   <si>
-    <t>Giltiga ramavtal för Region Stockholm 2025-10-30</t>
+    <t>Giltiga ramavtal för Region Stockholm 2025-11-24</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>