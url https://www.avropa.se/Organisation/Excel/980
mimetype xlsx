--- v1 (2025-11-24)
+++ v2 (2026-01-05)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Region Sto" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="117" uniqueCount="117">
   <si>
-    <t>Giltiga ramavtal för Region Stockholm 2025-11-24</t>
+    <t>Giltiga ramavtal för Region Stockholm 2026-01-05</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>