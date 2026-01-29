--- v2 (2026-01-05)
+++ v3 (2026-01-29)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Region Sto" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="117" uniqueCount="117">
   <si>
-    <t>Giltiga ramavtal för Region Stockholm 2026-01-05</t>
+    <t>Giltiga ramavtal för Region Stockholm 2026-01-29</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -169,114 +169,114 @@
   <si>
     <t>2025-10-01</t>
   </si>
   <si>
     <t>2029-09-30</t>
   </si>
   <si>
     <t>23.3-2649-2022-002</t>
   </si>
   <si>
     <t>Chas Visual Management AB</t>
   </si>
   <si>
     <t xml:space="preserve">5567264758      </t>
   </si>
   <si>
     <t>23.3-2649-2022-003</t>
   </si>
   <si>
     <t>Crayon AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566359799      </t>
   </si>
   <si>
+    <t>23.3-957-2022-001</t>
+  </si>
+  <si>
+    <t>GEP Sweden AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5591341705      </t>
+  </si>
+  <si>
+    <t>Operatörstjänst för elektroniska meddelanden</t>
+  </si>
+  <si>
+    <t>Operatörstjänst för elektroniska meddelanden / Operatörstjänst för elektroniska meddelanden</t>
+  </si>
+  <si>
+    <t>2023-04-14</t>
+  </si>
+  <si>
+    <t>2027-04-13</t>
+  </si>
+  <si>
     <t>23.3-10150-2021-006</t>
   </si>
   <si>
     <t>GlobalConnect AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565976122      </t>
   </si>
   <si>
     <t>23.3-10150-2021-001</t>
   </si>
   <si>
     <t>Kommunikationstjänster inom tele- och datakom / Kommunikationslösningar / Särskild fördelningsnyckel</t>
   </si>
   <si>
     <t>Kommunikationstjänster inom tele- och datakom / Kommunikationslösningar / Förnyad konkurrensutsättning</t>
   </si>
   <si>
     <t>23.3-2649-2022-004</t>
   </si>
   <si>
     <t>HiQ International AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565293205      </t>
   </si>
   <si>
     <t>23.3-2965-20:005</t>
   </si>
   <si>
     <t>IDEMIA Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5560297250      </t>
   </si>
   <si>
     <t>23.3-2649-2022-005</t>
   </si>
   <si>
     <t>Knowit Connectivity AB</t>
   </si>
   <si>
     <t xml:space="preserve">5562540673      </t>
-  </si>
-[...19 lines deleted...]
-    <t>2027-04-13</t>
   </si>
   <si>
     <t>23.3-957-2022-002</t>
   </si>
   <si>
     <t>Pagero Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5567522981      </t>
   </si>
   <si>
     <t>23.3-2649-2022-006</t>
   </si>
   <si>
     <t>Pulsen AB</t>
   </si>
   <si>
     <t xml:space="preserve">5562596428      </t>
   </si>
   <si>
     <t>23.3-957-2022-003</t>
   </si>
   <si>
     <t>Qvalia AB</t>
   </si>
@@ -821,346 +821,346 @@
       </c>
       <c r="E14" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F14" s="0" t="s">
         <v>38</v>
       </c>
       <c r="G14" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H14" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
         <v>53</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>54</v>
       </c>
       <c r="C15" s="0" t="s">
         <v>55</v>
       </c>
       <c r="D15" s="0" t="s">
-        <v>24</v>
+        <v>56</v>
       </c>
       <c r="E15" s="0" t="s">
-        <v>25</v>
+        <v>57</v>
       </c>
       <c r="F15" s="0" t="s">
-        <v>26</v>
+        <v>58</v>
       </c>
       <c r="G15" s="0" t="s">
-        <v>27</v>
+        <v>59</v>
       </c>
       <c r="H15" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>54</v>
+        <v>61</v>
       </c>
       <c r="C16" s="0" t="s">
-        <v>55</v>
+        <v>62</v>
       </c>
       <c r="D16" s="0" t="s">
         <v>24</v>
       </c>
       <c r="E16" s="0" t="s">
-        <v>57</v>
+        <v>25</v>
       </c>
       <c r="F16" s="0" t="s">
         <v>26</v>
       </c>
       <c r="G16" s="0" t="s">
         <v>27</v>
       </c>
       <c r="H16" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>53</v>
+        <v>63</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>54</v>
+        <v>61</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>55</v>
+        <v>62</v>
       </c>
       <c r="D17" s="0" t="s">
         <v>24</v>
       </c>
       <c r="E17" s="0" t="s">
-        <v>29</v>
+        <v>64</v>
       </c>
       <c r="F17" s="0" t="s">
         <v>26</v>
       </c>
       <c r="G17" s="0" t="s">
         <v>27</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
-        <v>56</v>
+        <v>60</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>54</v>
+        <v>61</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>55</v>
+        <v>62</v>
       </c>
       <c r="D18" s="0" t="s">
         <v>24</v>
       </c>
       <c r="E18" s="0" t="s">
-        <v>58</v>
+        <v>29</v>
       </c>
       <c r="F18" s="0" t="s">
         <v>26</v>
       </c>
       <c r="G18" s="0" t="s">
         <v>27</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>36</v>
+        <v>24</v>
       </c>
       <c r="E19" s="0" t="s">
-        <v>37</v>
+        <v>65</v>
       </c>
       <c r="F19" s="0" t="s">
-        <v>38</v>
+        <v>26</v>
       </c>
       <c r="G19" s="0" t="s">
-        <v>39</v>
+        <v>27</v>
       </c>
       <c r="H19" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
-        <v>62</v>
+        <v>66</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>63</v>
+        <v>67</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>64</v>
+        <v>68</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>12</v>
+        <v>36</v>
       </c>
       <c r="E20" s="0" t="s">
-        <v>13</v>
+        <v>37</v>
       </c>
       <c r="F20" s="0" t="s">
-        <v>14</v>
+        <v>38</v>
       </c>
       <c r="G20" s="0" t="s">
-        <v>15</v>
+        <v>39</v>
       </c>
       <c r="H20" s="0" t="s">
-        <v>15</v>
+        <v>28</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
-        <v>62</v>
+        <v>69</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>63</v>
+        <v>70</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>64</v>
+        <v>71</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="E21" s="0" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="F21" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G21" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H21" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="D22" s="0" t="s">
-        <v>36</v>
+        <v>16</v>
       </c>
       <c r="E22" s="0" t="s">
-        <v>37</v>
+        <v>17</v>
       </c>
       <c r="F22" s="0" t="s">
-        <v>38</v>
+        <v>14</v>
       </c>
       <c r="G22" s="0" t="s">
-        <v>39</v>
+        <v>15</v>
       </c>
       <c r="H22" s="0" t="s">
-        <v>28</v>
+        <v>15</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>71</v>
+        <v>36</v>
       </c>
       <c r="E23" s="0" t="s">
-        <v>72</v>
+        <v>37</v>
       </c>
       <c r="F23" s="0" t="s">
-        <v>73</v>
+        <v>38</v>
       </c>
       <c r="G23" s="0" t="s">
-        <v>74</v>
+        <v>39</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
         <v>75</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>76</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>77</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>71</v>
+        <v>56</v>
       </c>
       <c r="E24" s="0" t="s">
-        <v>72</v>
+        <v>57</v>
       </c>
       <c r="F24" s="0" t="s">
-        <v>73</v>
+        <v>58</v>
       </c>
       <c r="G24" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
         <v>78</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>79</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>80</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>36</v>
       </c>
       <c r="E25" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F25" s="0" t="s">
         <v>38</v>
       </c>
       <c r="G25" s="0" t="s">
         <v>39</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
         <v>81</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>82</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>83</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>71</v>
+        <v>56</v>
       </c>
       <c r="E26" s="0" t="s">
-        <v>72</v>
+        <v>57</v>
       </c>
       <c r="F26" s="0" t="s">
-        <v>73</v>
+        <v>58</v>
       </c>
       <c r="G26" s="0" t="s">
-        <v>74</v>
+        <v>59</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
         <v>84</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>85</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>86</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>36</v>
       </c>
       <c r="E27" s="0" t="s">
         <v>37</v>
       </c>
       <c r="F27" s="0" t="s">
         <v>38</v>
       </c>
       <c r="G27" s="0" t="s">
@@ -1370,51 +1370,51 @@
       </c>
       <c r="F35" s="0" t="s">
         <v>26</v>
       </c>
       <c r="G35" s="0" t="s">
         <v>27</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
         <v>105</v>
       </c>
       <c r="B36" s="0" t="s">
         <v>103</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>104</v>
       </c>
       <c r="D36" s="0" t="s">
         <v>24</v>
       </c>
       <c r="E36" s="0" t="s">
-        <v>57</v>
+        <v>64</v>
       </c>
       <c r="F36" s="0" t="s">
         <v>26</v>
       </c>
       <c r="G36" s="0" t="s">
         <v>27</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
         <v>102</v>
       </c>
       <c r="B37" s="0" t="s">
         <v>103</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>104</v>
       </c>
       <c r="D37" s="0" t="s">
         <v>24</v>
       </c>
       <c r="E37" s="0" t="s">
@@ -1422,51 +1422,51 @@
       </c>
       <c r="F37" s="0" t="s">
         <v>26</v>
       </c>
       <c r="G37" s="0" t="s">
         <v>27</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
         <v>105</v>
       </c>
       <c r="B38" s="0" t="s">
         <v>103</v>
       </c>
       <c r="C38" s="0" t="s">
         <v>104</v>
       </c>
       <c r="D38" s="0" t="s">
         <v>24</v>
       </c>
       <c r="E38" s="0" t="s">
-        <v>58</v>
+        <v>65</v>
       </c>
       <c r="F38" s="0" t="s">
         <v>26</v>
       </c>
       <c r="G38" s="0" t="s">
         <v>27</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
         <v>106</v>
       </c>
       <c r="B39" s="0" t="s">
         <v>107</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>108</v>
       </c>
       <c r="D39" s="0" t="s">
         <v>24</v>
       </c>
       <c r="E39" s="0" t="s">
@@ -1474,51 +1474,51 @@
       </c>
       <c r="F39" s="0" t="s">
         <v>26</v>
       </c>
       <c r="G39" s="0" t="s">
         <v>27</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
         <v>109</v>
       </c>
       <c r="B40" s="0" t="s">
         <v>107</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>108</v>
       </c>
       <c r="D40" s="0" t="s">
         <v>24</v>
       </c>
       <c r="E40" s="0" t="s">
-        <v>57</v>
+        <v>64</v>
       </c>
       <c r="F40" s="0" t="s">
         <v>26</v>
       </c>
       <c r="G40" s="0" t="s">
         <v>27</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
         <v>106</v>
       </c>
       <c r="B41" s="0" t="s">
         <v>107</v>
       </c>
       <c r="C41" s="0" t="s">
         <v>108</v>
       </c>
       <c r="D41" s="0" t="s">
         <v>24</v>
       </c>
       <c r="E41" s="0" t="s">
@@ -1526,51 +1526,51 @@
       </c>
       <c r="F41" s="0" t="s">
         <v>26</v>
       </c>
       <c r="G41" s="0" t="s">
         <v>27</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
         <v>109</v>
       </c>
       <c r="B42" s="0" t="s">
         <v>107</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>108</v>
       </c>
       <c r="D42" s="0" t="s">
         <v>24</v>
       </c>
       <c r="E42" s="0" t="s">
-        <v>58</v>
+        <v>65</v>
       </c>
       <c r="F42" s="0" t="s">
         <v>26</v>
       </c>
       <c r="G42" s="0" t="s">
         <v>27</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
         <v>110</v>
       </c>
       <c r="B43" s="0" t="s">
         <v>111</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>112</v>
       </c>
       <c r="D43" s="0" t="s">
         <v>12</v>
       </c>
       <c r="E43" s="0" t="s">
@@ -1630,51 +1630,51 @@
       </c>
       <c r="F45" s="0" t="s">
         <v>26</v>
       </c>
       <c r="G45" s="0" t="s">
         <v>27</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
         <v>116</v>
       </c>
       <c r="B46" s="0" t="s">
         <v>114</v>
       </c>
       <c r="C46" s="0" t="s">
         <v>115</v>
       </c>
       <c r="D46" s="0" t="s">
         <v>24</v>
       </c>
       <c r="E46" s="0" t="s">
-        <v>57</v>
+        <v>64</v>
       </c>
       <c r="F46" s="0" t="s">
         <v>26</v>
       </c>
       <c r="G46" s="0" t="s">
         <v>27</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
         <v>113</v>
       </c>
       <c r="B47" s="0" t="s">
         <v>114</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>115</v>
       </c>
       <c r="D47" s="0" t="s">
         <v>24</v>
       </c>
       <c r="E47" s="0" t="s">
@@ -1682,51 +1682,51 @@
       </c>
       <c r="F47" s="0" t="s">
         <v>26</v>
       </c>
       <c r="G47" s="0" t="s">
         <v>27</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>28</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
         <v>116</v>
       </c>
       <c r="B48" s="0" t="s">
         <v>114</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>115</v>
       </c>
       <c r="D48" s="0" t="s">
         <v>24</v>
       </c>
       <c r="E48" s="0" t="s">
-        <v>58</v>
+        <v>65</v>
       </c>
       <c r="F48" s="0" t="s">
         <v>26</v>
       </c>
       <c r="G48" s="0" t="s">
         <v>27</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>28</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
   </mergeCells>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=EPPlusLicense.txt>This workbook was created with the EPPlus library, licensed to Kammarkollegiet under the Polyform Noncommercial license, see https://polyformproject.org/licenses/noncommercial/1.0.0
 For more information about EPPlus, see https://epplussoftware.com/
 
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>