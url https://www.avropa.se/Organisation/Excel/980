--- v3 (2026-01-29)
+++ v4 (2026-02-18)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Region Sto" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="117" uniqueCount="117">
   <si>
-    <t>Giltiga ramavtal för Region Stockholm 2026-01-29</t>
+    <t>Giltiga ramavtal för Region Stockholm 2026-02-18</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>