--- v4 (2026-02-18)
+++ v5 (2026-03-26)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Region Sto" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="117" uniqueCount="117">
   <si>
-    <t>Giltiga ramavtal för Region Stockholm 2026-02-18</t>
+    <t>Giltiga ramavtal för Region Stockholm 2026-03-26</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>