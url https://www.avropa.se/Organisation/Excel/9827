--- v0 (2025-10-29)
+++ v1 (2026-01-22)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Sölvesborg" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="121" uniqueCount="121">
   <si>
-    <t>Giltiga ramavtal för Sölvesborgs-Bromöllas Kommunalförbund 2025-10-29</t>
+    <t>Giltiga ramavtal för Sölvesborgs-Bromöllas Kommunalförbund 2026-01-22</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -241,75 +241,75 @@
   <si>
     <t>23.3-2771-21:004</t>
   </si>
   <si>
     <t>Cuebid Väst AB</t>
   </si>
   <si>
     <t xml:space="preserve">5591484968      </t>
   </si>
   <si>
     <t>23.3-8027-2021-005</t>
   </si>
   <si>
     <t>Dustin Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566661012      </t>
   </si>
   <si>
     <t>23.3-2771-21:005</t>
   </si>
   <si>
     <t>23.3-10517-20:004</t>
   </si>
   <si>
+    <t>23.3-10517-20:006</t>
+  </si>
+  <si>
+    <t>Forté Sweden AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5563657039      </t>
+  </si>
+  <si>
     <t>23.3-10517-20:005</t>
   </si>
   <si>
     <t>Foxway AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564700309      </t>
   </si>
   <si>
     <t>23.3-2965-20:005</t>
   </si>
   <si>
     <t>IDEMIA Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5560297250      </t>
-  </si>
-[...7 lines deleted...]
-    <t xml:space="preserve">5563657039      </t>
   </si>
   <si>
     <t>23.3-2771-21:011</t>
   </si>
   <si>
     <t>NetNordic Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566997309      </t>
   </si>
   <si>
     <t>23.3-2771-21:012</t>
   </si>
   <si>
     <t>Orange Cyberdefense Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565897211      </t>
   </si>
   <si>
     <t>23.3-2771-21:006</t>
   </si>
   <si>
     <t>Proact IT Sweden AB</t>
   </si>
@@ -1093,115 +1093,115 @@
       </c>
       <c r="E24" s="0" t="s">
         <v>48</v>
       </c>
       <c r="F24" s="0" t="s">
         <v>49</v>
       </c>
       <c r="G24" s="0" t="s">
         <v>50</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
         <v>80</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>81</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>82</v>
       </c>
       <c r="D25" s="0" t="s">
-        <v>12</v>
+        <v>47</v>
       </c>
       <c r="E25" s="0" t="s">
-        <v>13</v>
+        <v>48</v>
       </c>
       <c r="F25" s="0" t="s">
-        <v>14</v>
+        <v>49</v>
       </c>
       <c r="G25" s="0" t="s">
-        <v>15</v>
+        <v>50</v>
       </c>
       <c r="H25" s="0" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="C26" s="0" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="E26" s="0" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="F26" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G26" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
         <v>83</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>84</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>85</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>47</v>
+        <v>16</v>
       </c>
       <c r="E27" s="0" t="s">
-        <v>48</v>
+        <v>17</v>
       </c>
       <c r="F27" s="0" t="s">
-        <v>49</v>
+        <v>14</v>
       </c>
       <c r="G27" s="0" t="s">
-        <v>50</v>
+        <v>15</v>
       </c>
       <c r="H27" s="0" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
         <v>86</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>87</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>88</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E28" s="0" t="s">
         <v>32</v>
       </c>
       <c r="F28" s="0" t="s">
         <v>33</v>
       </c>
       <c r="G28" s="0" t="s">
         <v>34</v>
       </c>
       <c r="H28" s="0" t="s">