--- v1 (2026-01-22)
+++ v2 (2026-02-11)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Sölvesborg" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="121" uniqueCount="121">
   <si>
-    <t>Giltiga ramavtal för Sölvesborgs-Bromöllas Kommunalförbund 2026-01-22</t>
+    <t>Giltiga ramavtal för Sölvesborgs-Bromöllas Kommunalförbund 2026-02-11</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>