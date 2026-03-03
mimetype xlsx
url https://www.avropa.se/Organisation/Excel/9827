--- v2 (2026-02-11)
+++ v3 (2026-03-03)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Sölvesborg" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="121" uniqueCount="121">
   <si>
-    <t>Giltiga ramavtal för Sölvesborgs-Bromöllas Kommunalförbund 2026-02-11</t>
+    <t>Giltiga ramavtal för Sölvesborgs-Bromöllas Kommunalförbund 2026-03-03</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>