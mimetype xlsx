--- v3 (2026-03-03)
+++ v4 (2026-03-25)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Sölvesborg" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="121" uniqueCount="121">
   <si>
-    <t>Giltiga ramavtal för Sölvesborgs-Bromöllas Kommunalförbund 2026-03-03</t>
+    <t>Giltiga ramavtal för Sölvesborgs-Bromöllas Kommunalförbund 2026-03-25</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>