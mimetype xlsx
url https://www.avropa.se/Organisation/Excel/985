--- v0 (2025-10-29)
+++ v1 (2025-11-20)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Region Väs" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="204" uniqueCount="204">
   <si>
-    <t>Giltiga ramavtal för Region Västernorrland 2025-10-29</t>
+    <t>Giltiga ramavtal för Region Västernorrland 2025-11-20</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>