--- v1 (2025-11-20)
+++ v2 (2025-12-30)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Region Väs" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="204" uniqueCount="204">
   <si>
-    <t>Giltiga ramavtal för Region Västernorrland 2025-11-20</t>
+    <t>Giltiga ramavtal för Region Västernorrland 2025-12-30</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>