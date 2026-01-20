--- v2 (2025-12-30)
+++ v3 (2026-01-20)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Region Väs" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="204" uniqueCount="204">
   <si>
-    <t>Giltiga ramavtal för Region Västernorrland 2025-12-30</t>
+    <t>Giltiga ramavtal för Region Västernorrland 2026-01-20</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>