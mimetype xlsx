--- v3 (2026-01-20)
+++ v4 (2026-03-03)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Region Väs" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="204" uniqueCount="204">
   <si>
-    <t>Giltiga ramavtal för Region Västernorrland 2026-01-20</t>
+    <t>Giltiga ramavtal för Region Västernorrland 2026-03-03</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -352,50 +352,71 @@
   <si>
     <t>Dustin Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566661012      </t>
   </si>
   <si>
     <t>23.3-8027-2021-005</t>
   </si>
   <si>
     <t>23.3-2771-21:005</t>
   </si>
   <si>
     <t>23.3-5432-19:008</t>
   </si>
   <si>
     <t>23.3-2651-2022-007</t>
   </si>
   <si>
     <t>Fujitsu Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5561475897      </t>
   </si>
   <si>
+    <t>23.3-957-2022-001</t>
+  </si>
+  <si>
+    <t>GEP Sweden AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5591341705      </t>
+  </si>
+  <si>
+    <t>Operatörstjänst för elektroniska meddelanden</t>
+  </si>
+  <si>
+    <t>Operatörstjänst för elektroniska meddelanden / Operatörstjänst för elektroniska meddelanden</t>
+  </si>
+  <si>
+    <t>2023-04-14</t>
+  </si>
+  <si>
+    <t>2027-04-13</t>
+  </si>
+  <si>
     <t>23.3-10150-2021-006</t>
   </si>
   <si>
     <t>GlobalConnect AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565976122      </t>
   </si>
   <si>
     <t>23.3-10150-2021-001</t>
   </si>
   <si>
     <t>Kommunikationstjänster inom tele- och datakom / Kommunikationslösningar / Särskild fördelningsnyckel</t>
   </si>
   <si>
     <t>Kommunikationstjänster inom tele- och datakom / Kommunikationslösningar / Förnyad konkurrensutsättning</t>
   </si>
   <si>
     <t>23.3-2649-2022-004</t>
   </si>
   <si>
     <t>HiQ International AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565293205      </t>
@@ -422,71 +443,50 @@
     <t>23.3-2649-2022-005</t>
   </si>
   <si>
     <t>Knowit Connectivity AB</t>
   </si>
   <si>
     <t xml:space="preserve">5562540673      </t>
   </si>
   <si>
     <t>23.3-2771-21:011</t>
   </si>
   <si>
     <t>NetNordic Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566997309      </t>
   </si>
   <si>
     <t>23.3-2651-2022-004</t>
   </si>
   <si>
     <t>Nexer AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564519345      </t>
-  </si>
-[...19 lines deleted...]
-    <t>2027-04-13</t>
   </si>
   <si>
     <t>23.3-2771-21:012</t>
   </si>
   <si>
     <t>Orange Cyberdefense Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565897211      </t>
   </si>
   <si>
     <t>23.3-957-2022-002</t>
   </si>
   <si>
     <t>Pagero Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5567522981      </t>
   </si>
   <si>
     <t>23.3-2771-21:006</t>
   </si>
   <si>
     <t>Proact IT Sweden AB</t>
   </si>
@@ -1706,398 +1706,398 @@
       </c>
       <c r="E38" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F38" s="0" t="s">
         <v>23</v>
       </c>
       <c r="G38" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
         <v>114</v>
       </c>
       <c r="B39" s="0" t="s">
         <v>115</v>
       </c>
       <c r="C39" s="0" t="s">
         <v>116</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>45</v>
+        <v>117</v>
       </c>
       <c r="E39" s="0" t="s">
-        <v>46</v>
+        <v>118</v>
       </c>
       <c r="F39" s="0" t="s">
-        <v>47</v>
+        <v>119</v>
       </c>
       <c r="G39" s="0" t="s">
-        <v>48</v>
+        <v>120</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>115</v>
+        <v>122</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>116</v>
+        <v>123</v>
       </c>
       <c r="D40" s="0" t="s">
         <v>45</v>
       </c>
       <c r="E40" s="0" t="s">
-        <v>118</v>
+        <v>46</v>
       </c>
       <c r="F40" s="0" t="s">
         <v>47</v>
       </c>
       <c r="G40" s="0" t="s">
         <v>48</v>
       </c>
       <c r="H40" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
-        <v>114</v>
+        <v>124</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>115</v>
+        <v>122</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>116</v>
+        <v>123</v>
       </c>
       <c r="D41" s="0" t="s">
         <v>45</v>
       </c>
       <c r="E41" s="0" t="s">
-        <v>49</v>
+        <v>125</v>
       </c>
       <c r="F41" s="0" t="s">
         <v>47</v>
       </c>
       <c r="G41" s="0" t="s">
         <v>48</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
-        <v>117</v>
+        <v>121</v>
       </c>
       <c r="B42" s="0" t="s">
-        <v>115</v>
+        <v>122</v>
       </c>
       <c r="C42" s="0" t="s">
-        <v>116</v>
+        <v>123</v>
       </c>
       <c r="D42" s="0" t="s">
         <v>45</v>
       </c>
       <c r="E42" s="0" t="s">
-        <v>119</v>
+        <v>49</v>
       </c>
       <c r="F42" s="0" t="s">
         <v>47</v>
       </c>
       <c r="G42" s="0" t="s">
         <v>48</v>
       </c>
       <c r="H42" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
-        <v>120</v>
+        <v>124</v>
       </c>
       <c r="B43" s="0" t="s">
-        <v>121</v>
+        <v>122</v>
       </c>
       <c r="C43" s="0" t="s">
-        <v>122</v>
+        <v>123</v>
       </c>
       <c r="D43" s="0" t="s">
-        <v>21</v>
+        <v>45</v>
       </c>
       <c r="E43" s="0" t="s">
-        <v>61</v>
+        <v>126</v>
       </c>
       <c r="F43" s="0" t="s">
-        <v>62</v>
+        <v>47</v>
       </c>
       <c r="G43" s="0" t="s">
-        <v>63</v>
+        <v>48</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
-        <v>123</v>
+        <v>127</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>124</v>
+        <v>128</v>
       </c>
       <c r="C44" s="0" t="s">
-        <v>125</v>
+        <v>129</v>
       </c>
       <c r="D44" s="0" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="E44" s="0" t="s">
-        <v>13</v>
+        <v>61</v>
       </c>
       <c r="F44" s="0" t="s">
-        <v>14</v>
+        <v>62</v>
       </c>
       <c r="G44" s="0" t="s">
-        <v>15</v>
+        <v>63</v>
       </c>
       <c r="H44" s="0" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
-        <v>123</v>
+        <v>130</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>124</v>
+        <v>131</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>125</v>
+        <v>132</v>
       </c>
       <c r="D45" s="0" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="E45" s="0" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="F45" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G45" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
-        <v>126</v>
+        <v>130</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>127</v>
+        <v>131</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>128</v>
+        <v>132</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="E46" s="0" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="F46" s="0" t="s">
-        <v>30</v>
+        <v>14</v>
       </c>
       <c r="G46" s="0" t="s">
-        <v>31</v>
+        <v>15</v>
       </c>
       <c r="H46" s="0" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
-        <v>129</v>
+        <v>133</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>130</v>
+        <v>134</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="D47" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E47" s="0" t="s">
-        <v>61</v>
+        <v>29</v>
       </c>
       <c r="F47" s="0" t="s">
-        <v>62</v>
+        <v>30</v>
       </c>
       <c r="G47" s="0" t="s">
-        <v>63</v>
+        <v>31</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
-        <v>132</v>
+        <v>136</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>133</v>
+        <v>137</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="E48" s="0" t="s">
-        <v>51</v>
+        <v>61</v>
       </c>
       <c r="F48" s="0" t="s">
-        <v>52</v>
+        <v>62</v>
       </c>
       <c r="G48" s="0" t="s">
-        <v>53</v>
+        <v>63</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
-        <v>135</v>
+        <v>139</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>136</v>
+        <v>140</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="E49" s="0" t="s">
-        <v>22</v>
+        <v>51</v>
       </c>
       <c r="F49" s="0" t="s">
-        <v>23</v>
+        <v>52</v>
       </c>
       <c r="G49" s="0" t="s">
-        <v>24</v>
+        <v>53</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="D50" s="0" t="s">
-        <v>141</v>
+        <v>21</v>
       </c>
       <c r="E50" s="0" t="s">
-        <v>142</v>
+        <v>22</v>
       </c>
       <c r="F50" s="0" t="s">
-        <v>143</v>
+        <v>23</v>
       </c>
       <c r="G50" s="0" t="s">
-        <v>144</v>
+        <v>24</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
         <v>145</v>
       </c>
       <c r="B51" s="0" t="s">
         <v>146</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>147</v>
       </c>
       <c r="D51" s="0" t="s">
         <v>33</v>
       </c>
       <c r="E51" s="0" t="s">
         <v>51</v>
       </c>
       <c r="F51" s="0" t="s">
         <v>52</v>
       </c>
       <c r="G51" s="0" t="s">
         <v>53</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
         <v>148</v>
       </c>
       <c r="B52" s="0" t="s">
         <v>149</v>
       </c>
       <c r="C52" s="0" t="s">
         <v>150</v>
       </c>
       <c r="D52" s="0" t="s">
-        <v>141</v>
+        <v>117</v>
       </c>
       <c r="E52" s="0" t="s">
-        <v>142</v>
+        <v>118</v>
       </c>
       <c r="F52" s="0" t="s">
-        <v>143</v>
+        <v>119</v>
       </c>
       <c r="G52" s="0" t="s">
-        <v>144</v>
+        <v>120</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
         <v>151</v>
       </c>
       <c r="B53" s="0" t="s">
         <v>152</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>153</v>
       </c>
       <c r="D53" s="0" t="s">
         <v>33</v>
       </c>
       <c r="E53" s="0" t="s">
         <v>34</v>
       </c>
       <c r="F53" s="0" t="s">
         <v>35</v>
       </c>
       <c r="G53" s="0" t="s">
@@ -2200,60 +2200,60 @@
       </c>
       <c r="E57" s="0" t="s">
         <v>65</v>
       </c>
       <c r="F57" s="0" t="s">
         <v>66</v>
       </c>
       <c r="G57" s="0" t="s">
         <v>67</v>
       </c>
       <c r="H57" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
         <v>160</v>
       </c>
       <c r="B58" s="0" t="s">
         <v>161</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>162</v>
       </c>
       <c r="D58" s="0" t="s">
-        <v>141</v>
+        <v>117</v>
       </c>
       <c r="E58" s="0" t="s">
-        <v>142</v>
+        <v>118</v>
       </c>
       <c r="F58" s="0" t="s">
-        <v>143</v>
+        <v>119</v>
       </c>
       <c r="G58" s="0" t="s">
-        <v>144</v>
+        <v>120</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
         <v>163</v>
       </c>
       <c r="B59" s="0" t="s">
         <v>164</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>165</v>
       </c>
       <c r="D59" s="0" t="s">
         <v>33</v>
       </c>
       <c r="E59" s="0" t="s">
         <v>51</v>
       </c>
       <c r="F59" s="0" t="s">
         <v>52</v>
       </c>
       <c r="G59" s="0" t="s">
@@ -2515,51 +2515,51 @@
       </c>
       <c r="F69" s="0" t="s">
         <v>47</v>
       </c>
       <c r="G69" s="0" t="s">
         <v>48</v>
       </c>
       <c r="H69" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
         <v>188</v>
       </c>
       <c r="B70" s="0" t="s">
         <v>186</v>
       </c>
       <c r="C70" s="0" t="s">
         <v>187</v>
       </c>
       <c r="D70" s="0" t="s">
         <v>45</v>
       </c>
       <c r="E70" s="0" t="s">
-        <v>118</v>
+        <v>125</v>
       </c>
       <c r="F70" s="0" t="s">
         <v>47</v>
       </c>
       <c r="G70" s="0" t="s">
         <v>48</v>
       </c>
       <c r="H70" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="71">
       <c r="A71" s="0" t="s">
         <v>185</v>
       </c>
       <c r="B71" s="0" t="s">
         <v>186</v>
       </c>
       <c r="C71" s="0" t="s">
         <v>187</v>
       </c>
       <c r="D71" s="0" t="s">
         <v>45</v>
       </c>
       <c r="E71" s="0" t="s">
@@ -2567,51 +2567,51 @@
       </c>
       <c r="F71" s="0" t="s">
         <v>47</v>
       </c>
       <c r="G71" s="0" t="s">
         <v>48</v>
       </c>
       <c r="H71" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
         <v>188</v>
       </c>
       <c r="B72" s="0" t="s">
         <v>186</v>
       </c>
       <c r="C72" s="0" t="s">
         <v>187</v>
       </c>
       <c r="D72" s="0" t="s">
         <v>45</v>
       </c>
       <c r="E72" s="0" t="s">
-        <v>119</v>
+        <v>126</v>
       </c>
       <c r="F72" s="0" t="s">
         <v>47</v>
       </c>
       <c r="G72" s="0" t="s">
         <v>48</v>
       </c>
       <c r="H72" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="0" t="s">
         <v>189</v>
       </c>
       <c r="B73" s="0" t="s">
         <v>186</v>
       </c>
       <c r="C73" s="0" t="s">
         <v>187</v>
       </c>
       <c r="D73" s="0" t="s">
         <v>33</v>
       </c>
       <c r="E73" s="0" t="s">
@@ -2645,51 +2645,51 @@
       </c>
       <c r="F74" s="0" t="s">
         <v>47</v>
       </c>
       <c r="G74" s="0" t="s">
         <v>48</v>
       </c>
       <c r="H74" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="0" t="s">
         <v>193</v>
       </c>
       <c r="B75" s="0" t="s">
         <v>191</v>
       </c>
       <c r="C75" s="0" t="s">
         <v>192</v>
       </c>
       <c r="D75" s="0" t="s">
         <v>45</v>
       </c>
       <c r="E75" s="0" t="s">
-        <v>118</v>
+        <v>125</v>
       </c>
       <c r="F75" s="0" t="s">
         <v>47</v>
       </c>
       <c r="G75" s="0" t="s">
         <v>48</v>
       </c>
       <c r="H75" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="0" t="s">
         <v>190</v>
       </c>
       <c r="B76" s="0" t="s">
         <v>191</v>
       </c>
       <c r="C76" s="0" t="s">
         <v>192</v>
       </c>
       <c r="D76" s="0" t="s">
         <v>45</v>
       </c>
       <c r="E76" s="0" t="s">
@@ -2697,51 +2697,51 @@
       </c>
       <c r="F76" s="0" t="s">
         <v>47</v>
       </c>
       <c r="G76" s="0" t="s">
         <v>48</v>
       </c>
       <c r="H76" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="0" t="s">
         <v>193</v>
       </c>
       <c r="B77" s="0" t="s">
         <v>191</v>
       </c>
       <c r="C77" s="0" t="s">
         <v>192</v>
       </c>
       <c r="D77" s="0" t="s">
         <v>45</v>
       </c>
       <c r="E77" s="0" t="s">
-        <v>119</v>
+        <v>126</v>
       </c>
       <c r="F77" s="0" t="s">
         <v>47</v>
       </c>
       <c r="G77" s="0" t="s">
         <v>48</v>
       </c>
       <c r="H77" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="78">
       <c r="A78" s="0" t="s">
         <v>194</v>
       </c>
       <c r="B78" s="0" t="s">
         <v>195</v>
       </c>
       <c r="C78" s="0" t="s">
         <v>196</v>
       </c>
       <c r="D78" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E78" s="0" t="s">
@@ -2879,51 +2879,51 @@
       </c>
       <c r="F83" s="0" t="s">
         <v>47</v>
       </c>
       <c r="G83" s="0" t="s">
         <v>48</v>
       </c>
       <c r="H83" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="0" t="s">
         <v>203</v>
       </c>
       <c r="B84" s="0" t="s">
         <v>201</v>
       </c>
       <c r="C84" s="0" t="s">
         <v>202</v>
       </c>
       <c r="D84" s="0" t="s">
         <v>45</v>
       </c>
       <c r="E84" s="0" t="s">
-        <v>118</v>
+        <v>125</v>
       </c>
       <c r="F84" s="0" t="s">
         <v>47</v>
       </c>
       <c r="G84" s="0" t="s">
         <v>48</v>
       </c>
       <c r="H84" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="0" t="s">
         <v>200</v>
       </c>
       <c r="B85" s="0" t="s">
         <v>201</v>
       </c>
       <c r="C85" s="0" t="s">
         <v>202</v>
       </c>
       <c r="D85" s="0" t="s">
         <v>45</v>
       </c>
       <c r="E85" s="0" t="s">
@@ -2931,51 +2931,51 @@
       </c>
       <c r="F85" s="0" t="s">
         <v>47</v>
       </c>
       <c r="G85" s="0" t="s">
         <v>48</v>
       </c>
       <c r="H85" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="0" t="s">
         <v>203</v>
       </c>
       <c r="B86" s="0" t="s">
         <v>201</v>
       </c>
       <c r="C86" s="0" t="s">
         <v>202</v>
       </c>
       <c r="D86" s="0" t="s">
         <v>45</v>
       </c>
       <c r="E86" s="0" t="s">
-        <v>119</v>
+        <v>126</v>
       </c>
       <c r="F86" s="0" t="s">
         <v>47</v>
       </c>
       <c r="G86" s="0" t="s">
         <v>48</v>
       </c>
       <c r="H86" s="0" t="s">
         <v>25</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
   </mergeCells>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=EPPlusLicense.txt>This workbook was created with the EPPlus library, licensed to Kammarkollegiet under the Polyform Noncommercial license, see https://polyformproject.org/licenses/noncommercial/1.0.0
 For more information about EPPlus, see https://epplussoftware.com/
 
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>