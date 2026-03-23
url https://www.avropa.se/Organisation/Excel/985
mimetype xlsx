--- v4 (2026-03-03)
+++ v5 (2026-03-23)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Region Väs" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="204" uniqueCount="204">
   <si>
-    <t>Giltiga ramavtal för Region Västernorrland 2026-03-03</t>
+    <t>Giltiga ramavtal för Region Västernorrland 2026-03-23</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>