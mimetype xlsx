--- v0 (2025-10-30)
+++ v1 (2025-11-28)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Region Öre" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="187" uniqueCount="187">
   <si>
-    <t>Giltiga ramavtal för Region Örebro län 2025-10-30</t>
+    <t>Giltiga ramavtal för Region Örebro län 2025-11-28</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -337,102 +337,102 @@
   <si>
     <t>Cuebid Väst AB</t>
   </si>
   <si>
     <t xml:space="preserve">5591484968      </t>
   </si>
   <si>
     <t>23.3-8027-2021-005</t>
   </si>
   <si>
     <t>Dustin Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566661012      </t>
   </si>
   <si>
     <t>23.3-2771-21:005</t>
   </si>
   <si>
     <t>23.3-10517-20:004</t>
   </si>
   <si>
     <t>23.3-5432-19:008</t>
   </si>
   <si>
+    <t>23.3-10517-20:006</t>
+  </si>
+  <si>
+    <t>Forté Sweden AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5563657039      </t>
+  </si>
+  <si>
     <t>23.3-10517-20:005</t>
   </si>
   <si>
     <t>Foxway AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564700309      </t>
   </si>
   <si>
     <t>23.3-2651-2022-007</t>
   </si>
   <si>
     <t>Fujitsu Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5561475897      </t>
   </si>
   <si>
     <t>23.3-10150-2021-006</t>
   </si>
   <si>
     <t>GlobalConnect AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565976122      </t>
   </si>
   <si>
     <t>23.3-10150-2021-001</t>
   </si>
   <si>
     <t>Kommunikationstjänster inom tele- och datakom / Kommunikationslösningar / Särskild fördelningsnyckel</t>
   </si>
   <si>
     <t>Kommunikationstjänster inom tele- och datakom / Kommunikationslösningar / Förnyad konkurrensutsättning</t>
   </si>
   <si>
     <t>23.3-2965-20:005</t>
   </si>
   <si>
     <t>IDEMIA Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5560297250      </t>
-  </si>
-[...7 lines deleted...]
-    <t xml:space="preserve">5563657039      </t>
   </si>
   <si>
     <t>23.3-2771-21:011</t>
   </si>
   <si>
     <t>NetNordic Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566997309      </t>
   </si>
   <si>
     <t>23.3-2651-2022-004</t>
   </si>
   <si>
     <t>Nexer AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564519345      </t>
   </si>
   <si>
     <t>23.3-2771-21:012</t>
   </si>
   <si>
     <t>Orange Cyberdefense Sweden AB</t>
   </si>
@@ -1551,245 +1551,245 @@
       </c>
       <c r="E34" s="0" t="s">
         <v>62</v>
       </c>
       <c r="F34" s="0" t="s">
         <v>63</v>
       </c>
       <c r="G34" s="0" t="s">
         <v>64</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
         <v>112</v>
       </c>
       <c r="B35" s="0" t="s">
         <v>113</v>
       </c>
       <c r="C35" s="0" t="s">
         <v>114</v>
       </c>
       <c r="D35" s="0" t="s">
-        <v>21</v>
+        <v>61</v>
       </c>
       <c r="E35" s="0" t="s">
-        <v>22</v>
+        <v>62</v>
       </c>
       <c r="F35" s="0" t="s">
-        <v>23</v>
+        <v>63</v>
       </c>
       <c r="G35" s="0" t="s">
-        <v>24</v>
+        <v>64</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
         <v>115</v>
       </c>
       <c r="B36" s="0" t="s">
         <v>116</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>117</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>41</v>
+        <v>21</v>
       </c>
       <c r="E36" s="0" t="s">
-        <v>42</v>
+        <v>22</v>
       </c>
       <c r="F36" s="0" t="s">
-        <v>43</v>
+        <v>23</v>
       </c>
       <c r="G36" s="0" t="s">
-        <v>44</v>
+        <v>24</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
         <v>118</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="C37" s="0" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="D37" s="0" t="s">
         <v>41</v>
       </c>
       <c r="E37" s="0" t="s">
-        <v>119</v>
+        <v>42</v>
       </c>
       <c r="F37" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G37" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
-        <v>115</v>
+        <v>121</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="D38" s="0" t="s">
         <v>41</v>
       </c>
       <c r="E38" s="0" t="s">
-        <v>45</v>
+        <v>122</v>
       </c>
       <c r="F38" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G38" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
         <v>118</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>116</v>
+        <v>119</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>117</v>
+        <v>120</v>
       </c>
       <c r="D39" s="0" t="s">
         <v>41</v>
       </c>
       <c r="E39" s="0" t="s">
-        <v>120</v>
+        <v>45</v>
       </c>
       <c r="F39" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G39" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
         <v>121</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>122</v>
+        <v>119</v>
       </c>
       <c r="C40" s="0" t="s">
+        <v>120</v>
+      </c>
+      <c r="D40" s="0" t="s">
+        <v>41</v>
+      </c>
+      <c r="E40" s="0" t="s">
         <v>123</v>
       </c>
-      <c r="D40" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F40" s="0" t="s">
-        <v>14</v>
+        <v>43</v>
       </c>
       <c r="G40" s="0" t="s">
-        <v>15</v>
+        <v>44</v>
       </c>
       <c r="H40" s="0" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
-        <v>121</v>
+        <v>124</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>122</v>
+        <v>125</v>
       </c>
       <c r="C41" s="0" t="s">
-        <v>123</v>
+        <v>126</v>
       </c>
       <c r="D41" s="0" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="E41" s="0" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="F41" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G41" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H41" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
         <v>124</v>
       </c>
       <c r="B42" s="0" t="s">
         <v>125</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>126</v>
       </c>
       <c r="D42" s="0" t="s">
-        <v>61</v>
+        <v>16</v>
       </c>
       <c r="E42" s="0" t="s">
-        <v>62</v>
+        <v>17</v>
       </c>
       <c r="F42" s="0" t="s">
-        <v>63</v>
+        <v>14</v>
       </c>
       <c r="G42" s="0" t="s">
-        <v>64</v>
+        <v>15</v>
       </c>
       <c r="H42" s="0" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
         <v>127</v>
       </c>
       <c r="B43" s="0" t="s">
         <v>128</v>
       </c>
       <c r="C43" s="0" t="s">
         <v>129</v>
       </c>
       <c r="D43" s="0" t="s">
         <v>29</v>
       </c>
       <c r="E43" s="0" t="s">
         <v>47</v>
       </c>
       <c r="F43" s="0" t="s">
         <v>48</v>
       </c>
       <c r="G43" s="0" t="s">
         <v>49</v>
       </c>
       <c r="H43" s="0" t="s">
@@ -2230,51 +2230,51 @@
       </c>
       <c r="F60" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G60" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H60" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
         <v>171</v>
       </c>
       <c r="B61" s="0" t="s">
         <v>169</v>
       </c>
       <c r="C61" s="0" t="s">
         <v>170</v>
       </c>
       <c r="D61" s="0" t="s">
         <v>41</v>
       </c>
       <c r="E61" s="0" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="F61" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G61" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H61" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
         <v>168</v>
       </c>
       <c r="B62" s="0" t="s">
         <v>169</v>
       </c>
       <c r="C62" s="0" t="s">
         <v>170</v>
       </c>
       <c r="D62" s="0" t="s">
         <v>41</v>
       </c>
       <c r="E62" s="0" t="s">
@@ -2282,51 +2282,51 @@
       </c>
       <c r="F62" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G62" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H62" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
         <v>171</v>
       </c>
       <c r="B63" s="0" t="s">
         <v>169</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>170</v>
       </c>
       <c r="D63" s="0" t="s">
         <v>41</v>
       </c>
       <c r="E63" s="0" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="F63" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G63" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H63" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
         <v>172</v>
       </c>
       <c r="B64" s="0" t="s">
         <v>169</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>170</v>
       </c>
       <c r="D64" s="0" t="s">
         <v>29</v>
       </c>
       <c r="E64" s="0" t="s">
@@ -2360,51 +2360,51 @@
       </c>
       <c r="F65" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G65" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H65" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="66">
       <c r="A66" s="0" t="s">
         <v>176</v>
       </c>
       <c r="B66" s="0" t="s">
         <v>174</v>
       </c>
       <c r="C66" s="0" t="s">
         <v>175</v>
       </c>
       <c r="D66" s="0" t="s">
         <v>41</v>
       </c>
       <c r="E66" s="0" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="F66" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G66" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H66" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="67">
       <c r="A67" s="0" t="s">
         <v>173</v>
       </c>
       <c r="B67" s="0" t="s">
         <v>174</v>
       </c>
       <c r="C67" s="0" t="s">
         <v>175</v>
       </c>
       <c r="D67" s="0" t="s">
         <v>41</v>
       </c>
       <c r="E67" s="0" t="s">
@@ -2412,51 +2412,51 @@
       </c>
       <c r="F67" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G67" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H67" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="68">
       <c r="A68" s="0" t="s">
         <v>176</v>
       </c>
       <c r="B68" s="0" t="s">
         <v>174</v>
       </c>
       <c r="C68" s="0" t="s">
         <v>175</v>
       </c>
       <c r="D68" s="0" t="s">
         <v>41</v>
       </c>
       <c r="E68" s="0" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="F68" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G68" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H68" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
         <v>177</v>
       </c>
       <c r="B69" s="0" t="s">
         <v>178</v>
       </c>
       <c r="C69" s="0" t="s">
         <v>179</v>
       </c>
       <c r="D69" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E69" s="0" t="s">
@@ -2594,51 +2594,51 @@
       </c>
       <c r="F74" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G74" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H74" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="75">
       <c r="A75" s="0" t="s">
         <v>186</v>
       </c>
       <c r="B75" s="0" t="s">
         <v>184</v>
       </c>
       <c r="C75" s="0" t="s">
         <v>185</v>
       </c>
       <c r="D75" s="0" t="s">
         <v>41</v>
       </c>
       <c r="E75" s="0" t="s">
-        <v>119</v>
+        <v>122</v>
       </c>
       <c r="F75" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G75" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H75" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="76">
       <c r="A76" s="0" t="s">
         <v>183</v>
       </c>
       <c r="B76" s="0" t="s">
         <v>184</v>
       </c>
       <c r="C76" s="0" t="s">
         <v>185</v>
       </c>
       <c r="D76" s="0" t="s">
         <v>41</v>
       </c>
       <c r="E76" s="0" t="s">
@@ -2646,51 +2646,51 @@
       </c>
       <c r="F76" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G76" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H76" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="77">
       <c r="A77" s="0" t="s">
         <v>186</v>
       </c>
       <c r="B77" s="0" t="s">
         <v>184</v>
       </c>
       <c r="C77" s="0" t="s">
         <v>185</v>
       </c>
       <c r="D77" s="0" t="s">
         <v>41</v>
       </c>
       <c r="E77" s="0" t="s">
-        <v>120</v>
+        <v>123</v>
       </c>
       <c r="F77" s="0" t="s">
         <v>43</v>
       </c>
       <c r="G77" s="0" t="s">
         <v>44</v>
       </c>
       <c r="H77" s="0" t="s">
         <v>25</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:H1"/>
   </mergeCells>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=EPPlusLicense.txt>This workbook was created with the EPPlus library, licensed to Kammarkollegiet under the Polyform Noncommercial license, see https://polyformproject.org/licenses/noncommercial/1.0.0
 For more information about EPPlus, see https://epplussoftware.com/
 
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>