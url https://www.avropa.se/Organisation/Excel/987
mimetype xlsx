--- v1 (2025-11-28)
+++ v2 (2025-12-20)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Region Öre" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="187" uniqueCount="187">
   <si>
-    <t>Giltiga ramavtal för Region Örebro län 2025-11-28</t>
+    <t>Giltiga ramavtal för Region Örebro län 2025-12-20</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>