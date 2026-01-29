--- v2 (2025-12-20)
+++ v3 (2026-01-29)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Region Öre" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="187" uniqueCount="187">
   <si>
-    <t>Giltiga ramavtal för Region Örebro län 2025-12-20</t>
+    <t>Giltiga ramavtal för Region Örebro län 2026-01-29</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>