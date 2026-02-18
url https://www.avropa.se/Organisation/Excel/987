--- v3 (2026-01-29)
+++ v4 (2026-02-18)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Region Öre" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="187" uniqueCount="187">
   <si>
-    <t>Giltiga ramavtal för Region Örebro län 2026-01-29</t>
+    <t>Giltiga ramavtal för Region Örebro län 2026-02-18</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>