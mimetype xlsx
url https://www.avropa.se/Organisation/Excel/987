--- v4 (2026-02-18)
+++ v5 (2026-03-10)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Region Öre" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="187" uniqueCount="187">
   <si>
-    <t>Giltiga ramavtal för Region Örebro län 2026-02-18</t>
+    <t>Giltiga ramavtal för Region Örebro län 2026-03-10</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>