--- v0 (2025-10-24)
+++ v1 (2025-11-23)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Region Öst" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="244" uniqueCount="244">
   <si>
-    <t>Giltiga ramavtal för Region Östergötland 2025-10-24</t>
+    <t>Giltiga ramavtal för Region Östergötland 2025-11-23</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -406,50 +406,59 @@
   <si>
     <t xml:space="preserve">5591484968      </t>
   </si>
   <si>
     <t>23.3-2650-2022-005</t>
   </si>
   <si>
     <t>Dustin Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566661012      </t>
   </si>
   <si>
     <t>23.3-8027-2021-005</t>
   </si>
   <si>
     <t>23.3-2771-21:005</t>
   </si>
   <si>
     <t>23.3-10517-20:004</t>
   </si>
   <si>
     <t>23.3-5432-19:008</t>
   </si>
   <si>
+    <t>23.3-10517-20:006</t>
+  </si>
+  <si>
+    <t>Forté Sweden AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5563657039      </t>
+  </si>
+  <si>
     <t>23.3-10517-20:005</t>
   </si>
   <si>
     <t>Foxway AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564700309      </t>
   </si>
   <si>
     <t>23.3-2651-2022-007</t>
   </si>
   <si>
     <t>Fujitsu Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5561475897      </t>
   </si>
   <si>
     <t>23.3-10150-2021-006</t>
   </si>
   <si>
     <t>GlobalConnect AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565976122      </t>
@@ -460,102 +469,93 @@
   <si>
     <t>Kommunikationstjänster inom tele- och datakom / Kommunikationslösningar / Särskild fördelningsnyckel</t>
   </si>
   <si>
     <t>Kommunikationstjänster inom tele- och datakom / Kommunikationslösningar / Förnyad konkurrensutsättning</t>
   </si>
   <si>
     <t>23.3-2649-2022-004</t>
   </si>
   <si>
     <t>HiQ International AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565293205      </t>
   </si>
   <si>
     <t>23.3-2965-20:005</t>
   </si>
   <si>
     <t>IDEMIA Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5560297250      </t>
   </si>
   <si>
-    <t>23.3-10517-20:006</t>
-[...7 lines deleted...]
-  <si>
     <t>23.3-2650-2022-006</t>
   </si>
   <si>
     <t>Insight Technology Solutions AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565559522      </t>
   </si>
   <si>
     <t>23.3-2649-2022-005</t>
   </si>
   <si>
     <t>Knowit Connectivity AB</t>
   </si>
   <si>
     <t xml:space="preserve">5562540673      </t>
   </si>
   <si>
     <t>23.3-2771-21:011</t>
   </si>
   <si>
     <t>NetNordic Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566997309      </t>
   </si>
   <si>
     <t>23.3-2651-2022-004</t>
   </si>
   <si>
     <t>Nexer AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564519345      </t>
   </si>
   <si>
     <t>23.3-11119-2021-003</t>
   </si>
   <si>
     <t>Office Sverige AB</t>
   </si>
   <si>
-    <t xml:space="preserve">5563544948      </t>
+    <t xml:space="preserve">5569926388      </t>
   </si>
   <si>
     <t>23.3-957-2022-001</t>
   </si>
   <si>
     <t>OpusCapita Solutions AB</t>
   </si>
   <si>
     <t xml:space="preserve">5591341705      </t>
   </si>
   <si>
     <t>Operatörstjänst för elektroniska meddelanden</t>
   </si>
   <si>
     <t>Operatörstjänst för elektroniska meddelanden / Operatörstjänst för elektroniska meddelanden</t>
   </si>
   <si>
     <t>2023-04-14</t>
   </si>
   <si>
     <t>2027-04-13</t>
   </si>
   <si>
     <t>23.3-2771-21:012</t>
   </si>
@@ -2034,271 +2034,271 @@
       </c>
       <c r="E46" s="0" t="s">
         <v>77</v>
       </c>
       <c r="F46" s="0" t="s">
         <v>78</v>
       </c>
       <c r="G46" s="0" t="s">
         <v>79</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
         <v>135</v>
       </c>
       <c r="B47" s="0" t="s">
         <v>136</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>137</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>21</v>
+        <v>76</v>
       </c>
       <c r="E47" s="0" t="s">
-        <v>22</v>
+        <v>77</v>
       </c>
       <c r="F47" s="0" t="s">
-        <v>23</v>
+        <v>78</v>
       </c>
       <c r="G47" s="0" t="s">
-        <v>24</v>
+        <v>79</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
         <v>138</v>
       </c>
       <c r="B48" s="0" t="s">
         <v>139</v>
       </c>
       <c r="C48" s="0" t="s">
         <v>140</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>45</v>
+        <v>21</v>
       </c>
       <c r="E48" s="0" t="s">
-        <v>46</v>
+        <v>22</v>
       </c>
       <c r="F48" s="0" t="s">
-        <v>47</v>
+        <v>23</v>
       </c>
       <c r="G48" s="0" t="s">
-        <v>48</v>
+        <v>24</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
         <v>141</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="D49" s="0" t="s">
         <v>45</v>
       </c>
       <c r="E49" s="0" t="s">
-        <v>142</v>
+        <v>46</v>
       </c>
       <c r="F49" s="0" t="s">
         <v>47</v>
       </c>
       <c r="G49" s="0" t="s">
         <v>48</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
-        <v>138</v>
+        <v>144</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="D50" s="0" t="s">
         <v>45</v>
       </c>
       <c r="E50" s="0" t="s">
-        <v>49</v>
+        <v>145</v>
       </c>
       <c r="F50" s="0" t="s">
         <v>47</v>
       </c>
       <c r="G50" s="0" t="s">
         <v>48</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
         <v>141</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>139</v>
+        <v>142</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>140</v>
+        <v>143</v>
       </c>
       <c r="D51" s="0" t="s">
         <v>45</v>
       </c>
       <c r="E51" s="0" t="s">
-        <v>143</v>
+        <v>49</v>
       </c>
       <c r="F51" s="0" t="s">
         <v>47</v>
       </c>
       <c r="G51" s="0" t="s">
         <v>48</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
         <v>144</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>145</v>
+        <v>142</v>
       </c>
       <c r="C52" s="0" t="s">
+        <v>143</v>
+      </c>
+      <c r="D52" s="0" t="s">
+        <v>45</v>
+      </c>
+      <c r="E52" s="0" t="s">
         <v>146</v>
       </c>
-      <c r="D52" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="F52" s="0" t="s">
-        <v>68</v>
+        <v>47</v>
       </c>
       <c r="G52" s="0" t="s">
-        <v>69</v>
+        <v>48</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
         <v>147</v>
       </c>
       <c r="B53" s="0" t="s">
         <v>148</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>149</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="E53" s="0" t="s">
-        <v>13</v>
+        <v>67</v>
       </c>
       <c r="F53" s="0" t="s">
-        <v>14</v>
+        <v>68</v>
       </c>
       <c r="G53" s="0" t="s">
-        <v>15</v>
+        <v>69</v>
       </c>
       <c r="H53" s="0" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
-        <v>147</v>
+        <v>150</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>148</v>
+        <v>151</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>149</v>
+        <v>152</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="E54" s="0" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="F54" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G54" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
         <v>150</v>
       </c>
       <c r="B55" s="0" t="s">
         <v>151</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>152</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>76</v>
+        <v>16</v>
       </c>
       <c r="E55" s="0" t="s">
-        <v>77</v>
+        <v>17</v>
       </c>
       <c r="F55" s="0" t="s">
-        <v>78</v>
+        <v>14</v>
       </c>
       <c r="G55" s="0" t="s">
-        <v>79</v>
+        <v>15</v>
       </c>
       <c r="H55" s="0" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
         <v>153</v>
       </c>
       <c r="B56" s="0" t="s">
         <v>154</v>
       </c>
       <c r="C56" s="0" t="s">
         <v>155</v>
       </c>
       <c r="D56" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E56" s="0" t="s">
         <v>29</v>
       </c>
       <c r="F56" s="0" t="s">
         <v>30</v>
       </c>
       <c r="G56" s="0" t="s">
         <v>31</v>
       </c>
       <c r="H56" s="0" t="s">
@@ -3077,51 +3077,51 @@
       </c>
       <c r="F86" s="0" t="s">
         <v>47</v>
       </c>
       <c r="G86" s="0" t="s">
         <v>48</v>
       </c>
       <c r="H86" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="0" t="s">
         <v>225</v>
       </c>
       <c r="B87" s="0" t="s">
         <v>223</v>
       </c>
       <c r="C87" s="0" t="s">
         <v>224</v>
       </c>
       <c r="D87" s="0" t="s">
         <v>45</v>
       </c>
       <c r="E87" s="0" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="F87" s="0" t="s">
         <v>47</v>
       </c>
       <c r="G87" s="0" t="s">
         <v>48</v>
       </c>
       <c r="H87" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="0" t="s">
         <v>222</v>
       </c>
       <c r="B88" s="0" t="s">
         <v>223</v>
       </c>
       <c r="C88" s="0" t="s">
         <v>224</v>
       </c>
       <c r="D88" s="0" t="s">
         <v>45</v>
       </c>
       <c r="E88" s="0" t="s">
@@ -3129,51 +3129,51 @@
       </c>
       <c r="F88" s="0" t="s">
         <v>47</v>
       </c>
       <c r="G88" s="0" t="s">
         <v>48</v>
       </c>
       <c r="H88" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="0" t="s">
         <v>225</v>
       </c>
       <c r="B89" s="0" t="s">
         <v>223</v>
       </c>
       <c r="C89" s="0" t="s">
         <v>224</v>
       </c>
       <c r="D89" s="0" t="s">
         <v>45</v>
       </c>
       <c r="E89" s="0" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="F89" s="0" t="s">
         <v>47</v>
       </c>
       <c r="G89" s="0" t="s">
         <v>48</v>
       </c>
       <c r="H89" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="0" t="s">
         <v>226</v>
       </c>
       <c r="B90" s="0" t="s">
         <v>223</v>
       </c>
       <c r="C90" s="0" t="s">
         <v>224</v>
       </c>
       <c r="D90" s="0" t="s">
         <v>33</v>
       </c>
       <c r="E90" s="0" t="s">
@@ -3207,51 +3207,51 @@
       </c>
       <c r="F91" s="0" t="s">
         <v>47</v>
       </c>
       <c r="G91" s="0" t="s">
         <v>48</v>
       </c>
       <c r="H91" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="0" t="s">
         <v>230</v>
       </c>
       <c r="B92" s="0" t="s">
         <v>228</v>
       </c>
       <c r="C92" s="0" t="s">
         <v>229</v>
       </c>
       <c r="D92" s="0" t="s">
         <v>45</v>
       </c>
       <c r="E92" s="0" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="F92" s="0" t="s">
         <v>47</v>
       </c>
       <c r="G92" s="0" t="s">
         <v>48</v>
       </c>
       <c r="H92" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="0" t="s">
         <v>227</v>
       </c>
       <c r="B93" s="0" t="s">
         <v>228</v>
       </c>
       <c r="C93" s="0" t="s">
         <v>229</v>
       </c>
       <c r="D93" s="0" t="s">
         <v>45</v>
       </c>
       <c r="E93" s="0" t="s">
@@ -3259,51 +3259,51 @@
       </c>
       <c r="F93" s="0" t="s">
         <v>47</v>
       </c>
       <c r="G93" s="0" t="s">
         <v>48</v>
       </c>
       <c r="H93" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="0" t="s">
         <v>230</v>
       </c>
       <c r="B94" s="0" t="s">
         <v>228</v>
       </c>
       <c r="C94" s="0" t="s">
         <v>229</v>
       </c>
       <c r="D94" s="0" t="s">
         <v>45</v>
       </c>
       <c r="E94" s="0" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="F94" s="0" t="s">
         <v>47</v>
       </c>
       <c r="G94" s="0" t="s">
         <v>48</v>
       </c>
       <c r="H94" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="0" t="s">
         <v>231</v>
       </c>
       <c r="B95" s="0" t="s">
         <v>232</v>
       </c>
       <c r="C95" s="0" t="s">
         <v>233</v>
       </c>
       <c r="D95" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E95" s="0" t="s">
@@ -3441,51 +3441,51 @@
       </c>
       <c r="F100" s="0" t="s">
         <v>47</v>
       </c>
       <c r="G100" s="0" t="s">
         <v>48</v>
       </c>
       <c r="H100" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="0" t="s">
         <v>240</v>
       </c>
       <c r="B101" s="0" t="s">
         <v>238</v>
       </c>
       <c r="C101" s="0" t="s">
         <v>239</v>
       </c>
       <c r="D101" s="0" t="s">
         <v>45</v>
       </c>
       <c r="E101" s="0" t="s">
-        <v>142</v>
+        <v>145</v>
       </c>
       <c r="F101" s="0" t="s">
         <v>47</v>
       </c>
       <c r="G101" s="0" t="s">
         <v>48</v>
       </c>
       <c r="H101" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="0" t="s">
         <v>237</v>
       </c>
       <c r="B102" s="0" t="s">
         <v>238</v>
       </c>
       <c r="C102" s="0" t="s">
         <v>239</v>
       </c>
       <c r="D102" s="0" t="s">
         <v>45</v>
       </c>
       <c r="E102" s="0" t="s">
@@ -3493,51 +3493,51 @@
       </c>
       <c r="F102" s="0" t="s">
         <v>47</v>
       </c>
       <c r="G102" s="0" t="s">
         <v>48</v>
       </c>
       <c r="H102" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="0" t="s">
         <v>240</v>
       </c>
       <c r="B103" s="0" t="s">
         <v>238</v>
       </c>
       <c r="C103" s="0" t="s">
         <v>239</v>
       </c>
       <c r="D103" s="0" t="s">
         <v>45</v>
       </c>
       <c r="E103" s="0" t="s">
-        <v>143</v>
+        <v>146</v>
       </c>
       <c r="F103" s="0" t="s">
         <v>47</v>
       </c>
       <c r="G103" s="0" t="s">
         <v>48</v>
       </c>
       <c r="H103" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="0" t="s">
         <v>241</v>
       </c>
       <c r="B104" s="0" t="s">
         <v>242</v>
       </c>
       <c r="C104" s="0" t="s">
         <v>243</v>
       </c>
       <c r="D104" s="0" t="s">
         <v>60</v>
       </c>
       <c r="E104" s="0" t="s">