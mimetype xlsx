--- v1 (2025-11-23)
+++ v2 (2026-01-02)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Region Öst" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="244" uniqueCount="244">
   <si>
-    <t>Giltiga ramavtal för Region Östergötland 2025-11-23</t>
+    <t>Giltiga ramavtal för Region Östergötland 2026-01-02</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>