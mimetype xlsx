--- v2 (2026-01-02)
+++ v3 (2026-02-11)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Region Öst" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="244" uniqueCount="244">
   <si>
-    <t>Giltiga ramavtal för Region Östergötland 2026-01-02</t>
+    <t>Giltiga ramavtal för Region Östergötland 2026-02-11</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -433,50 +433,71 @@
   <si>
     <t>Forté Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5563657039      </t>
   </si>
   <si>
     <t>23.3-10517-20:005</t>
   </si>
   <si>
     <t>Foxway AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564700309      </t>
   </si>
   <si>
     <t>23.3-2651-2022-007</t>
   </si>
   <si>
     <t>Fujitsu Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5561475897      </t>
   </si>
   <si>
+    <t>23.3-957-2022-001</t>
+  </si>
+  <si>
+    <t>GEP Sweden AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5591341705      </t>
+  </si>
+  <si>
+    <t>Operatörstjänst för elektroniska meddelanden</t>
+  </si>
+  <si>
+    <t>Operatörstjänst för elektroniska meddelanden / Operatörstjänst för elektroniska meddelanden</t>
+  </si>
+  <si>
+    <t>2023-04-14</t>
+  </si>
+  <si>
+    <t>2027-04-13</t>
+  </si>
+  <si>
     <t>23.3-10150-2021-006</t>
   </si>
   <si>
     <t>GlobalConnect AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565976122      </t>
   </si>
   <si>
     <t>23.3-10150-2021-001</t>
   </si>
   <si>
     <t>Kommunikationstjänster inom tele- och datakom / Kommunikationslösningar / Särskild fördelningsnyckel</t>
   </si>
   <si>
     <t>Kommunikationstjänster inom tele- och datakom / Kommunikationslösningar / Förnyad konkurrensutsättning</t>
   </si>
   <si>
     <t>23.3-2649-2022-004</t>
   </si>
   <si>
     <t>HiQ International AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565293205      </t>
@@ -512,71 +533,50 @@
     <t>23.3-2771-21:011</t>
   </si>
   <si>
     <t>NetNordic Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566997309      </t>
   </si>
   <si>
     <t>23.3-2651-2022-004</t>
   </si>
   <si>
     <t>Nexer AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564519345      </t>
   </si>
   <si>
     <t>23.3-11119-2021-003</t>
   </si>
   <si>
     <t>Office Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5569926388      </t>
-  </si>
-[...19 lines deleted...]
-    <t>2027-04-13</t>
   </si>
   <si>
     <t>23.3-2771-21:012</t>
   </si>
   <si>
     <t>Orange Cyberdefense Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565897211      </t>
   </si>
   <si>
     <t>23.3-957-2022-002</t>
   </si>
   <si>
     <t>Pagero Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5567522981      </t>
   </si>
   <si>
     <t>23.3-11119-2021-004</t>
   </si>
   <si>
     <t>Perfect Print Sverige AB</t>
   </si>
@@ -2086,450 +2086,450 @@
       </c>
       <c r="E48" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F48" s="0" t="s">
         <v>23</v>
       </c>
       <c r="G48" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
         <v>141</v>
       </c>
       <c r="B49" s="0" t="s">
         <v>142</v>
       </c>
       <c r="C49" s="0" t="s">
         <v>143</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>45</v>
+        <v>144</v>
       </c>
       <c r="E49" s="0" t="s">
-        <v>46</v>
+        <v>145</v>
       </c>
       <c r="F49" s="0" t="s">
-        <v>47</v>
+        <v>146</v>
       </c>
       <c r="G49" s="0" t="s">
-        <v>48</v>
+        <v>147</v>
       </c>
       <c r="H49" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>142</v>
+        <v>149</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>143</v>
+        <v>150</v>
       </c>
       <c r="D50" s="0" t="s">
         <v>45</v>
       </c>
       <c r="E50" s="0" t="s">
-        <v>145</v>
+        <v>46</v>
       </c>
       <c r="F50" s="0" t="s">
         <v>47</v>
       </c>
       <c r="G50" s="0" t="s">
         <v>48</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
-        <v>141</v>
+        <v>151</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>142</v>
+        <v>149</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>143</v>
+        <v>150</v>
       </c>
       <c r="D51" s="0" t="s">
         <v>45</v>
       </c>
       <c r="E51" s="0" t="s">
-        <v>49</v>
+        <v>152</v>
       </c>
       <c r="F51" s="0" t="s">
         <v>47</v>
       </c>
       <c r="G51" s="0" t="s">
         <v>48</v>
       </c>
       <c r="H51" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>142</v>
+        <v>149</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>143</v>
+        <v>150</v>
       </c>
       <c r="D52" s="0" t="s">
         <v>45</v>
       </c>
       <c r="E52" s="0" t="s">
-        <v>146</v>
+        <v>49</v>
       </c>
       <c r="F52" s="0" t="s">
         <v>47</v>
       </c>
       <c r="G52" s="0" t="s">
         <v>48</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>148</v>
+        <v>149</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>149</v>
+        <v>150</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>21</v>
+        <v>45</v>
       </c>
       <c r="E53" s="0" t="s">
-        <v>67</v>
+        <v>153</v>
       </c>
       <c r="F53" s="0" t="s">
-        <v>68</v>
+        <v>47</v>
       </c>
       <c r="G53" s="0" t="s">
-        <v>69</v>
+        <v>48</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="E54" s="0" t="s">
-        <v>13</v>
+        <v>67</v>
       </c>
       <c r="F54" s="0" t="s">
-        <v>14</v>
+        <v>68</v>
       </c>
       <c r="G54" s="0" t="s">
-        <v>15</v>
+        <v>69</v>
       </c>
       <c r="H54" s="0" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
-        <v>150</v>
+        <v>157</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>151</v>
+        <v>158</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>152</v>
+        <v>159</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="E55" s="0" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="F55" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G55" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="D56" s="0" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="E56" s="0" t="s">
-        <v>29</v>
+        <v>17</v>
       </c>
       <c r="F56" s="0" t="s">
-        <v>30</v>
+        <v>14</v>
       </c>
       <c r="G56" s="0" t="s">
-        <v>31</v>
+        <v>15</v>
       </c>
       <c r="H56" s="0" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
-        <v>156</v>
+        <v>160</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>157</v>
+        <v>161</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>158</v>
+        <v>162</v>
       </c>
       <c r="D57" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E57" s="0" t="s">
-        <v>67</v>
+        <v>29</v>
       </c>
       <c r="F57" s="0" t="s">
-        <v>68</v>
+        <v>30</v>
       </c>
       <c r="G57" s="0" t="s">
-        <v>69</v>
+        <v>31</v>
       </c>
       <c r="H57" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>160</v>
+        <v>164</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>161</v>
+        <v>165</v>
       </c>
       <c r="D58" s="0" t="s">
-        <v>33</v>
+        <v>21</v>
       </c>
       <c r="E58" s="0" t="s">
-        <v>51</v>
+        <v>67</v>
       </c>
       <c r="F58" s="0" t="s">
-        <v>52</v>
+        <v>68</v>
       </c>
       <c r="G58" s="0" t="s">
-        <v>53</v>
+        <v>69</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>164</v>
+        <v>168</v>
       </c>
       <c r="D59" s="0" t="s">
-        <v>21</v>
+        <v>33</v>
       </c>
       <c r="E59" s="0" t="s">
-        <v>22</v>
+        <v>51</v>
       </c>
       <c r="F59" s="0" t="s">
-        <v>23</v>
+        <v>52</v>
       </c>
       <c r="G59" s="0" t="s">
-        <v>24</v>
+        <v>53</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
-        <v>165</v>
+        <v>169</v>
       </c>
       <c r="B60" s="0" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
       <c r="C60" s="0" t="s">
-        <v>167</v>
+        <v>171</v>
       </c>
       <c r="D60" s="0" t="s">
-        <v>60</v>
+        <v>21</v>
       </c>
       <c r="E60" s="0" t="s">
-        <v>61</v>
+        <v>22</v>
       </c>
       <c r="F60" s="0" t="s">
-        <v>62</v>
+        <v>23</v>
       </c>
       <c r="G60" s="0" t="s">
-        <v>63</v>
+        <v>24</v>
       </c>
       <c r="H60" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="61">
       <c r="A61" s="0" t="s">
-        <v>165</v>
+        <v>172</v>
       </c>
       <c r="B61" s="0" t="s">
-        <v>166</v>
+        <v>173</v>
       </c>
       <c r="C61" s="0" t="s">
-        <v>167</v>
+        <v>174</v>
       </c>
       <c r="D61" s="0" t="s">
         <v>60</v>
       </c>
       <c r="E61" s="0" t="s">
-        <v>64</v>
+        <v>61</v>
       </c>
       <c r="F61" s="0" t="s">
         <v>62</v>
       </c>
       <c r="G61" s="0" t="s">
         <v>63</v>
       </c>
       <c r="H61" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="62">
       <c r="A62" s="0" t="s">
-        <v>168</v>
+        <v>172</v>
       </c>
       <c r="B62" s="0" t="s">
-        <v>169</v>
+        <v>173</v>
       </c>
       <c r="C62" s="0" t="s">
-        <v>170</v>
+        <v>174</v>
       </c>
       <c r="D62" s="0" t="s">
-        <v>171</v>
+        <v>60</v>
       </c>
       <c r="E62" s="0" t="s">
-        <v>172</v>
+        <v>64</v>
       </c>
       <c r="F62" s="0" t="s">
-        <v>173</v>
+        <v>62</v>
       </c>
       <c r="G62" s="0" t="s">
-        <v>174</v>
+        <v>63</v>
       </c>
       <c r="H62" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
         <v>175</v>
       </c>
       <c r="B63" s="0" t="s">
         <v>176</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>177</v>
       </c>
       <c r="D63" s="0" t="s">
         <v>33</v>
       </c>
       <c r="E63" s="0" t="s">
         <v>51</v>
       </c>
       <c r="F63" s="0" t="s">
         <v>52</v>
       </c>
       <c r="G63" s="0" t="s">
         <v>53</v>
       </c>
       <c r="H63" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
         <v>178</v>
       </c>
       <c r="B64" s="0" t="s">
         <v>179</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>180</v>
       </c>
       <c r="D64" s="0" t="s">
-        <v>171</v>
+        <v>144</v>
       </c>
       <c r="E64" s="0" t="s">
-        <v>172</v>
+        <v>145</v>
       </c>
       <c r="F64" s="0" t="s">
-        <v>173</v>
+        <v>146</v>
       </c>
       <c r="G64" s="0" t="s">
-        <v>174</v>
+        <v>147</v>
       </c>
       <c r="H64" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="65">
       <c r="A65" s="0" t="s">
         <v>181</v>
       </c>
       <c r="B65" s="0" t="s">
         <v>182</v>
       </c>
       <c r="C65" s="0" t="s">
         <v>183</v>
       </c>
       <c r="D65" s="0" t="s">
         <v>60</v>
       </c>
       <c r="E65" s="0" t="s">
         <v>61</v>
       </c>
       <c r="F65" s="0" t="s">
         <v>62</v>
       </c>
       <c r="G65" s="0" t="s">
@@ -2684,60 +2684,60 @@
       </c>
       <c r="E71" s="0" t="s">
         <v>71</v>
       </c>
       <c r="F71" s="0" t="s">
         <v>72</v>
       </c>
       <c r="G71" s="0" t="s">
         <v>73</v>
       </c>
       <c r="H71" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="72">
       <c r="A72" s="0" t="s">
         <v>193</v>
       </c>
       <c r="B72" s="0" t="s">
         <v>194</v>
       </c>
       <c r="C72" s="0" t="s">
         <v>195</v>
       </c>
       <c r="D72" s="0" t="s">
-        <v>171</v>
+        <v>144</v>
       </c>
       <c r="E72" s="0" t="s">
-        <v>172</v>
+        <v>145</v>
       </c>
       <c r="F72" s="0" t="s">
-        <v>173</v>
+        <v>146</v>
       </c>
       <c r="G72" s="0" t="s">
-        <v>174</v>
+        <v>147</v>
       </c>
       <c r="H72" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="73">
       <c r="A73" s="0" t="s">
         <v>196</v>
       </c>
       <c r="B73" s="0" t="s">
         <v>197</v>
       </c>
       <c r="C73" s="0" t="s">
         <v>198</v>
       </c>
       <c r="D73" s="0" t="s">
         <v>33</v>
       </c>
       <c r="E73" s="0" t="s">
         <v>51</v>
       </c>
       <c r="F73" s="0" t="s">
         <v>52</v>
       </c>
       <c r="G73" s="0" t="s">
@@ -3077,51 +3077,51 @@
       </c>
       <c r="F86" s="0" t="s">
         <v>47</v>
       </c>
       <c r="G86" s="0" t="s">
         <v>48</v>
       </c>
       <c r="H86" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="87">
       <c r="A87" s="0" t="s">
         <v>225</v>
       </c>
       <c r="B87" s="0" t="s">
         <v>223</v>
       </c>
       <c r="C87" s="0" t="s">
         <v>224</v>
       </c>
       <c r="D87" s="0" t="s">
         <v>45</v>
       </c>
       <c r="E87" s="0" t="s">
-        <v>145</v>
+        <v>152</v>
       </c>
       <c r="F87" s="0" t="s">
         <v>47</v>
       </c>
       <c r="G87" s="0" t="s">
         <v>48</v>
       </c>
       <c r="H87" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="0" t="s">
         <v>222</v>
       </c>
       <c r="B88" s="0" t="s">
         <v>223</v>
       </c>
       <c r="C88" s="0" t="s">
         <v>224</v>
       </c>
       <c r="D88" s="0" t="s">
         <v>45</v>
       </c>
       <c r="E88" s="0" t="s">
@@ -3129,51 +3129,51 @@
       </c>
       <c r="F88" s="0" t="s">
         <v>47</v>
       </c>
       <c r="G88" s="0" t="s">
         <v>48</v>
       </c>
       <c r="H88" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="0" t="s">
         <v>225</v>
       </c>
       <c r="B89" s="0" t="s">
         <v>223</v>
       </c>
       <c r="C89" s="0" t="s">
         <v>224</v>
       </c>
       <c r="D89" s="0" t="s">
         <v>45</v>
       </c>
       <c r="E89" s="0" t="s">
-        <v>146</v>
+        <v>153</v>
       </c>
       <c r="F89" s="0" t="s">
         <v>47</v>
       </c>
       <c r="G89" s="0" t="s">
         <v>48</v>
       </c>
       <c r="H89" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="0" t="s">
         <v>226</v>
       </c>
       <c r="B90" s="0" t="s">
         <v>223</v>
       </c>
       <c r="C90" s="0" t="s">
         <v>224</v>
       </c>
       <c r="D90" s="0" t="s">
         <v>33</v>
       </c>
       <c r="E90" s="0" t="s">
@@ -3207,51 +3207,51 @@
       </c>
       <c r="F91" s="0" t="s">
         <v>47</v>
       </c>
       <c r="G91" s="0" t="s">
         <v>48</v>
       </c>
       <c r="H91" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="92">
       <c r="A92" s="0" t="s">
         <v>230</v>
       </c>
       <c r="B92" s="0" t="s">
         <v>228</v>
       </c>
       <c r="C92" s="0" t="s">
         <v>229</v>
       </c>
       <c r="D92" s="0" t="s">
         <v>45</v>
       </c>
       <c r="E92" s="0" t="s">
-        <v>145</v>
+        <v>152</v>
       </c>
       <c r="F92" s="0" t="s">
         <v>47</v>
       </c>
       <c r="G92" s="0" t="s">
         <v>48</v>
       </c>
       <c r="H92" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="93">
       <c r="A93" s="0" t="s">
         <v>227</v>
       </c>
       <c r="B93" s="0" t="s">
         <v>228</v>
       </c>
       <c r="C93" s="0" t="s">
         <v>229</v>
       </c>
       <c r="D93" s="0" t="s">
         <v>45</v>
       </c>
       <c r="E93" s="0" t="s">
@@ -3259,51 +3259,51 @@
       </c>
       <c r="F93" s="0" t="s">
         <v>47</v>
       </c>
       <c r="G93" s="0" t="s">
         <v>48</v>
       </c>
       <c r="H93" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="94">
       <c r="A94" s="0" t="s">
         <v>230</v>
       </c>
       <c r="B94" s="0" t="s">
         <v>228</v>
       </c>
       <c r="C94" s="0" t="s">
         <v>229</v>
       </c>
       <c r="D94" s="0" t="s">
         <v>45</v>
       </c>
       <c r="E94" s="0" t="s">
-        <v>146</v>
+        <v>153</v>
       </c>
       <c r="F94" s="0" t="s">
         <v>47</v>
       </c>
       <c r="G94" s="0" t="s">
         <v>48</v>
       </c>
       <c r="H94" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="95">
       <c r="A95" s="0" t="s">
         <v>231</v>
       </c>
       <c r="B95" s="0" t="s">
         <v>232</v>
       </c>
       <c r="C95" s="0" t="s">
         <v>233</v>
       </c>
       <c r="D95" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E95" s="0" t="s">
@@ -3441,51 +3441,51 @@
       </c>
       <c r="F100" s="0" t="s">
         <v>47</v>
       </c>
       <c r="G100" s="0" t="s">
         <v>48</v>
       </c>
       <c r="H100" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="101">
       <c r="A101" s="0" t="s">
         <v>240</v>
       </c>
       <c r="B101" s="0" t="s">
         <v>238</v>
       </c>
       <c r="C101" s="0" t="s">
         <v>239</v>
       </c>
       <c r="D101" s="0" t="s">
         <v>45</v>
       </c>
       <c r="E101" s="0" t="s">
-        <v>145</v>
+        <v>152</v>
       </c>
       <c r="F101" s="0" t="s">
         <v>47</v>
       </c>
       <c r="G101" s="0" t="s">
         <v>48</v>
       </c>
       <c r="H101" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="102">
       <c r="A102" s="0" t="s">
         <v>237</v>
       </c>
       <c r="B102" s="0" t="s">
         <v>238</v>
       </c>
       <c r="C102" s="0" t="s">
         <v>239</v>
       </c>
       <c r="D102" s="0" t="s">
         <v>45</v>
       </c>
       <c r="E102" s="0" t="s">
@@ -3493,51 +3493,51 @@
       </c>
       <c r="F102" s="0" t="s">
         <v>47</v>
       </c>
       <c r="G102" s="0" t="s">
         <v>48</v>
       </c>
       <c r="H102" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="103">
       <c r="A103" s="0" t="s">
         <v>240</v>
       </c>
       <c r="B103" s="0" t="s">
         <v>238</v>
       </c>
       <c r="C103" s="0" t="s">
         <v>239</v>
       </c>
       <c r="D103" s="0" t="s">
         <v>45</v>
       </c>
       <c r="E103" s="0" t="s">
-        <v>146</v>
+        <v>153</v>
       </c>
       <c r="F103" s="0" t="s">
         <v>47</v>
       </c>
       <c r="G103" s="0" t="s">
         <v>48</v>
       </c>
       <c r="H103" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="104">
       <c r="A104" s="0" t="s">
         <v>241</v>
       </c>
       <c r="B104" s="0" t="s">
         <v>242</v>
       </c>
       <c r="C104" s="0" t="s">
         <v>243</v>
       </c>
       <c r="D104" s="0" t="s">
         <v>60</v>
       </c>
       <c r="E104" s="0" t="s">