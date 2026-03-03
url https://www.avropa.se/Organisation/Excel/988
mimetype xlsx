--- v3 (2026-02-11)
+++ v4 (2026-03-03)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Region Öst" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="244" uniqueCount="244">
   <si>
-    <t>Giltiga ramavtal för Region Östergötland 2026-02-11</t>
+    <t>Giltiga ramavtal för Region Östergötland 2026-03-03</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>