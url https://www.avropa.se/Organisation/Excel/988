--- v4 (2026-03-03)
+++ v5 (2026-03-24)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Region Öst" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="244" uniqueCount="244">
   <si>
-    <t>Giltiga ramavtal för Region Östergötland 2026-03-03</t>
+    <t>Giltiga ramavtal för Region Östergötland 2026-03-24</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>