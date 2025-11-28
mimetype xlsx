--- v0 (2025-10-19)
+++ v1 (2025-11-28)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Västra Göt" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="242" uniqueCount="242">
   <si>
-    <t>Giltiga ramavtal för Västra Götalandsregionen 2025-10-19</t>
+    <t>Giltiga ramavtal för Västra Götalandsregionen 2025-11-28</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -286,144 +286,144 @@
   <si>
     <t xml:space="preserve">5562972504      </t>
   </si>
   <si>
     <t>23.3-7600-2024-001</t>
   </si>
   <si>
     <t>Celab Communications Aktiebolag</t>
   </si>
   <si>
     <t xml:space="preserve">5561971291      </t>
   </si>
   <si>
     <t>Rakel- och radioutrustning</t>
   </si>
   <si>
     <t>Rakel- och radioutrustning / Rakel - och radioutrustning</t>
   </si>
   <si>
     <t>2025-10-01</t>
   </si>
   <si>
     <t>2029-09-30</t>
   </si>
   <si>
+    <t>23.3-8027-2021-002</t>
+  </si>
+  <si>
+    <t>Chas Software Solutions AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5594024472      </t>
+  </si>
+  <si>
+    <t>23.3-2651-2022-001</t>
+  </si>
+  <si>
+    <t>Chas Visual Management AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5567264758      </t>
+  </si>
+  <si>
+    <t>23.3-2650-2022-003</t>
+  </si>
+  <si>
+    <t>23.3-2649-2022-002</t>
+  </si>
+  <si>
+    <t>23.3-2771-21:003</t>
+  </si>
+  <si>
+    <t>23.3-2771-21:009</t>
+  </si>
+  <si>
+    <t>Conscia Sverige AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5563789568      </t>
+  </si>
+  <si>
+    <t>23.3-2650-2022-004</t>
+  </si>
+  <si>
+    <t>Crayon AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5566359799      </t>
+  </si>
+  <si>
+    <t>23.3-2649-2022-003</t>
+  </si>
+  <si>
+    <t>23.3-8027-2021-003</t>
+  </si>
+  <si>
+    <t>23.3-2771-21:004</t>
+  </si>
+  <si>
+    <t>Cuebid Väst AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5591484968      </t>
+  </si>
+  <si>
+    <t>23.3-5890-2023-007</t>
+  </si>
+  <si>
+    <t>DataCom Group Nordic AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5563697746      </t>
+  </si>
+  <si>
+    <t>23.3-2650-2022-005</t>
+  </si>
+  <si>
+    <t>Dustin Sverige AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5566661012      </t>
+  </si>
+  <si>
+    <t>23.3-8027-2021-005</t>
+  </si>
+  <si>
+    <t>23.3-2771-21:005</t>
+  </si>
+  <si>
+    <t>23.3-5432-19:008</t>
+  </si>
+  <si>
     <t>23.3-5890-2023-006</t>
   </si>
   <si>
-    <t>Centric IT Solutions Sweden AB</t>
+    <t>Eccera IT Solutions AB</t>
   </si>
   <si>
     <t xml:space="preserve">5567714349      </t>
-  </si>
-[...85 lines deleted...]
-    <t>23.3-5432-19:008</t>
   </si>
   <si>
     <t>23.3-10639-2023-005</t>
   </si>
   <si>
     <t>Fujitsu Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5561475897      </t>
   </si>
   <si>
     <t>23.3-2651-2022-007</t>
   </si>
   <si>
     <t>23.3-10150-2021-006</t>
   </si>
   <si>
     <t>GlobalConnect AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565976122      </t>
   </si>
   <si>
     <t>23.3-10150-2021-001</t>
   </si>
@@ -1482,453 +1482,453 @@
       </c>
       <c r="E25" s="0" t="s">
         <v>89</v>
       </c>
       <c r="F25" s="0" t="s">
         <v>90</v>
       </c>
       <c r="G25" s="0" t="s">
         <v>91</v>
       </c>
       <c r="H25" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
         <v>92</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>93</v>
       </c>
       <c r="C26" s="0" t="s">
         <v>94</v>
       </c>
       <c r="D26" s="0" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="E26" s="0" t="s">
-        <v>34</v>
+        <v>72</v>
       </c>
       <c r="F26" s="0" t="s">
-        <v>31</v>
+        <v>73</v>
       </c>
       <c r="G26" s="0" t="s">
-        <v>32</v>
+        <v>74</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
         <v>95</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>96</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>97</v>
       </c>
       <c r="D27" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E27" s="0" t="s">
-        <v>72</v>
+        <v>22</v>
       </c>
       <c r="F27" s="0" t="s">
-        <v>73</v>
+        <v>23</v>
       </c>
       <c r="G27" s="0" t="s">
-        <v>74</v>
+        <v>24</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
         <v>98</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="C28" s="0" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E28" s="0" t="s">
-        <v>22</v>
+        <v>36</v>
       </c>
       <c r="F28" s="0" t="s">
-        <v>23</v>
+        <v>37</v>
       </c>
       <c r="G28" s="0" t="s">
-        <v>24</v>
+        <v>38</v>
       </c>
       <c r="H28" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
-        <v>101</v>
+        <v>99</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="C29" s="0" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="D29" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E29" s="0" t="s">
-        <v>36</v>
+        <v>68</v>
       </c>
       <c r="F29" s="0" t="s">
-        <v>37</v>
+        <v>69</v>
       </c>
       <c r="G29" s="0" t="s">
-        <v>38</v>
+        <v>70</v>
       </c>
       <c r="H29" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
-        <v>102</v>
+        <v>100</v>
       </c>
       <c r="B30" s="0" t="s">
-        <v>99</v>
+        <v>96</v>
       </c>
       <c r="C30" s="0" t="s">
-        <v>100</v>
+        <v>97</v>
       </c>
       <c r="D30" s="0" t="s">
-        <v>21</v>
+        <v>40</v>
       </c>
       <c r="E30" s="0" t="s">
-        <v>68</v>
+        <v>41</v>
       </c>
       <c r="F30" s="0" t="s">
-        <v>69</v>
+        <v>42</v>
       </c>
       <c r="G30" s="0" t="s">
-        <v>70</v>
+        <v>43</v>
       </c>
       <c r="H30" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
+        <v>101</v>
+      </c>
+      <c r="B31" s="0" t="s">
+        <v>102</v>
+      </c>
+      <c r="C31" s="0" t="s">
         <v>103</v>
-      </c>
-[...4 lines deleted...]
-        <v>100</v>
       </c>
       <c r="D31" s="0" t="s">
         <v>40</v>
       </c>
       <c r="E31" s="0" t="s">
-        <v>41</v>
+        <v>58</v>
       </c>
       <c r="F31" s="0" t="s">
-        <v>42</v>
+        <v>59</v>
       </c>
       <c r="G31" s="0" t="s">
-        <v>43</v>
+        <v>60</v>
       </c>
       <c r="H31" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
         <v>104</v>
       </c>
       <c r="B32" s="0" t="s">
         <v>105</v>
       </c>
       <c r="C32" s="0" t="s">
         <v>106</v>
       </c>
       <c r="D32" s="0" t="s">
-        <v>40</v>
+        <v>21</v>
       </c>
       <c r="E32" s="0" t="s">
-        <v>58</v>
+        <v>36</v>
       </c>
       <c r="F32" s="0" t="s">
-        <v>59</v>
+        <v>37</v>
       </c>
       <c r="G32" s="0" t="s">
-        <v>60</v>
+        <v>38</v>
       </c>
       <c r="H32" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
         <v>107</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="C33" s="0" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="D33" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E33" s="0" t="s">
-        <v>36</v>
+        <v>68</v>
       </c>
       <c r="F33" s="0" t="s">
-        <v>37</v>
+        <v>69</v>
       </c>
       <c r="G33" s="0" t="s">
-        <v>38</v>
+        <v>70</v>
       </c>
       <c r="H33" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
-        <v>110</v>
+        <v>108</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>108</v>
+        <v>105</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>109</v>
+        <v>106</v>
       </c>
       <c r="D34" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E34" s="0" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
       <c r="F34" s="0" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="G34" s="0" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="H34" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
+        <v>109</v>
+      </c>
+      <c r="B35" s="0" t="s">
+        <v>110</v>
+      </c>
+      <c r="C35" s="0" t="s">
         <v>111</v>
       </c>
-      <c r="B35" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D35" s="0" t="s">
-        <v>21</v>
+        <v>40</v>
       </c>
       <c r="E35" s="0" t="s">
-        <v>72</v>
+        <v>41</v>
       </c>
       <c r="F35" s="0" t="s">
-        <v>73</v>
+        <v>42</v>
       </c>
       <c r="G35" s="0" t="s">
-        <v>74</v>
+        <v>43</v>
       </c>
       <c r="H35" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
         <v>112</v>
       </c>
       <c r="B36" s="0" t="s">
         <v>113</v>
       </c>
       <c r="C36" s="0" t="s">
         <v>114</v>
       </c>
       <c r="D36" s="0" t="s">
-        <v>40</v>
+        <v>29</v>
       </c>
       <c r="E36" s="0" t="s">
-        <v>41</v>
+        <v>34</v>
       </c>
       <c r="F36" s="0" t="s">
-        <v>42</v>
+        <v>31</v>
       </c>
       <c r="G36" s="0" t="s">
-        <v>43</v>
+        <v>32</v>
       </c>
       <c r="H36" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
         <v>115</v>
       </c>
       <c r="B37" s="0" t="s">
         <v>116</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>117</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="E37" s="0" t="s">
-        <v>34</v>
+        <v>36</v>
       </c>
       <c r="F37" s="0" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="G37" s="0" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="H37" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
         <v>118</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="C38" s="0" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="D38" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E38" s="0" t="s">
-        <v>36</v>
+        <v>72</v>
       </c>
       <c r="F38" s="0" t="s">
-        <v>37</v>
+        <v>73</v>
       </c>
       <c r="G38" s="0" t="s">
-        <v>38</v>
+        <v>74</v>
       </c>
       <c r="H38" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
-        <v>121</v>
+        <v>119</v>
       </c>
       <c r="B39" s="0" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="C39" s="0" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="D39" s="0" t="s">
-        <v>21</v>
+        <v>40</v>
       </c>
       <c r="E39" s="0" t="s">
-        <v>72</v>
+        <v>41</v>
       </c>
       <c r="F39" s="0" t="s">
-        <v>73</v>
+        <v>42</v>
       </c>
       <c r="G39" s="0" t="s">
-        <v>74</v>
+        <v>43</v>
       </c>
       <c r="H39" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
-        <v>122</v>
+        <v>120</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>119</v>
+        <v>116</v>
       </c>
       <c r="C40" s="0" t="s">
-        <v>120</v>
+        <v>117</v>
       </c>
       <c r="D40" s="0" t="s">
         <v>40</v>
       </c>
       <c r="E40" s="0" t="s">
-        <v>41</v>
+        <v>45</v>
       </c>
       <c r="F40" s="0" t="s">
         <v>42</v>
       </c>
       <c r="G40" s="0" t="s">
         <v>43</v>
       </c>
       <c r="H40" s="0" t="s">
-        <v>25</v>
+        <v>43</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
+        <v>121</v>
+      </c>
+      <c r="B41" s="0" t="s">
+        <v>122</v>
+      </c>
+      <c r="C41" s="0" t="s">
         <v>123</v>
       </c>
-      <c r="B41" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D41" s="0" t="s">
-        <v>40</v>
+        <v>29</v>
       </c>
       <c r="E41" s="0" t="s">
-        <v>45</v>
+        <v>34</v>
       </c>
       <c r="F41" s="0" t="s">
-        <v>42</v>
+        <v>31</v>
       </c>
       <c r="G41" s="0" t="s">
-        <v>43</v>
+        <v>32</v>
       </c>
       <c r="H41" s="0" t="s">
-        <v>43</v>
+        <v>25</v>
       </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
         <v>124</v>
       </c>
       <c r="B42" s="0" t="s">
         <v>125</v>
       </c>
       <c r="C42" s="0" t="s">
         <v>126</v>
       </c>
       <c r="D42" s="0" t="s">
         <v>29</v>
       </c>
       <c r="E42" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F42" s="0" t="s">
         <v>31</v>
       </c>
       <c r="G42" s="0" t="s">
         <v>32</v>
       </c>
       <c r="H42" s="0" t="s">