--- v1 (2025-11-28)
+++ v2 (2026-01-10)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Västra Göt" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="242" uniqueCount="242">
   <si>
-    <t>Giltiga ramavtal för Västra Götalandsregionen 2025-11-28</t>
+    <t>Giltiga ramavtal för Västra Götalandsregionen 2026-01-10</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>