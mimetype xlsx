--- v2 (2026-01-10)
+++ v3 (2026-01-30)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Västra Göt" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="242" uniqueCount="242">
   <si>
-    <t>Giltiga ramavtal för Västra Götalandsregionen 2026-01-10</t>
+    <t>Giltiga ramavtal för Västra Götalandsregionen 2026-01-30</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -394,50 +394,71 @@
   <si>
     <t>23.3-5432-19:008</t>
   </si>
   <si>
     <t>23.3-5890-2023-006</t>
   </si>
   <si>
     <t>Eccera IT Solutions AB</t>
   </si>
   <si>
     <t xml:space="preserve">5567714349      </t>
   </si>
   <si>
     <t>23.3-10639-2023-005</t>
   </si>
   <si>
     <t>Fujitsu Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5561475897      </t>
   </si>
   <si>
     <t>23.3-2651-2022-007</t>
   </si>
   <si>
+    <t>23.3-957-2022-001</t>
+  </si>
+  <si>
+    <t>GEP Sweden AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5591341705      </t>
+  </si>
+  <si>
+    <t>Operatörstjänst för elektroniska meddelanden</t>
+  </si>
+  <si>
+    <t>Operatörstjänst för elektroniska meddelanden / Operatörstjänst för elektroniska meddelanden</t>
+  </si>
+  <si>
+    <t>2023-04-14</t>
+  </si>
+  <si>
+    <t>2027-04-13</t>
+  </si>
+  <si>
     <t>23.3-10150-2021-006</t>
   </si>
   <si>
     <t>GlobalConnect AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565976122      </t>
   </si>
   <si>
     <t>23.3-10150-2021-001</t>
   </si>
   <si>
     <t>Kommunikationstjänster inom tele- och datakom / Kommunikationslösningar / Särskild fördelningsnyckel</t>
   </si>
   <si>
     <t>Kommunikationstjänster inom tele- och datakom / Kommunikationslösningar / Förnyad konkurrensutsättning</t>
   </si>
   <si>
     <t>23.3-2649-2022-004</t>
   </si>
   <si>
     <t>HiQ International AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565293205      </t>
@@ -500,71 +521,50 @@
     <t>23.3-2651-2022-004</t>
   </si>
   <si>
     <t>Nexer AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564519345      </t>
   </si>
   <si>
     <t>23.3-5890-2023-002</t>
   </si>
   <si>
     <t>Nordlo Advance AB (f.d.EPM Data)</t>
   </si>
   <si>
     <t xml:space="preserve">5564861689      </t>
   </si>
   <si>
     <t>23.3-10639-2023-007</t>
   </si>
   <si>
     <t>Nordlo Improve AB</t>
   </si>
   <si>
     <t xml:space="preserve">5562719129      </t>
-  </si>
-[...19 lines deleted...]
-    <t>2027-04-13</t>
   </si>
   <si>
     <t>23.3-10639-2023-004</t>
   </si>
   <si>
     <t>Orange Business Digital Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566380639      </t>
   </si>
   <si>
     <t>23.3-5890-2023-005</t>
   </si>
   <si>
     <t>23.3-2771-21:012</t>
   </si>
   <si>
     <t>Orange Cyberdefense Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565897211      </t>
   </si>
   <si>
     <t>23.3-957-2022-002</t>
   </si>
@@ -1950,450 +1950,450 @@
       </c>
       <c r="E43" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F43" s="0" t="s">
         <v>23</v>
       </c>
       <c r="G43" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H43" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
         <v>128</v>
       </c>
       <c r="B44" s="0" t="s">
         <v>129</v>
       </c>
       <c r="C44" s="0" t="s">
         <v>130</v>
       </c>
       <c r="D44" s="0" t="s">
-        <v>52</v>
+        <v>131</v>
       </c>
       <c r="E44" s="0" t="s">
-        <v>53</v>
+        <v>132</v>
       </c>
       <c r="F44" s="0" t="s">
-        <v>54</v>
+        <v>133</v>
       </c>
       <c r="G44" s="0" t="s">
-        <v>55</v>
+        <v>134</v>
       </c>
       <c r="H44" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>129</v>
+        <v>136</v>
       </c>
       <c r="C45" s="0" t="s">
-        <v>130</v>
+        <v>137</v>
       </c>
       <c r="D45" s="0" t="s">
         <v>52</v>
       </c>
       <c r="E45" s="0" t="s">
-        <v>132</v>
+        <v>53</v>
       </c>
       <c r="F45" s="0" t="s">
         <v>54</v>
       </c>
       <c r="G45" s="0" t="s">
         <v>55</v>
       </c>
       <c r="H45" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
-        <v>128</v>
+        <v>138</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>129</v>
+        <v>136</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>130</v>
+        <v>137</v>
       </c>
       <c r="D46" s="0" t="s">
         <v>52</v>
       </c>
       <c r="E46" s="0" t="s">
-        <v>56</v>
+        <v>139</v>
       </c>
       <c r="F46" s="0" t="s">
         <v>54</v>
       </c>
       <c r="G46" s="0" t="s">
         <v>55</v>
       </c>
       <c r="H46" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
-        <v>131</v>
+        <v>135</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>129</v>
+        <v>136</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>130</v>
+        <v>137</v>
       </c>
       <c r="D47" s="0" t="s">
         <v>52</v>
       </c>
       <c r="E47" s="0" t="s">
-        <v>133</v>
+        <v>56</v>
       </c>
       <c r="F47" s="0" t="s">
         <v>54</v>
       </c>
       <c r="G47" s="0" t="s">
         <v>55</v>
       </c>
       <c r="H47" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
-        <v>134</v>
+        <v>138</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>135</v>
+        <v>136</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>136</v>
+        <v>137</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>21</v>
+        <v>52</v>
       </c>
       <c r="E48" s="0" t="s">
-        <v>68</v>
+        <v>140</v>
       </c>
       <c r="F48" s="0" t="s">
-        <v>69</v>
+        <v>54</v>
       </c>
       <c r="G48" s="0" t="s">
-        <v>70</v>
+        <v>55</v>
       </c>
       <c r="H48" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
-        <v>137</v>
+        <v>141</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>138</v>
+        <v>142</v>
       </c>
       <c r="C49" s="0" t="s">
-        <v>139</v>
+        <v>143</v>
       </c>
       <c r="D49" s="0" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="E49" s="0" t="s">
-        <v>13</v>
+        <v>68</v>
       </c>
       <c r="F49" s="0" t="s">
-        <v>14</v>
+        <v>69</v>
       </c>
       <c r="G49" s="0" t="s">
-        <v>15</v>
+        <v>70</v>
       </c>
       <c r="H49" s="0" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
-        <v>137</v>
+        <v>144</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>138</v>
+        <v>145</v>
       </c>
       <c r="C50" s="0" t="s">
-        <v>139</v>
+        <v>146</v>
       </c>
       <c r="D50" s="0" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="E50" s="0" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="F50" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G50" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H50" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
-        <v>140</v>
+        <v>144</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>141</v>
+        <v>145</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>142</v>
+        <v>146</v>
       </c>
       <c r="D51" s="0" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="E51" s="0" t="s">
-        <v>36</v>
+        <v>17</v>
       </c>
       <c r="F51" s="0" t="s">
-        <v>37</v>
+        <v>14</v>
       </c>
       <c r="G51" s="0" t="s">
-        <v>38</v>
+        <v>15</v>
       </c>
       <c r="H51" s="0" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
-        <v>143</v>
+        <v>147</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>144</v>
+        <v>148</v>
       </c>
       <c r="C52" s="0" t="s">
-        <v>145</v>
+        <v>149</v>
       </c>
       <c r="D52" s="0" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="E52" s="0" t="s">
-        <v>30</v>
+        <v>36</v>
       </c>
       <c r="F52" s="0" t="s">
-        <v>31</v>
+        <v>37</v>
       </c>
       <c r="G52" s="0" t="s">
-        <v>32</v>
+        <v>38</v>
       </c>
       <c r="H52" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
-        <v>146</v>
+        <v>150</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>147</v>
+        <v>151</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>148</v>
+        <v>152</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>21</v>
+        <v>29</v>
       </c>
       <c r="E53" s="0" t="s">
-        <v>68</v>
+        <v>30</v>
       </c>
       <c r="F53" s="0" t="s">
-        <v>69</v>
+        <v>31</v>
       </c>
       <c r="G53" s="0" t="s">
-        <v>70</v>
+        <v>32</v>
       </c>
       <c r="H53" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
-        <v>149</v>
+        <v>153</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>150</v>
+        <v>154</v>
       </c>
       <c r="C54" s="0" t="s">
-        <v>151</v>
+        <v>155</v>
       </c>
       <c r="D54" s="0" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="E54" s="0" t="s">
-        <v>34</v>
+        <v>68</v>
       </c>
       <c r="F54" s="0" t="s">
-        <v>31</v>
+        <v>69</v>
       </c>
       <c r="G54" s="0" t="s">
-        <v>32</v>
+        <v>70</v>
       </c>
       <c r="H54" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
-        <v>152</v>
+        <v>156</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>153</v>
+        <v>157</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>154</v>
+        <v>158</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>40</v>
+        <v>29</v>
       </c>
       <c r="E55" s="0" t="s">
-        <v>58</v>
+        <v>34</v>
       </c>
       <c r="F55" s="0" t="s">
-        <v>59</v>
+        <v>31</v>
       </c>
       <c r="G55" s="0" t="s">
-        <v>60</v>
+        <v>32</v>
       </c>
       <c r="H55" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
-        <v>155</v>
+        <v>159</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>156</v>
+        <v>160</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>157</v>
+        <v>161</v>
       </c>
       <c r="D56" s="0" t="s">
-        <v>21</v>
+        <v>40</v>
       </c>
       <c r="E56" s="0" t="s">
-        <v>22</v>
+        <v>58</v>
       </c>
       <c r="F56" s="0" t="s">
-        <v>23</v>
+        <v>59</v>
       </c>
       <c r="G56" s="0" t="s">
-        <v>24</v>
+        <v>60</v>
       </c>
       <c r="H56" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
-        <v>158</v>
+        <v>162</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>159</v>
+        <v>163</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>160</v>
+        <v>164</v>
       </c>
       <c r="D57" s="0" t="s">
-        <v>29</v>
+        <v>21</v>
       </c>
       <c r="E57" s="0" t="s">
-        <v>34</v>
+        <v>22</v>
       </c>
       <c r="F57" s="0" t="s">
-        <v>31</v>
+        <v>23</v>
       </c>
       <c r="G57" s="0" t="s">
-        <v>32</v>
+        <v>24</v>
       </c>
       <c r="H57" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
-        <v>161</v>
+        <v>165</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>162</v>
+        <v>166</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>163</v>
+        <v>167</v>
       </c>
       <c r="D58" s="0" t="s">
         <v>29</v>
       </c>
       <c r="E58" s="0" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="F58" s="0" t="s">
         <v>31</v>
       </c>
       <c r="G58" s="0" t="s">
         <v>32</v>
       </c>
       <c r="H58" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
-        <v>164</v>
+        <v>168</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>165</v>
+        <v>169</v>
       </c>
       <c r="C59" s="0" t="s">
-        <v>166</v>
+        <v>170</v>
       </c>
       <c r="D59" s="0" t="s">
-        <v>167</v>
+        <v>29</v>
       </c>
       <c r="E59" s="0" t="s">
-        <v>168</v>
+        <v>30</v>
       </c>
       <c r="F59" s="0" t="s">
-        <v>169</v>
+        <v>31</v>
       </c>
       <c r="G59" s="0" t="s">
-        <v>170</v>
+        <v>32</v>
       </c>
       <c r="H59" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="60">
       <c r="A60" s="0" t="s">
         <v>171</v>
       </c>
       <c r="B60" s="0" t="s">
         <v>172</v>
       </c>
       <c r="C60" s="0" t="s">
         <v>173</v>
       </c>
       <c r="D60" s="0" t="s">
         <v>29</v>
       </c>
       <c r="E60" s="0" t="s">
         <v>30</v>
       </c>
       <c r="F60" s="0" t="s">
         <v>31</v>
       </c>
       <c r="G60" s="0" t="s">
@@ -2444,60 +2444,60 @@
       </c>
       <c r="E62" s="0" t="s">
         <v>58</v>
       </c>
       <c r="F62" s="0" t="s">
         <v>59</v>
       </c>
       <c r="G62" s="0" t="s">
         <v>60</v>
       </c>
       <c r="H62" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="63">
       <c r="A63" s="0" t="s">
         <v>178</v>
       </c>
       <c r="B63" s="0" t="s">
         <v>179</v>
       </c>
       <c r="C63" s="0" t="s">
         <v>180</v>
       </c>
       <c r="D63" s="0" t="s">
-        <v>167</v>
+        <v>131</v>
       </c>
       <c r="E63" s="0" t="s">
-        <v>168</v>
+        <v>132</v>
       </c>
       <c r="F63" s="0" t="s">
-        <v>169</v>
+        <v>133</v>
       </c>
       <c r="G63" s="0" t="s">
-        <v>170</v>
+        <v>134</v>
       </c>
       <c r="H63" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="64">
       <c r="A64" s="0" t="s">
         <v>181</v>
       </c>
       <c r="B64" s="0" t="s">
         <v>182</v>
       </c>
       <c r="C64" s="0" t="s">
         <v>183</v>
       </c>
       <c r="D64" s="0" t="s">
         <v>40</v>
       </c>
       <c r="E64" s="0" t="s">
         <v>41</v>
       </c>
       <c r="F64" s="0" t="s">
         <v>42</v>
       </c>
       <c r="G64" s="0" t="s">
@@ -2600,60 +2600,60 @@
       </c>
       <c r="E68" s="0" t="s">
         <v>72</v>
       </c>
       <c r="F68" s="0" t="s">
         <v>73</v>
       </c>
       <c r="G68" s="0" t="s">
         <v>74</v>
       </c>
       <c r="H68" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="69">
       <c r="A69" s="0" t="s">
         <v>190</v>
       </c>
       <c r="B69" s="0" t="s">
         <v>191</v>
       </c>
       <c r="C69" s="0" t="s">
         <v>192</v>
       </c>
       <c r="D69" s="0" t="s">
-        <v>167</v>
+        <v>131</v>
       </c>
       <c r="E69" s="0" t="s">
-        <v>168</v>
+        <v>132</v>
       </c>
       <c r="F69" s="0" t="s">
-        <v>169</v>
+        <v>133</v>
       </c>
       <c r="G69" s="0" t="s">
-        <v>170</v>
+        <v>134</v>
       </c>
       <c r="H69" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="70">
       <c r="A70" s="0" t="s">
         <v>193</v>
       </c>
       <c r="B70" s="0" t="s">
         <v>194</v>
       </c>
       <c r="C70" s="0" t="s">
         <v>195</v>
       </c>
       <c r="D70" s="0" t="s">
         <v>40</v>
       </c>
       <c r="E70" s="0" t="s">
         <v>58</v>
       </c>
       <c r="F70" s="0" t="s">
         <v>59</v>
       </c>
       <c r="G70" s="0" t="s">
@@ -2967,51 +2967,51 @@
       </c>
       <c r="F82" s="0" t="s">
         <v>54</v>
       </c>
       <c r="G82" s="0" t="s">
         <v>55</v>
       </c>
       <c r="H82" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="83">
       <c r="A83" s="0" t="s">
         <v>222</v>
       </c>
       <c r="B83" s="0" t="s">
         <v>220</v>
       </c>
       <c r="C83" s="0" t="s">
         <v>221</v>
       </c>
       <c r="D83" s="0" t="s">
         <v>52</v>
       </c>
       <c r="E83" s="0" t="s">
-        <v>132</v>
+        <v>139</v>
       </c>
       <c r="F83" s="0" t="s">
         <v>54</v>
       </c>
       <c r="G83" s="0" t="s">
         <v>55</v>
       </c>
       <c r="H83" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="84">
       <c r="A84" s="0" t="s">
         <v>219</v>
       </c>
       <c r="B84" s="0" t="s">
         <v>220</v>
       </c>
       <c r="C84" s="0" t="s">
         <v>221</v>
       </c>
       <c r="D84" s="0" t="s">
         <v>52</v>
       </c>
       <c r="E84" s="0" t="s">
@@ -3019,51 +3019,51 @@
       </c>
       <c r="F84" s="0" t="s">
         <v>54</v>
       </c>
       <c r="G84" s="0" t="s">
         <v>55</v>
       </c>
       <c r="H84" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="85">
       <c r="A85" s="0" t="s">
         <v>222</v>
       </c>
       <c r="B85" s="0" t="s">
         <v>220</v>
       </c>
       <c r="C85" s="0" t="s">
         <v>221</v>
       </c>
       <c r="D85" s="0" t="s">
         <v>52</v>
       </c>
       <c r="E85" s="0" t="s">
-        <v>133</v>
+        <v>140</v>
       </c>
       <c r="F85" s="0" t="s">
         <v>54</v>
       </c>
       <c r="G85" s="0" t="s">
         <v>55</v>
       </c>
       <c r="H85" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="86">
       <c r="A86" s="0" t="s">
         <v>223</v>
       </c>
       <c r="B86" s="0" t="s">
         <v>220</v>
       </c>
       <c r="C86" s="0" t="s">
         <v>221</v>
       </c>
       <c r="D86" s="0" t="s">
         <v>40</v>
       </c>
       <c r="E86" s="0" t="s">
@@ -3097,51 +3097,51 @@
       </c>
       <c r="F87" s="0" t="s">
         <v>54</v>
       </c>
       <c r="G87" s="0" t="s">
         <v>55</v>
       </c>
       <c r="H87" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="88">
       <c r="A88" s="0" t="s">
         <v>227</v>
       </c>
       <c r="B88" s="0" t="s">
         <v>225</v>
       </c>
       <c r="C88" s="0" t="s">
         <v>226</v>
       </c>
       <c r="D88" s="0" t="s">
         <v>52</v>
       </c>
       <c r="E88" s="0" t="s">
-        <v>132</v>
+        <v>139</v>
       </c>
       <c r="F88" s="0" t="s">
         <v>54</v>
       </c>
       <c r="G88" s="0" t="s">
         <v>55</v>
       </c>
       <c r="H88" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="89">
       <c r="A89" s="0" t="s">
         <v>224</v>
       </c>
       <c r="B89" s="0" t="s">
         <v>225</v>
       </c>
       <c r="C89" s="0" t="s">
         <v>226</v>
       </c>
       <c r="D89" s="0" t="s">
         <v>52</v>
       </c>
       <c r="E89" s="0" t="s">
@@ -3149,51 +3149,51 @@
       </c>
       <c r="F89" s="0" t="s">
         <v>54</v>
       </c>
       <c r="G89" s="0" t="s">
         <v>55</v>
       </c>
       <c r="H89" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="90">
       <c r="A90" s="0" t="s">
         <v>227</v>
       </c>
       <c r="B90" s="0" t="s">
         <v>225</v>
       </c>
       <c r="C90" s="0" t="s">
         <v>226</v>
       </c>
       <c r="D90" s="0" t="s">
         <v>52</v>
       </c>
       <c r="E90" s="0" t="s">
-        <v>133</v>
+        <v>140</v>
       </c>
       <c r="F90" s="0" t="s">
         <v>54</v>
       </c>
       <c r="G90" s="0" t="s">
         <v>55</v>
       </c>
       <c r="H90" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="91">
       <c r="A91" s="0" t="s">
         <v>228</v>
       </c>
       <c r="B91" s="0" t="s">
         <v>229</v>
       </c>
       <c r="C91" s="0" t="s">
         <v>230</v>
       </c>
       <c r="D91" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E91" s="0" t="s">
@@ -3331,51 +3331,51 @@
       </c>
       <c r="F96" s="0" t="s">
         <v>54</v>
       </c>
       <c r="G96" s="0" t="s">
         <v>55</v>
       </c>
       <c r="H96" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="97">
       <c r="A97" s="0" t="s">
         <v>237</v>
       </c>
       <c r="B97" s="0" t="s">
         <v>235</v>
       </c>
       <c r="C97" s="0" t="s">
         <v>236</v>
       </c>
       <c r="D97" s="0" t="s">
         <v>52</v>
       </c>
       <c r="E97" s="0" t="s">
-        <v>132</v>
+        <v>139</v>
       </c>
       <c r="F97" s="0" t="s">
         <v>54</v>
       </c>
       <c r="G97" s="0" t="s">
         <v>55</v>
       </c>
       <c r="H97" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="98">
       <c r="A98" s="0" t="s">
         <v>234</v>
       </c>
       <c r="B98" s="0" t="s">
         <v>235</v>
       </c>
       <c r="C98" s="0" t="s">
         <v>236</v>
       </c>
       <c r="D98" s="0" t="s">
         <v>52</v>
       </c>
       <c r="E98" s="0" t="s">
@@ -3383,51 +3383,51 @@
       </c>
       <c r="F98" s="0" t="s">
         <v>54</v>
       </c>
       <c r="G98" s="0" t="s">
         <v>55</v>
       </c>
       <c r="H98" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="99">
       <c r="A99" s="0" t="s">
         <v>237</v>
       </c>
       <c r="B99" s="0" t="s">
         <v>235</v>
       </c>
       <c r="C99" s="0" t="s">
         <v>236</v>
       </c>
       <c r="D99" s="0" t="s">
         <v>52</v>
       </c>
       <c r="E99" s="0" t="s">
-        <v>133</v>
+        <v>140</v>
       </c>
       <c r="F99" s="0" t="s">
         <v>54</v>
       </c>
       <c r="G99" s="0" t="s">
         <v>55</v>
       </c>
       <c r="H99" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="100">
       <c r="A100" s="0" t="s">
         <v>238</v>
       </c>
       <c r="B100" s="0" t="s">
         <v>239</v>
       </c>
       <c r="C100" s="0" t="s">
         <v>240</v>
       </c>
       <c r="D100" s="0" t="s">
         <v>29</v>
       </c>
       <c r="E100" s="0" t="s">