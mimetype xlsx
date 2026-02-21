--- v3 (2026-01-30)
+++ v4 (2026-02-21)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Västra Göt" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="242" uniqueCount="242">
   <si>
-    <t>Giltiga ramavtal för Västra Götalandsregionen 2026-01-30</t>
+    <t>Giltiga ramavtal för Västra Götalandsregionen 2026-02-21</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>