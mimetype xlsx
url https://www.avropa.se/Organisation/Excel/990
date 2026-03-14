--- v4 (2026-02-21)
+++ v5 (2026-03-14)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Västra Göt" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="242" uniqueCount="242">
   <si>
-    <t>Giltiga ramavtal för Västra Götalandsregionen 2026-02-21</t>
+    <t>Giltiga ramavtal för Västra Götalandsregionen 2026-03-14</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>