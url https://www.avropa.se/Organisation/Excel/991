--- v0 (2025-10-05)
+++ v1 (2025-11-08)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Ale kommun" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="112" uniqueCount="112">
   <si>
-    <t>Giltiga ramavtal för Ale kommun 2025-10-06</t>
+    <t>Giltiga ramavtal för Ale kommun 2025-11-08</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>