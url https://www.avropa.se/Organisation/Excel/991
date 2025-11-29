--- v1 (2025-11-08)
+++ v2 (2025-11-29)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Ale kommun" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="112" uniqueCount="112">
   <si>
-    <t>Giltiga ramavtal för Ale kommun 2025-11-08</t>
+    <t>Giltiga ramavtal för Ale kommun 2025-11-29</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>