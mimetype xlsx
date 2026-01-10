--- v2 (2025-11-29)
+++ v3 (2026-01-10)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Ale kommun" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="112" uniqueCount="112">
   <si>
-    <t>Giltiga ramavtal för Ale kommun 2025-11-29</t>
+    <t>Giltiga ramavtal för Ale kommun 2026-01-10</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>