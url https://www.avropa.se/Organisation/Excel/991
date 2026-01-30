--- v3 (2026-01-10)
+++ v4 (2026-01-30)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Ale kommun" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="112" uniqueCount="112">
   <si>
-    <t>Giltiga ramavtal för Ale kommun 2026-01-10</t>
+    <t>Giltiga ramavtal för Ale kommun 2026-01-30</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>
@@ -196,105 +196,105 @@
   <si>
     <t xml:space="preserve">5567264758      </t>
   </si>
   <si>
     <t>23.3-2649-2022-002</t>
   </si>
   <si>
     <t>23.3-2649-2022-003</t>
   </si>
   <si>
     <t>Crayon AB</t>
   </si>
   <si>
     <t xml:space="preserve">5566359799      </t>
   </si>
   <si>
     <t>23.3-2651-2022-007</t>
   </si>
   <si>
     <t>Fujitsu Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5561475897      </t>
   </si>
   <si>
+    <t>23.3-957-2022-001</t>
+  </si>
+  <si>
+    <t>GEP Sweden AB</t>
+  </si>
+  <si>
+    <t xml:space="preserve">5591341705      </t>
+  </si>
+  <si>
+    <t>Operatörstjänst för elektroniska meddelanden</t>
+  </si>
+  <si>
+    <t>Operatörstjänst för elektroniska meddelanden / Operatörstjänst för elektroniska meddelanden</t>
+  </si>
+  <si>
+    <t>2023-04-14</t>
+  </si>
+  <si>
+    <t>2027-04-13</t>
+  </si>
+  <si>
     <t>23.3-2649-2022-004</t>
   </si>
   <si>
     <t>HiQ International AB</t>
   </si>
   <si>
     <t xml:space="preserve">5565293205      </t>
   </si>
   <si>
     <t>23.3-2965-20:005</t>
   </si>
   <si>
     <t>IDEMIA Sweden AB</t>
   </si>
   <si>
     <t xml:space="preserve">5560297250      </t>
   </si>
   <si>
     <t>23.3-2649-2022-005</t>
   </si>
   <si>
     <t>Knowit Connectivity AB</t>
   </si>
   <si>
     <t xml:space="preserve">5562540673      </t>
   </si>
   <si>
     <t>23.3-2651-2022-004</t>
   </si>
   <si>
     <t>Nexer AB</t>
   </si>
   <si>
     <t xml:space="preserve">5564519345      </t>
-  </si>
-[...19 lines deleted...]
-    <t>2027-04-13</t>
   </si>
   <si>
     <t>23.3-957-2022-002</t>
   </si>
   <si>
     <t>Pagero Sverige AB</t>
   </si>
   <si>
     <t xml:space="preserve">5567522981      </t>
   </si>
   <si>
     <t>23.3-2651-2022-005</t>
   </si>
   <si>
     <t>Pulsen AB</t>
   </si>
   <si>
     <t xml:space="preserve">5562596428      </t>
   </si>
   <si>
     <t>23.3-2649-2022-006</t>
   </si>
   <si>
     <t>23.3-957-2022-003</t>
   </si>
@@ -884,216 +884,216 @@
       </c>
       <c r="E17" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F17" s="0" t="s">
         <v>23</v>
       </c>
       <c r="G17" s="0" t="s">
         <v>24</v>
       </c>
       <c r="H17" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
         <v>62</v>
       </c>
       <c r="B18" s="0" t="s">
         <v>63</v>
       </c>
       <c r="C18" s="0" t="s">
         <v>64</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>21</v>
+        <v>65</v>
       </c>
       <c r="E18" s="0" t="s">
-        <v>35</v>
+        <v>66</v>
       </c>
       <c r="F18" s="0" t="s">
-        <v>36</v>
+        <v>67</v>
       </c>
       <c r="G18" s="0" t="s">
-        <v>37</v>
+        <v>68</v>
       </c>
       <c r="H18" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="B19" s="0" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>67</v>
+        <v>71</v>
       </c>
       <c r="D19" s="0" t="s">
-        <v>12</v>
+        <v>21</v>
       </c>
       <c r="E19" s="0" t="s">
-        <v>13</v>
+        <v>35</v>
       </c>
       <c r="F19" s="0" t="s">
-        <v>14</v>
+        <v>36</v>
       </c>
       <c r="G19" s="0" t="s">
-        <v>15</v>
+        <v>37</v>
       </c>
       <c r="H19" s="0" t="s">
-        <v>15</v>
+        <v>25</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
-        <v>65</v>
+        <v>72</v>
       </c>
       <c r="B20" s="0" t="s">
-        <v>66</v>
+        <v>73</v>
       </c>
       <c r="C20" s="0" t="s">
-        <v>67</v>
+        <v>74</v>
       </c>
       <c r="D20" s="0" t="s">
-        <v>16</v>
+        <v>12</v>
       </c>
       <c r="E20" s="0" t="s">
-        <v>17</v>
+        <v>13</v>
       </c>
       <c r="F20" s="0" t="s">
         <v>14</v>
       </c>
       <c r="G20" s="0" t="s">
         <v>15</v>
       </c>
       <c r="H20" s="0" t="s">
         <v>15</v>
       </c>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
-        <v>68</v>
+        <v>72</v>
       </c>
       <c r="B21" s="0" t="s">
-        <v>69</v>
+        <v>73</v>
       </c>
       <c r="C21" s="0" t="s">
-        <v>70</v>
+        <v>74</v>
       </c>
       <c r="D21" s="0" t="s">
-        <v>21</v>
+        <v>16</v>
       </c>
       <c r="E21" s="0" t="s">
-        <v>35</v>
+        <v>17</v>
       </c>
       <c r="F21" s="0" t="s">
-        <v>36</v>
+        <v>14</v>
       </c>
       <c r="G21" s="0" t="s">
-        <v>37</v>
+        <v>15</v>
       </c>
       <c r="H21" s="0" t="s">
-        <v>25</v>
+        <v>15</v>
       </c>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
-        <v>71</v>
+        <v>75</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>72</v>
+        <v>76</v>
       </c>
       <c r="C22" s="0" t="s">
-        <v>73</v>
+        <v>77</v>
       </c>
       <c r="D22" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E22" s="0" t="s">
-        <v>22</v>
+        <v>35</v>
       </c>
       <c r="F22" s="0" t="s">
-        <v>23</v>
+        <v>36</v>
       </c>
       <c r="G22" s="0" t="s">
-        <v>24</v>
+        <v>37</v>
       </c>
       <c r="H22" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
-        <v>74</v>
+        <v>78</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>75</v>
+        <v>79</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>76</v>
+        <v>80</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>77</v>
+        <v>21</v>
       </c>
       <c r="E23" s="0" t="s">
-        <v>78</v>
+        <v>22</v>
       </c>
       <c r="F23" s="0" t="s">
-        <v>79</v>
+        <v>23</v>
       </c>
       <c r="G23" s="0" t="s">
-        <v>80</v>
+        <v>24</v>
       </c>
       <c r="H23" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
         <v>81</v>
       </c>
       <c r="B24" s="0" t="s">
         <v>82</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>83</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>77</v>
+        <v>65</v>
       </c>
       <c r="E24" s="0" t="s">
-        <v>78</v>
+        <v>66</v>
       </c>
       <c r="F24" s="0" t="s">
-        <v>79</v>
+        <v>67</v>
       </c>
       <c r="G24" s="0" t="s">
-        <v>80</v>
+        <v>68</v>
       </c>
       <c r="H24" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
         <v>84</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>85</v>
       </c>
       <c r="C25" s="0" t="s">
         <v>86</v>
       </c>
       <c r="D25" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E25" s="0" t="s">
         <v>22</v>
       </c>
       <c r="F25" s="0" t="s">
         <v>23</v>
       </c>
       <c r="G25" s="0" t="s">
@@ -1118,60 +1118,60 @@
       </c>
       <c r="E26" s="0" t="s">
         <v>35</v>
       </c>
       <c r="F26" s="0" t="s">
         <v>36</v>
       </c>
       <c r="G26" s="0" t="s">
         <v>37</v>
       </c>
       <c r="H26" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
         <v>88</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>89</v>
       </c>
       <c r="C27" s="0" t="s">
         <v>90</v>
       </c>
       <c r="D27" s="0" t="s">
-        <v>77</v>
+        <v>65</v>
       </c>
       <c r="E27" s="0" t="s">
-        <v>78</v>
+        <v>66</v>
       </c>
       <c r="F27" s="0" t="s">
-        <v>79</v>
+        <v>67</v>
       </c>
       <c r="G27" s="0" t="s">
-        <v>80</v>
+        <v>68</v>
       </c>
       <c r="H27" s="0" t="s">
         <v>25</v>
       </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
         <v>91</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>92</v>
       </c>
       <c r="C28" s="0" t="s">
         <v>93</v>
       </c>
       <c r="D28" s="0" t="s">
         <v>21</v>
       </c>
       <c r="E28" s="0" t="s">
         <v>35</v>
       </c>
       <c r="F28" s="0" t="s">
         <v>36</v>
       </c>
       <c r="G28" s="0" t="s">