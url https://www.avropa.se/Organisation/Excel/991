--- v4 (2026-01-30)
+++ v5 (2026-02-21)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Ale kommun" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="112" uniqueCount="112">
   <si>
-    <t>Giltiga ramavtal för Ale kommun 2026-01-30</t>
+    <t>Giltiga ramavtal för Ale kommun 2026-02-21</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>