--- v5 (2026-02-21)
+++ v6 (2026-03-13)
@@ -10,51 +10,51 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Giltiga ramavtal för Ale kommun" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
 <sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="112" uniqueCount="112">
   <si>
-    <t>Giltiga ramavtal för Ale kommun 2026-02-21</t>
+    <t>Giltiga ramavtal för Ale kommun 2026-03-13</t>
   </si>
   <si>
     <t>Avtalsnummer</t>
   </si>
   <si>
     <t>Leverantör</t>
   </si>
   <si>
     <t>Organisationsnummer</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Delområde</t>
   </si>
   <si>
     <t>Giltig från</t>
   </si>
   <si>
     <t>Giltig till</t>
   </si>
   <si>
     <t>Max förl. till</t>
   </si>