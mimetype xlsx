--- v0 (2025-10-13)
+++ v1 (2025-12-03)
@@ -8,299 +8,302 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Upphandlingar" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="92" uniqueCount="92">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="93" uniqueCount="93">
   <si>
     <t>Upphandlingar</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Fas</t>
   </si>
   <si>
     <t>Annonsering</t>
   </si>
   <si>
     <t>Tilldelning</t>
   </si>
   <si>
     <t>Avtalsstart</t>
   </si>
   <si>
     <t>AV och distansmöten</t>
   </si>
   <si>
+    <t>Utvärdering</t>
+  </si>
+  <si>
+    <t>September 2025</t>
+  </si>
+  <si>
+    <t>Januari 2026</t>
+  </si>
+  <si>
+    <t>Juli 2026</t>
+  </si>
+  <si>
+    <t>Bemanningstjänster</t>
+  </si>
+  <si>
+    <t>Planerad</t>
+  </si>
+  <si>
+    <t>Bevaknings- och larmcentraltjänster</t>
+  </si>
+  <si>
+    <t>Förstudie</t>
+  </si>
+  <si>
+    <t>Brandskydd</t>
+  </si>
+  <si>
+    <t>Bärbara datorer</t>
+  </si>
+  <si>
+    <t>Cirkulära möbelavtal</t>
+  </si>
+  <si>
+    <t>Datacenterutrustning</t>
+  </si>
+  <si>
+    <t>April 2025</t>
+  </si>
+  <si>
+    <t>April 2026</t>
+  </si>
+  <si>
+    <t>Datorer, mobiltelefoner och surfplattor</t>
+  </si>
+  <si>
+    <t>Drivmedel</t>
+  </si>
+  <si>
+    <t>Flygresor inrikes</t>
+  </si>
+  <si>
+    <t>Flygresor utrikes</t>
+  </si>
+  <si>
+    <t>Förberedelser</t>
+  </si>
+  <si>
+    <t>Juni 2026</t>
+  </si>
+  <si>
+    <t>December 2026</t>
+  </si>
+  <si>
+    <t>Flyttjänster</t>
+  </si>
+  <si>
+    <t>Inväntar avtalsstart</t>
+  </si>
+  <si>
+    <t>Mars 2025</t>
+  </si>
+  <si>
+    <t>Fordonsförhyrning</t>
+  </si>
+  <si>
+    <t>Företagshälsa</t>
+  </si>
+  <si>
+    <t>Glasögon</t>
+  </si>
+  <si>
+    <t>December 2025</t>
+  </si>
+  <si>
+    <t>Februari 2026</t>
+  </si>
+  <si>
+    <t>Hotelltjänster</t>
+  </si>
+  <si>
+    <t>Överprövad</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
+    <t>Hotelltjänster Longstay</t>
+  </si>
+  <si>
+    <t>Augusti 2025</t>
+  </si>
+  <si>
+    <t>Hygien- och städprodukter</t>
+  </si>
+  <si>
+    <t>Identifiering och behörighet</t>
+  </si>
+  <si>
+    <t>IT-drift</t>
+  </si>
+  <si>
+    <t>IT-konsulttjänster- IT-säkerhet</t>
+  </si>
+  <si>
+    <t>Februari 2025</t>
+  </si>
+  <si>
+    <t>Maj 2025</t>
+  </si>
+  <si>
+    <t>Mars 2026</t>
+  </si>
+  <si>
+    <t>IT-konsulttjänster- Ledning av IT-projekt, Arkitektur och utveckling</t>
+  </si>
+  <si>
     <t>Annonseringsperiod</t>
   </si>
   <si>
-    <t>September 2025</t>
-[...115 lines deleted...]
-  <si>
     <t>Maj 2026</t>
   </si>
   <si>
-    <t>December 2026</t>
-[...1 lines deleted...]
-  <si>
     <t>IT-konsulttjänster- Verksamhetens IT-behov och IT-konsultlösningar</t>
   </si>
   <si>
     <t>Kaffe- och vattenautomater</t>
   </si>
   <si>
     <t>Kommunikationstjänster inom tele- och datakom</t>
   </si>
   <si>
     <t>Konferenser och möten</t>
   </si>
   <si>
     <t>Kontorsmateriel</t>
   </si>
   <si>
     <t>Oktober 2027</t>
   </si>
   <si>
     <t>Kontorspapper</t>
   </si>
   <si>
     <t>Litteratur</t>
   </si>
   <si>
     <t>Managementtjänster - Utredning, ledning och verksamhetsstyrning</t>
   </si>
   <si>
     <t>Managementtjänster - Utveckling chef och medarbetare</t>
   </si>
   <si>
     <t>Managementtjänster- Verksamhets- och organisationsutveckling</t>
   </si>
   <si>
     <t>Mediebyråtjänster</t>
   </si>
   <si>
+    <t>Augusti 2026</t>
+  </si>
+  <si>
+    <t>Februari 2027</t>
+  </si>
+  <si>
     <t>Mobiltelefoner</t>
   </si>
   <si>
     <t>Möbler och inredning</t>
   </si>
   <si>
     <t>Postförmedlingstjänster</t>
   </si>
   <si>
     <t>September 2026</t>
   </si>
   <si>
     <t>November 2026</t>
   </si>
   <si>
     <t>Mars 2027</t>
   </si>
   <si>
     <t>Presentkort</t>
   </si>
   <si>
     <t>Programvaror och tjänster</t>
   </si>
   <si>
     <t>Programvarulösningar och licenser</t>
   </si>
   <si>
-    <t>Augusti 2026</t>
-[...4 lines deleted...]
-  <si>
     <t>Rakel- och radioutrustning</t>
   </si>
   <si>
     <t>Rekryteringstjänster</t>
   </si>
   <si>
     <t>Resebyråtjänster</t>
   </si>
   <si>
     <t>Reservkraft</t>
   </si>
   <si>
     <t>Revision- och granskningstjänster</t>
   </si>
   <si>
     <t>Skrivare</t>
   </si>
   <si>
     <t>Städtjänster - Stockholms län</t>
   </si>
   <si>
     <t>Säker förvaring</t>
   </si>
   <si>
     <t>Säkerhetsteknik</t>
   </si>
   <si>
     <t>Taxitjänster</t>
-  </si>
-[...1 lines deleted...]
-    <t>Juni 2026</t>
   </si>
   <si>
     <t>Tjänstefordon</t>
   </si>
   <si>
     <t>Tolkförmedlingstjänster</t>
   </si>
   <si>
     <t>Tryckeritjänster</t>
   </si>
   <si>
     <t>Tågresor</t>
   </si>
   <si>
     <t>Öppen källkod med tjänster</t>
   </si>
   <si>
     <t>Översättning och språktjänster – Engelska</t>
   </si>
   <si>
     <t>Översättning och språktjänster – Svenska</t>
   </si>
   <si>
     <t>Översättning och språktjänster – Övriga språk</t>
   </si>
@@ -355,51 +358,51 @@
       <top/>
       <bottom style="thin"/>
       <diagonal/>
     </border>
   </borders>
   <cellStyleXfs count="1">
     <xf numFmtId="0" fontId="0"/>
   </cellStyleXfs>
   <cellXfs count="3">
     <xf numFmtId="0" fontId="0" xfId="0"/>
     <xf numFmtId="0" fontId="1" applyFont="1" fillId="2" applyFill="1" borderId="1" applyBorder="1"/>
     <xf numFmtId="0" fontId="2" applyFont="1" fillId="2" applyFill="1"/>
   </cellXfs>
   <cellStyles count="1">
     <cellStyle name="Normal" xfId="0" builtinId="0"/>
   </cellStyles>
   <dxfs count="0"/>
 </styleSheet>
 </file>
 
 <file path=xl/_rels/workbook.xml.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/worksheet" Target="worksheets/sheet1.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/styles" Target="styles.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/sharedStrings" Target="sharedStrings.xml"/></Relationships>
 </file>
 
 <file path=xl/worksheets/sheet1.xml><?xml version="1.0" encoding="utf-8"?>
 <worksheet xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
-  <dimension ref="A1:E58"/>
+  <dimension ref="A1:E59"/>
   <sheetViews>
     <sheetView workbookViewId="0"/>
   </sheetViews>
   <sheetFormatPr defaultRowHeight="15"/>
   <cols>
     <col min="1" max="1" width="50" customWidth="1"/>
     <col min="2" max="2" width="15" customWidth="1"/>
     <col min="3" max="3" width="20" customWidth="1"/>
     <col min="4" max="4" width="20" customWidth="1"/>
     <col min="5" max="5" width="20" customWidth="1"/>
   </cols>
   <sheetData>
     <row r="1">
       <c r="A1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="B1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="C1" s="1" t="s">
         <v>0</v>
       </c>
       <c r="D1" s="1" t="s">
         <v>0</v>
       </c>
@@ -468,724 +471,747 @@
         <v>15</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C6"/>
       <c r="D6"/>
       <c r="E6"/>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
         <v>16</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C7"/>
       <c r="D7"/>
       <c r="E7"/>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
         <v>17</v>
       </c>
       <c r="B8" s="0" t="s">
-        <v>18</v>
-[...9 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="C8"/>
+      <c r="D8"/>
+      <c r="E8"/>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
-        <v>21</v>
+        <v>18</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>22</v>
+        <v>7</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>23</v>
+        <v>19</v>
       </c>
       <c r="D9" s="0" t="s">
-        <v>24</v>
+        <v>9</v>
       </c>
       <c r="E9" s="0" t="s">
-        <v>25</v>
+        <v>20</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
-        <v>26</v>
+        <v>21</v>
       </c>
       <c r="B10" s="0" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="C10"/>
       <c r="D10"/>
       <c r="E10"/>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
-        <v>27</v>
+        <v>22</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="C11"/>
       <c r="D11"/>
       <c r="E11"/>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
-        <v>28</v>
+        <v>23</v>
       </c>
       <c r="B12" s="0" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="C12"/>
       <c r="D12"/>
       <c r="E12"/>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
-        <v>29</v>
+        <v>24</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>30</v>
+        <v>25</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>19</v>
+        <v>20</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>8</v>
+        <v>26</v>
       </c>
       <c r="E13" s="0" t="s">
-        <v>25</v>
+        <v>27</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
-        <v>31</v>
+        <v>28</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      <c r="E14"/>
+        <v>29</v>
+      </c>
+      <c r="C14" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="D14" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="E14" s="0" t="s">
+        <v>20</v>
+      </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
-        <v>32</v>
+        <v>31</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C15"/>
       <c r="D15"/>
       <c r="E15"/>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>33</v>
+        <v>32</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>34</v>
-[...9 lines deleted...]
-      </c>
+        <v>14</v>
+      </c>
+      <c r="C16"/>
+      <c r="D16"/>
+      <c r="E16"/>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>37</v>
+        <v>33</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>22</v>
+        <v>25</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>23</v>
+        <v>34</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>9</v>
+        <v>35</v>
       </c>
       <c r="E17" s="0" t="s">
-        <v>10</v>
+        <v>35</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
+        <v>36</v>
+      </c>
+      <c r="B18" s="0" t="s">
+        <v>37</v>
+      </c>
+      <c r="C18" s="0" t="s">
+        <v>19</v>
+      </c>
+      <c r="D18" s="0" t="s">
         <v>38</v>
-      </c>
-[...7 lines deleted...]
-        <v>35</v>
       </c>
       <c r="E18" s="0" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
+        <v>39</v>
+      </c>
+      <c r="B19" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="C19" s="0" t="s">
         <v>40</v>
       </c>
-      <c r="B19" s="0" t="s">
-[...4 lines deleted...]
-      <c r="E19"/>
+      <c r="D19" s="0" t="s">
+        <v>9</v>
+      </c>
+      <c r="E19" s="0" t="s">
+        <v>10</v>
+      </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
         <v>41</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C20"/>
       <c r="D20"/>
       <c r="E20"/>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
         <v>42</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C21"/>
       <c r="D21"/>
       <c r="E21"/>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
         <v>43</v>
       </c>
       <c r="B22" s="0" t="s">
-        <v>30</v>
-[...9 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="C22"/>
+      <c r="D22"/>
+      <c r="E22"/>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
+        <v>44</v>
+      </c>
+      <c r="B23" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="C23" s="0" t="s">
+        <v>45</v>
+      </c>
+      <c r="D23" s="0" t="s">
         <v>46</v>
       </c>
-      <c r="B23" s="0" t="s">
-[...5 lines deleted...]
-      <c r="D23" s="0" t="s">
+      <c r="E23" s="0" t="s">
         <v>47</v>
-      </c>
-[...1 lines deleted...]
-        <v>48</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="B24" s="0" t="s">
         <v>49</v>
       </c>
-      <c r="B24" s="0" t="s">
-[...4 lines deleted...]
-      <c r="E24"/>
+      <c r="C24" s="0" t="s">
+        <v>8</v>
+      </c>
+      <c r="D24" s="0" t="s">
+        <v>50</v>
+      </c>
+      <c r="E24" s="0" t="s">
+        <v>27</v>
+      </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
-        <v>50</v>
+        <v>51</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C25"/>
       <c r="D25"/>
       <c r="E25"/>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
-        <v>51</v>
+        <v>52</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="C26"/>
       <c r="D26"/>
       <c r="E26"/>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
-        <v>52</v>
+        <v>53</v>
       </c>
       <c r="B27" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C27"/>
       <c r="D27"/>
       <c r="E27"/>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
-        <v>53</v>
+        <v>54</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>34</v>
-[...9 lines deleted...]
-      </c>
+        <v>14</v>
+      </c>
+      <c r="C28"/>
+      <c r="D28"/>
+      <c r="E28"/>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
         <v>55</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      <c r="E29"/>
+        <v>25</v>
+      </c>
+      <c r="C29" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="D29" s="0" t="s">
+        <v>50</v>
+      </c>
+      <c r="E29" s="0" t="s">
+        <v>56</v>
+      </c>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
-        <v>56</v>
+        <v>57</v>
       </c>
       <c r="B30" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C30"/>
       <c r="D30"/>
       <c r="E30"/>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
-        <v>57</v>
+        <v>58</v>
       </c>
       <c r="B31" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C31"/>
       <c r="D31"/>
       <c r="E31"/>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
-        <v>58</v>
+        <v>59</v>
       </c>
       <c r="B32" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C32"/>
       <c r="D32"/>
       <c r="E32"/>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
-        <v>59</v>
+        <v>60</v>
       </c>
       <c r="B33" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C33"/>
       <c r="D33"/>
       <c r="E33"/>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
-        <v>60</v>
+        <v>61</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="C34"/>
       <c r="D34"/>
       <c r="E34"/>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
-        <v>61</v>
+        <v>62</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      <c r="E35"/>
+        <v>25</v>
+      </c>
+      <c r="C35" s="0" t="s">
+        <v>35</v>
+      </c>
+      <c r="D35" s="0" t="s">
+        <v>63</v>
+      </c>
+      <c r="E35" s="0" t="s">
+        <v>64</v>
+      </c>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
-        <v>62</v>
+        <v>65</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="C36"/>
       <c r="D36"/>
       <c r="E36"/>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
-        <v>63</v>
+        <v>66</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>34</v>
-[...9 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="C37"/>
+      <c r="D37"/>
+      <c r="E37"/>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
         <v>67</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      <c r="E38"/>
+        <v>25</v>
+      </c>
+      <c r="C38" s="0" t="s">
+        <v>68</v>
+      </c>
+      <c r="D38" s="0" t="s">
+        <v>69</v>
+      </c>
+      <c r="E38" s="0" t="s">
+        <v>70</v>
+      </c>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
-        <v>68</v>
+        <v>71</v>
       </c>
       <c r="B39" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C39"/>
       <c r="D39"/>
       <c r="E39"/>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
-        <v>69</v>
+        <v>72</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>34</v>
-[...9 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="C40"/>
+      <c r="D40"/>
+      <c r="E40"/>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
-        <v>72</v>
+        <v>73</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      <c r="E41"/>
+        <v>25</v>
+      </c>
+      <c r="C41" s="0" t="s">
+        <v>9</v>
+      </c>
+      <c r="D41" s="0" t="s">
+        <v>63</v>
+      </c>
+      <c r="E41" s="0" t="s">
+        <v>64</v>
+      </c>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
-        <v>73</v>
+        <v>74</v>
       </c>
       <c r="B42" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C42"/>
       <c r="D42"/>
       <c r="E42"/>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
-        <v>74</v>
+        <v>75</v>
       </c>
       <c r="B43" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C43"/>
       <c r="D43"/>
       <c r="E43"/>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
-        <v>75</v>
+        <v>76</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="C44"/>
       <c r="D44"/>
       <c r="E44"/>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
-        <v>76</v>
+        <v>77</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>12</v>
+        <v>14</v>
       </c>
       <c r="C45"/>
       <c r="D45"/>
       <c r="E45"/>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
-        <v>77</v>
+        <v>78</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="C46"/>
       <c r="D46"/>
       <c r="E46"/>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
-        <v>78</v>
+        <v>79</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>34</v>
+        <v>25</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>35</v>
+        <v>47</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>47</v>
+        <v>63</v>
       </c>
       <c r="E47" s="0" t="s">
-        <v>71</v>
+        <v>64</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
-        <v>79</v>
+        <v>80</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>18</v>
+        <v>25</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>20</v>
+        <v>9</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>39</v>
+        <v>50</v>
       </c>
       <c r="E48" s="0" t="s">
-        <v>45</v>
+        <v>64</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
-        <v>80</v>
+        <v>81</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>14</v>
-[...3 lines deleted...]
-      <c r="E49"/>
+        <v>37</v>
+      </c>
+      <c r="C49" s="0" t="s">
+        <v>46</v>
+      </c>
+      <c r="D49" s="0" t="s">
+        <v>40</v>
+      </c>
+      <c r="E49" s="0" t="s">
+        <v>47</v>
+      </c>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
-        <v>81</v>
+        <v>82</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>22</v>
-[...9 lines deleted...]
-      </c>
+        <v>14</v>
+      </c>
+      <c r="C50"/>
+      <c r="D50"/>
+      <c r="E50"/>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
         <v>83</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      <c r="E51"/>
+        <v>37</v>
+      </c>
+      <c r="C51" s="0" t="s">
+        <v>40</v>
+      </c>
+      <c r="D51" s="0" t="s">
+        <v>38</v>
+      </c>
+      <c r="E51" s="0" t="s">
+        <v>26</v>
+      </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
         <v>84</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>34</v>
-[...9 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="C52"/>
+      <c r="D52"/>
+      <c r="E52"/>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
         <v>85</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      <c r="E53"/>
+        <v>25</v>
+      </c>
+      <c r="C53" s="0" t="s">
+        <v>9</v>
+      </c>
+      <c r="D53" s="0" t="s">
+        <v>50</v>
+      </c>
+      <c r="E53" s="0" t="s">
+        <v>64</v>
+      </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
         <v>86</v>
       </c>
       <c r="B54" s="0" t="s">
-        <v>7</v>
-[...9 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="C54"/>
+      <c r="D54"/>
+      <c r="E54"/>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
         <v>87</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>34</v>
+        <v>29</v>
       </c>
       <c r="C55" s="0" t="s">
-        <v>36</v>
+        <v>8</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>64</v>
+        <v>38</v>
       </c>
       <c r="E55" s="0" t="s">
-        <v>66</v>
+        <v>20</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
         <v>88</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>34</v>
+        <v>25</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>24</v>
+        <v>47</v>
       </c>
       <c r="D56" s="0" t="s">
-        <v>35</v>
+        <v>68</v>
       </c>
       <c r="E56" s="0" t="s">
-        <v>25</v>
+        <v>70</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
         <v>89</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>7</v>
+        <v>25</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>8</v>
+        <v>9</v>
       </c>
       <c r="D57" s="0" t="s">
-        <v>35</v>
+        <v>47</v>
       </c>
       <c r="E57" s="0" t="s">
-        <v>36</v>
+        <v>20</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
         <v>90</v>
       </c>
       <c r="B58" s="0" t="s">
-        <v>34</v>
+        <v>7</v>
       </c>
       <c r="C58" s="0" t="s">
-        <v>24</v>
+        <v>8</v>
       </c>
       <c r="D58" s="0" t="s">
+        <v>9</v>
+      </c>
+      <c r="E58" s="0" t="s">
         <v>35</v>
       </c>
-      <c r="E58" s="0" t="s">
+    </row>
+    <row r="59">
+      <c r="A59" s="0" t="s">
         <v>91</v>
+      </c>
+      <c r="B59" s="0" t="s">
+        <v>25</v>
+      </c>
+      <c r="C59" s="0" t="s">
+        <v>9</v>
+      </c>
+      <c r="D59" s="0" t="s">
+        <v>47</v>
+      </c>
+      <c r="E59" s="0" t="s">
+        <v>92</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:E1"/>
   </mergeCells>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=EPPlusLicense.txt>This workbook was created with the EPPlus library, licensed to Kammarkollegiet under the Polyform Noncommercial license, see https://polyformproject.org/licenses/noncommercial/1.0.0
 For more information about EPPlus, see https://epplussoftware.com/
 
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>EPPlus</Application>
   <AppVersion></AppVersion>
   <Company>Kammarkollegiet</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">