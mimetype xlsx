--- v1 (2025-12-03)
+++ v2 (2026-01-25)
@@ -8,317 +8,329 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Upphandlingar" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="93" uniqueCount="93">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="97" uniqueCount="97">
   <si>
     <t>Upphandlingar</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Fas</t>
   </si>
   <si>
     <t>Annonsering</t>
   </si>
   <si>
     <t>Tilldelning</t>
   </si>
   <si>
     <t>Avtalsstart</t>
   </si>
   <si>
     <t>AV och distansmöten</t>
   </si>
   <si>
+    <t>Tilldelningsbeslut</t>
+  </si>
+  <si>
+    <t>September 2025</t>
+  </si>
+  <si>
+    <t>Januari 2026</t>
+  </si>
+  <si>
+    <t>Juli 2026</t>
+  </si>
+  <si>
+    <t>Bemanningstjänster</t>
+  </si>
+  <si>
+    <t>Planerad</t>
+  </si>
+  <si>
+    <t>Bevaknings- och larmcentraltjänster</t>
+  </si>
+  <si>
+    <t>Förberedelser</t>
+  </si>
+  <si>
+    <t>Mars 2026</t>
+  </si>
+  <si>
+    <t>September 2026</t>
+  </si>
+  <si>
+    <t>April 2027</t>
+  </si>
+  <si>
+    <t>Brandskydd</t>
+  </si>
+  <si>
+    <t>Bärbara datorer</t>
+  </si>
+  <si>
+    <t>Cirkulära möbelavtal</t>
+  </si>
+  <si>
+    <t>Datacenterutrustning</t>
+  </si>
+  <si>
     <t>Utvärdering</t>
   </si>
   <si>
-    <t>September 2025</t>
-[...14 lines deleted...]
-    <t>Bevaknings- och larmcentraltjänster</t>
+    <t>April 2025</t>
+  </si>
+  <si>
+    <t>April 2026</t>
+  </si>
+  <si>
+    <t>Datorer, mobiltelefoner och surfplattor</t>
+  </si>
+  <si>
+    <t>Drivmedel</t>
   </si>
   <si>
     <t>Förstudie</t>
   </si>
   <si>
-    <t>Brandskydd</t>
-[...22 lines deleted...]
-  <si>
     <t>Flygresor inrikes</t>
   </si>
   <si>
     <t>Flygresor utrikes</t>
   </si>
   <si>
-    <t>Förberedelser</t>
-[...1 lines deleted...]
-  <si>
     <t>Juni 2026</t>
   </si>
   <si>
     <t>December 2026</t>
   </si>
   <si>
     <t>Flyttjänster</t>
   </si>
   <si>
     <t>Inväntar avtalsstart</t>
   </si>
   <si>
     <t>Mars 2025</t>
   </si>
   <si>
     <t>Fordonsförhyrning</t>
   </si>
   <si>
     <t>Företagshälsa</t>
   </si>
   <si>
     <t>Glasögon</t>
   </si>
   <si>
+    <t>Annonseringsperiod</t>
+  </si>
+  <si>
     <t>December 2025</t>
   </si>
   <si>
     <t>Februari 2026</t>
   </si>
   <si>
     <t>Hotelltjänster</t>
   </si>
   <si>
     <t>Överprövad</t>
   </si>
   <si>
     <t>November 2025</t>
   </si>
   <si>
     <t>Hotelltjänster Longstay</t>
   </si>
   <si>
     <t>Augusti 2025</t>
   </si>
   <si>
     <t>Hygien- och städprodukter</t>
   </si>
   <si>
     <t>Identifiering och behörighet</t>
   </si>
   <si>
     <t>IT-drift</t>
   </si>
   <si>
     <t>IT-konsulttjänster- IT-säkerhet</t>
   </si>
   <si>
     <t>Februari 2025</t>
   </si>
   <si>
     <t>Maj 2025</t>
   </si>
   <si>
-    <t>Mars 2026</t>
-[...1 lines deleted...]
-  <si>
     <t>IT-konsulttjänster- Ledning av IT-projekt, Arkitektur och utveckling</t>
   </si>
   <si>
-    <t>Annonseringsperiod</t>
+    <t>Anbudsinbjudan</t>
   </si>
   <si>
     <t>Maj 2026</t>
   </si>
   <si>
     <t>IT-konsulttjänster- Verksamhetens IT-behov och IT-konsultlösningar</t>
   </si>
   <si>
     <t>Kaffe- och vattenautomater</t>
   </si>
   <si>
-    <t>Kommunikationstjänster inom tele- och datakom</t>
-[...1 lines deleted...]
-  <si>
     <t>Konferenser och möten</t>
   </si>
   <si>
     <t>Kontorsmateriel</t>
   </si>
   <si>
     <t>Oktober 2027</t>
   </si>
   <si>
     <t>Kontorspapper</t>
   </si>
   <si>
     <t>Litteratur</t>
   </si>
   <si>
     <t>Managementtjänster - Utredning, ledning och verksamhetsstyrning</t>
   </si>
   <si>
     <t>Managementtjänster - Utveckling chef och medarbetare</t>
   </si>
   <si>
     <t>Managementtjänster- Verksamhets- och organisationsutveckling</t>
   </si>
   <si>
     <t>Mediebyråtjänster</t>
   </si>
   <si>
     <t>Augusti 2026</t>
   </si>
   <si>
     <t>Februari 2027</t>
   </si>
   <si>
     <t>Mobiltelefoner</t>
   </si>
   <si>
     <t>Möbler och inredning</t>
   </si>
   <si>
     <t>Postförmedlingstjänster</t>
   </si>
   <si>
-    <t>September 2026</t>
-[...1 lines deleted...]
-  <si>
     <t>November 2026</t>
   </si>
   <si>
     <t>Mars 2027</t>
   </si>
   <si>
     <t>Presentkort</t>
   </si>
   <si>
     <t>Programvaror och tjänster</t>
   </si>
   <si>
     <t>Programvarulösningar och licenser</t>
   </si>
   <si>
     <t>Rakel- och radioutrustning</t>
   </si>
   <si>
     <t>Rekryteringstjänster</t>
   </si>
   <si>
     <t>Resebyråtjänster</t>
   </si>
   <si>
     <t>Reservkraft</t>
   </si>
   <si>
     <t>Revision- och granskningstjänster</t>
   </si>
   <si>
     <t>Skrivare</t>
   </si>
   <si>
     <t>Städtjänster - Stockholms län</t>
   </si>
   <si>
     <t>Säker förvaring</t>
   </si>
   <si>
     <t>Säkerhetsteknik</t>
   </si>
   <si>
     <t>Taxitjänster</t>
   </si>
   <si>
+    <t>Tele- och datakommunikation</t>
+  </si>
+  <si>
+    <t>Januari 2027</t>
+  </si>
+  <si>
     <t>Tjänstefordon</t>
   </si>
   <si>
     <t>Tolkförmedlingstjänster</t>
   </si>
   <si>
     <t>Tryckeritjänster</t>
   </si>
   <si>
     <t>Tågresor</t>
   </si>
   <si>
-    <t>Öppen källkod med tjänster</t>
+    <t>Öppen källkod med tillhörande tjänster</t>
   </si>
   <si>
     <t>Översättning och språktjänster – Engelska</t>
   </si>
   <si>
     <t>Översättning och språktjänster – Svenska</t>
   </si>
   <si>
     <t>Översättning och språktjänster – Övriga språk</t>
   </si>
   <si>
     <t>Juni 2027</t>
   </si>
 </sst>
 </file>
 
 <file path=xl/styles.xml><?xml version="1.0" encoding="utf-8"?>
 <styleSheet xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <numFmts count="0"/>
   <fonts count="3">
     <font>
       <sz val="11"/>
       <name val="Aptos Narrow"/>
     </font>
     <font>
@@ -440,778 +452,790 @@
       <c r="D3" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E3" s="0" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="4">
       <c r="A4" s="0" t="s">
         <v>11</v>
       </c>
       <c r="B4" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C4"/>
       <c r="D4"/>
       <c r="E4"/>
     </row>
     <row r="5">
       <c r="A5" s="0" t="s">
         <v>13</v>
       </c>
       <c r="B5" s="0" t="s">
         <v>14</v>
       </c>
-      <c r="C5"/>
-[...1 lines deleted...]
-      <c r="E5"/>
+      <c r="C5" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="D5" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="E5" s="0" t="s">
+        <v>17</v>
+      </c>
     </row>
     <row r="6">
       <c r="A6" s="0" t="s">
-        <v>15</v>
+        <v>18</v>
       </c>
       <c r="B6" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C6"/>
       <c r="D6"/>
       <c r="E6"/>
     </row>
     <row r="7">
       <c r="A7" s="0" t="s">
-        <v>16</v>
+        <v>19</v>
       </c>
       <c r="B7" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C7"/>
       <c r="D7"/>
       <c r="E7"/>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
-        <v>17</v>
+        <v>20</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C8"/>
       <c r="D8"/>
       <c r="E8"/>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
-        <v>18</v>
+        <v>21</v>
       </c>
       <c r="B9" s="0" t="s">
-        <v>7</v>
+        <v>22</v>
       </c>
       <c r="C9" s="0" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="D9" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E9" s="0" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
-        <v>21</v>
+        <v>25</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C10"/>
       <c r="D10"/>
       <c r="E10"/>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
-        <v>22</v>
+        <v>26</v>
       </c>
       <c r="B11" s="0" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="C11"/>
       <c r="D11"/>
       <c r="E11"/>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
-        <v>23</v>
+        <v>28</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C12"/>
       <c r="D12"/>
       <c r="E12"/>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
+        <v>29</v>
+      </c>
+      <c r="B13" s="0" t="s">
+        <v>14</v>
+      </c>
+      <c r="C13" s="0" t="s">
         <v>24</v>
       </c>
-      <c r="B13" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="D13" s="0" t="s">
-        <v>26</v>
+        <v>30</v>
       </c>
       <c r="E13" s="0" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
-        <v>28</v>
+        <v>32</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>30</v>
+        <v>34</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="E14" s="0" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
-        <v>31</v>
+        <v>35</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C15"/>
       <c r="D15"/>
       <c r="E15"/>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>32</v>
+        <v>36</v>
       </c>
       <c r="B16" s="0" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="C16"/>
       <c r="D16"/>
       <c r="E16"/>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>33</v>
+        <v>37</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>25</v>
+        <v>38</v>
       </c>
       <c r="C17" s="0" t="s">
-        <v>34</v>
+        <v>39</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
       <c r="E17" s="0" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
-        <v>36</v>
+        <v>41</v>
       </c>
       <c r="B18" s="0" t="s">
-        <v>37</v>
+        <v>42</v>
       </c>
       <c r="C18" s="0" t="s">
-        <v>19</v>
+        <v>23</v>
       </c>
       <c r="D18" s="0" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="E18" s="0" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
-        <v>39</v>
+        <v>44</v>
       </c>
       <c r="B19" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C19" s="0" t="s">
-        <v>40</v>
+        <v>45</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E19" s="0" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
-        <v>41</v>
+        <v>46</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C20"/>
       <c r="D20"/>
       <c r="E20"/>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
-        <v>42</v>
+        <v>47</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C21"/>
       <c r="D21"/>
       <c r="E21"/>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
-        <v>43</v>
+        <v>48</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C22"/>
       <c r="D22"/>
       <c r="E22"/>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
-        <v>44</v>
+        <v>49</v>
       </c>
       <c r="B23" s="0" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="C23" s="0" t="s">
-        <v>45</v>
+        <v>50</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>46</v>
+        <v>51</v>
       </c>
       <c r="E23" s="0" t="s">
-        <v>47</v>
+        <v>15</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
-        <v>48</v>
+        <v>52</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>49</v>
+        <v>53</v>
       </c>
       <c r="C24" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D24" s="0" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="E24" s="0" t="s">
-        <v>27</v>
+        <v>31</v>
       </c>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
-        <v>51</v>
+        <v>55</v>
       </c>
       <c r="B25" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C25"/>
       <c r="D25"/>
       <c r="E25"/>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
-        <v>52</v>
+        <v>56</v>
       </c>
       <c r="B26" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C26"/>
       <c r="D26"/>
       <c r="E26"/>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
-        <v>53</v>
+        <v>57</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="C27"/>
       <c r="D27"/>
       <c r="E27"/>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
-        <v>54</v>
+        <v>58</v>
       </c>
       <c r="B28" s="0" t="s">
         <v>14</v>
       </c>
-      <c r="C28"/>
-[...1 lines deleted...]
-      <c r="E28"/>
+      <c r="C28" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="D28" s="0" t="s">
+        <v>54</v>
+      </c>
+      <c r="E28" s="0" t="s">
+        <v>59</v>
+      </c>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
-        <v>55</v>
+        <v>60</v>
       </c>
       <c r="B29" s="0" t="s">
-        <v>25</v>
-[...9 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="C29"/>
+      <c r="D29"/>
+      <c r="E29"/>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
-        <v>57</v>
+        <v>61</v>
       </c>
       <c r="B30" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C30"/>
       <c r="D30"/>
       <c r="E30"/>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
-        <v>58</v>
+        <v>62</v>
       </c>
       <c r="B31" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C31"/>
       <c r="D31"/>
       <c r="E31"/>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
-        <v>59</v>
+        <v>63</v>
       </c>
       <c r="B32" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C32"/>
       <c r="D32"/>
       <c r="E32"/>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
-        <v>60</v>
+        <v>64</v>
       </c>
       <c r="B33" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C33"/>
       <c r="D33"/>
       <c r="E33"/>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
-        <v>61</v>
+        <v>65</v>
       </c>
       <c r="B34" s="0" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      <c r="E34"/>
+        <v>14</v>
+      </c>
+      <c r="C34" s="0" t="s">
+        <v>40</v>
+      </c>
+      <c r="D34" s="0" t="s">
+        <v>66</v>
+      </c>
+      <c r="E34" s="0" t="s">
+        <v>67</v>
+      </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
-        <v>62</v>
+        <v>68</v>
       </c>
       <c r="B35" s="0" t="s">
-        <v>25</v>
-[...9 lines deleted...]
-      </c>
+        <v>27</v>
+      </c>
+      <c r="C35"/>
+      <c r="D35"/>
+      <c r="E35"/>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
-        <v>65</v>
+        <v>69</v>
       </c>
       <c r="B36" s="0" t="s">
-        <v>14</v>
+        <v>27</v>
       </c>
       <c r="C36"/>
       <c r="D36"/>
       <c r="E36"/>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
-        <v>66</v>
+        <v>70</v>
       </c>
       <c r="B37" s="0" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      <c r="E37"/>
+        <v>14</v>
+      </c>
+      <c r="C37" s="0" t="s">
+        <v>16</v>
+      </c>
+      <c r="D37" s="0" t="s">
+        <v>71</v>
+      </c>
+      <c r="E37" s="0" t="s">
+        <v>72</v>
+      </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
-        <v>67</v>
+        <v>73</v>
       </c>
       <c r="B38" s="0" t="s">
-        <v>25</v>
-[...9 lines deleted...]
-      </c>
+        <v>27</v>
+      </c>
+      <c r="C38"/>
+      <c r="D38"/>
+      <c r="E38"/>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
-        <v>71</v>
+        <v>74</v>
       </c>
       <c r="B39" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C39"/>
       <c r="D39"/>
       <c r="E39"/>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
-        <v>72</v>
+        <v>75</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      <c r="E40"/>
+        <v>38</v>
+      </c>
+      <c r="C40" s="0" t="s">
+        <v>9</v>
+      </c>
+      <c r="D40" s="0" t="s">
+        <v>66</v>
+      </c>
+      <c r="E40" s="0" t="s">
+        <v>67</v>
+      </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
-        <v>73</v>
+        <v>76</v>
       </c>
       <c r="B41" s="0" t="s">
-        <v>25</v>
-[...9 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="C41"/>
+      <c r="D41"/>
+      <c r="E41"/>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
-        <v>74</v>
+        <v>77</v>
       </c>
       <c r="B42" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C42"/>
       <c r="D42"/>
       <c r="E42"/>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
-        <v>75</v>
+        <v>78</v>
       </c>
       <c r="B43" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C43"/>
       <c r="D43"/>
       <c r="E43"/>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
-        <v>76</v>
+        <v>79</v>
       </c>
       <c r="B44" s="0" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="C44"/>
       <c r="D44"/>
       <c r="E44"/>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
-        <v>77</v>
+        <v>80</v>
       </c>
       <c r="B45" s="0" t="s">
-        <v>14</v>
+        <v>12</v>
       </c>
       <c r="C45"/>
       <c r="D45"/>
       <c r="E45"/>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
-        <v>78</v>
+        <v>81</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      <c r="E46"/>
+        <v>14</v>
+      </c>
+      <c r="C46" s="0" t="s">
+        <v>15</v>
+      </c>
+      <c r="D46" s="0" t="s">
+        <v>66</v>
+      </c>
+      <c r="E46" s="0" t="s">
+        <v>67</v>
+      </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
-        <v>79</v>
+        <v>82</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>25</v>
+        <v>38</v>
       </c>
       <c r="C47" s="0" t="s">
-        <v>47</v>
+        <v>9</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>63</v>
+        <v>54</v>
       </c>
       <c r="E47" s="0" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
-        <v>80</v>
+        <v>83</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>25</v>
+        <v>33</v>
       </c>
       <c r="C48" s="0" t="s">
-        <v>9</v>
+        <v>51</v>
       </c>
       <c r="D48" s="0" t="s">
-        <v>50</v>
+        <v>45</v>
       </c>
       <c r="E48" s="0" t="s">
-        <v>64</v>
+        <v>15</v>
       </c>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
-        <v>81</v>
+        <v>84</v>
       </c>
       <c r="B49" s="0" t="s">
-        <v>37</v>
-[...9 lines deleted...]
-      </c>
+        <v>27</v>
+      </c>
+      <c r="C49"/>
+      <c r="D49"/>
+      <c r="E49"/>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
-        <v>82</v>
+        <v>85</v>
       </c>
       <c r="B50" s="0" t="s">
-        <v>14</v>
-[...3 lines deleted...]
-      <c r="E50"/>
+        <v>42</v>
+      </c>
+      <c r="C50" s="0" t="s">
+        <v>45</v>
+      </c>
+      <c r="D50" s="0" t="s">
+        <v>43</v>
+      </c>
+      <c r="E50" s="0" t="s">
+        <v>30</v>
+      </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
-        <v>83</v>
+        <v>86</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>37</v>
+        <v>14</v>
       </c>
       <c r="C51" s="0" t="s">
         <v>40</v>
       </c>
       <c r="D51" s="0" t="s">
-        <v>38</v>
+        <v>66</v>
       </c>
       <c r="E51" s="0" t="s">
-        <v>26</v>
+        <v>87</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
-        <v>84</v>
+        <v>88</v>
       </c>
       <c r="B52" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C52"/>
       <c r="D52"/>
       <c r="E52"/>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
-        <v>85</v>
+        <v>89</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>25</v>
+        <v>14</v>
       </c>
       <c r="C53" s="0" t="s">
         <v>9</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>50</v>
+        <v>54</v>
       </c>
       <c r="E53" s="0" t="s">
-        <v>64</v>
+        <v>67</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
-        <v>86</v>
+        <v>90</v>
       </c>
       <c r="B54" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C54"/>
       <c r="D54"/>
       <c r="E54"/>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
-        <v>87</v>
+        <v>91</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>29</v>
+        <v>33</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>38</v>
+        <v>43</v>
       </c>
       <c r="E55" s="0" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
-        <v>88</v>
+        <v>92</v>
       </c>
       <c r="B56" s="0" t="s">
-        <v>25</v>
+        <v>14</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>47</v>
+        <v>24</v>
       </c>
       <c r="D56" s="0" t="s">
-        <v>68</v>
+        <v>16</v>
       </c>
       <c r="E56" s="0" t="s">
-        <v>70</v>
+        <v>72</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
-        <v>89</v>
+        <v>93</v>
       </c>
       <c r="B57" s="0" t="s">
-        <v>25</v>
+        <v>14</v>
       </c>
       <c r="C57" s="0" t="s">
         <v>9</v>
       </c>
       <c r="D57" s="0" t="s">
-        <v>47</v>
+        <v>15</v>
       </c>
       <c r="E57" s="0" t="s">
-        <v>20</v>
+        <v>24</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
-        <v>90</v>
+        <v>94</v>
       </c>
       <c r="B58" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D58" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E58" s="0" t="s">
-        <v>35</v>
+        <v>40</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
-        <v>91</v>
+        <v>95</v>
       </c>
       <c r="B59" s="0" t="s">
-        <v>25</v>
+        <v>14</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>9</v>
       </c>
       <c r="D59" s="0" t="s">
-        <v>47</v>
+        <v>15</v>
       </c>
       <c r="E59" s="0" t="s">
-        <v>92</v>
+        <v>96</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:E1"/>
   </mergeCells>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=EPPlusLicense.txt>This workbook was created with the EPPlus library, licensed to Kammarkollegiet under the Polyform Noncommercial license, see https://polyformproject.org/licenses/noncommercial/1.0.0
 For more information about EPPlus, see https://epplussoftware.com/
 
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>EPPlus</Application>
   <AppVersion></AppVersion>
   <Company>Kammarkollegiet</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">