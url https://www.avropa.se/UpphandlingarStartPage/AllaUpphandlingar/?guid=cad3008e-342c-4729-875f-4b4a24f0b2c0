--- v2 (2026-01-25)
+++ v3 (2026-03-12)
@@ -8,320 +8,311 @@
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.styles+xml" PartName="/xl/styles.xml"/>
   <Override ContentType="application/vnd.openxmlformats-package.core-properties+xml" PartName="/docProps/core.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.extended-properties+xml" PartName="/docProps/app.xml"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.custom-properties+xml" PartName="/docProps/custom.xml"/>
   <Override ContentType="text/plain" PartName="/EPPlusLicense.txt"/>
   <Override ContentType="application/vnd.openxmlformats-officedocument.spreadsheetml.sharedStrings+xml" PartName="/xl/sharedStrings.xml"/>
 </Types>
 </file>
 
 <file path=_rels/.rels><?xml version="1.0" encoding="UTF-8" standalone="yes"?><Relationships xmlns="http://schemas.openxmlformats.org/package/2006/relationships"><Relationship Id="rId1" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/officeDocument" Target="xl/workbook.xml"/><Relationship Id="rId2" Type="http://schemas.openxmlformats.org/package/2006/relationships/metadata/core-properties" Target="docProps/core.xml"/><Relationship Id="rId3" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/extended-properties" Target="docProps/app.xml"/><Relationship Id="rId4" Type="http://schemas.openxmlformats.org/officeDocument/2006/relationships/custom-properties" Target="docProps/custom.xml"/></Relationships>
 </file>
 
 <file path=xl/workbook.xml><?xml version="1.0" encoding="utf-8"?>
 <workbook xmlns:r="http://schemas.openxmlformats.org/officeDocument/2006/relationships" xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main">
   <bookViews>
     <workbookView/>
   </bookViews>
   <sheets>
     <sheet name="Upphandlingar" sheetId="1" r:id="rId1"/>
   </sheets>
   <calcPr fullCalcOnLoad="1" fullPrecision="1"/>
 </workbook>
 </file>
 
 <file path=xl/sharedStrings.xml><?xml version="1.0" encoding="utf-8"?>
-<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="97" uniqueCount="97">
+<sst xmlns="http://schemas.openxmlformats.org/spreadsheetml/2006/main" count="94" uniqueCount="94">
   <si>
     <t>Upphandlingar</t>
   </si>
   <si>
     <t>Ramavtalsområde</t>
   </si>
   <si>
     <t>Fas</t>
   </si>
   <si>
     <t>Annonsering</t>
   </si>
   <si>
     <t>Tilldelning</t>
   </si>
   <si>
     <t>Avtalsstart</t>
   </si>
   <si>
     <t>AV och distansmöten</t>
   </si>
   <si>
+    <t>Överprövad</t>
+  </si>
+  <si>
+    <t>September 2025</t>
+  </si>
+  <si>
+    <t>Januari 2026</t>
+  </si>
+  <si>
+    <t>Juli 2026</t>
+  </si>
+  <si>
+    <t>Bemanningstjänster</t>
+  </si>
+  <si>
+    <t>Planerad</t>
+  </si>
+  <si>
+    <t>Bevaknings- och larmcentraltjänster</t>
+  </si>
+  <si>
+    <t>Förberedelser</t>
+  </si>
+  <si>
+    <t>April 2026</t>
+  </si>
+  <si>
+    <t>September 2026</t>
+  </si>
+  <si>
+    <t>April 2027</t>
+  </si>
+  <si>
+    <t>Brandskydd</t>
+  </si>
+  <si>
+    <t>Bärbara datorer</t>
+  </si>
+  <si>
+    <t>Cirkulära möbelavtal</t>
+  </si>
+  <si>
+    <t>Datacenterutrustning</t>
+  </si>
+  <si>
+    <t>Annonseringsperiod</t>
+  </si>
+  <si>
+    <t>Februari 2026</t>
+  </si>
+  <si>
+    <t>Maj 2026</t>
+  </si>
+  <si>
+    <t>Datorer, mobiltelefoner och surfplattor</t>
+  </si>
+  <si>
+    <t>Drivmedel</t>
+  </si>
+  <si>
+    <t>Förstudie</t>
+  </si>
+  <si>
+    <t>Flygresor inrikes</t>
+  </si>
+  <si>
+    <t>Flygresor utrikes</t>
+  </si>
+  <si>
+    <t>Mars 2026</t>
+  </si>
+  <si>
+    <t>Juni 2026</t>
+  </si>
+  <si>
+    <t>December 2026</t>
+  </si>
+  <si>
+    <t>Flyttjänster</t>
+  </si>
+  <si>
+    <t>Inväntar avtalsstart</t>
+  </si>
+  <si>
+    <t>Mars 2025</t>
+  </si>
+  <si>
+    <t>Fordonsförhyrning</t>
+  </si>
+  <si>
+    <t>Företagshälsa</t>
+  </si>
+  <si>
+    <t>Glasögon</t>
+  </si>
+  <si>
+    <t>December 2025</t>
+  </si>
+  <si>
+    <t>Hotelltjänster</t>
+  </si>
+  <si>
+    <t>April 2025</t>
+  </si>
+  <si>
+    <t>November 2025</t>
+  </si>
+  <si>
+    <t>Hotelltjänster Longstay</t>
+  </si>
+  <si>
+    <t>Augusti 2025</t>
+  </si>
+  <si>
+    <t>Hygien- och städprodukter</t>
+  </si>
+  <si>
+    <t>Identifiering och behörighet</t>
+  </si>
+  <si>
+    <t>IT-drift</t>
+  </si>
+  <si>
+    <t>IT-konsulttjänster- Ledning av IT-projekt, Arkitektur och utveckling</t>
+  </si>
+  <si>
     <t>Tilldelningsbeslut</t>
   </si>
   <si>
-    <t>September 2025</t>
-[...38 lines deleted...]
-    <t>Datacenterutrustning</t>
+    <t>IT-konsulttjänster- Verksamhetens IT-behov och IT-konsultlösningar</t>
+  </si>
+  <si>
+    <t>Kaffe- och vattenautomater</t>
+  </si>
+  <si>
+    <t>Konferenser och möten</t>
+  </si>
+  <si>
+    <t>Kontorsmateriel</t>
+  </si>
+  <si>
+    <t>Oktober 2027</t>
+  </si>
+  <si>
+    <t>Kontorspapper</t>
+  </si>
+  <si>
+    <t>Litteratur</t>
+  </si>
+  <si>
+    <t>Managementtjänster - Utredning, ledning och verksamhetsstyrning</t>
+  </si>
+  <si>
+    <t>Managementtjänster - Utveckling chef och medarbetare</t>
+  </si>
+  <si>
+    <t>Managementtjänster- Verksamhets- och organisationsutveckling</t>
+  </si>
+  <si>
+    <t>Mediebyråtjänster</t>
+  </si>
+  <si>
+    <t>Augusti 2026</t>
+  </si>
+  <si>
+    <t>Februari 2027</t>
+  </si>
+  <si>
+    <t>Mediebyråtjänster - Annonseringsverktyg</t>
+  </si>
+  <si>
+    <t>Mobiltelefoner</t>
+  </si>
+  <si>
+    <t>Möbler och inredning</t>
+  </si>
+  <si>
+    <t>Postförmedlingstjänster</t>
+  </si>
+  <si>
+    <t>November 2026</t>
+  </si>
+  <si>
+    <t>Mars 2027</t>
+  </si>
+  <si>
+    <t>Presentkort</t>
+  </si>
+  <si>
+    <t>Programvaror och tjänster</t>
+  </si>
+  <si>
+    <t>Programvarulösningar och licenser</t>
+  </si>
+  <si>
+    <t>Rakel- och radioutrustning</t>
+  </si>
+  <si>
+    <t>Rekryteringstjänster</t>
+  </si>
+  <si>
+    <t>Resebyråtjänster</t>
+  </si>
+  <si>
+    <t>Reservkraft</t>
+  </si>
+  <si>
+    <t>Revision- och granskningstjänster</t>
+  </si>
+  <si>
+    <t>Skrivare</t>
+  </si>
+  <si>
+    <t>Städtjänster - Stockholms län</t>
+  </si>
+  <si>
+    <t>Säker förvaring</t>
+  </si>
+  <si>
+    <t>Säkerhetsteknik</t>
+  </si>
+  <si>
+    <t>Taxitjänster</t>
+  </si>
+  <si>
+    <t>Tele- och datakommunikation</t>
+  </si>
+  <si>
+    <t>Januari 2027</t>
+  </si>
+  <si>
+    <t>Tjänstefordon</t>
+  </si>
+  <si>
+    <t>Tolkförmedlingstjänster</t>
   </si>
   <si>
     <t>Utvärdering</t>
-  </si>
-[...199 lines deleted...]
-    <t>Tolkförmedlingstjänster</t>
   </si>
   <si>
     <t>Tryckeritjänster</t>
   </si>
   <si>
     <t>Tågresor</t>
   </si>
   <si>
     <t>Öppen källkod med tillhörande tjänster</t>
   </si>
   <si>
     <t>Översättning och språktjänster – Engelska</t>
   </si>
   <si>
     <t>Översättning och språktjänster – Svenska</t>
   </si>
   <si>
     <t>Översättning och språktjänster – Övriga språk</t>
   </si>
   <si>
     <t>Juni 2027</t>
   </si>
 </sst>
 </file>
 
@@ -506,736 +497,730 @@
       <c r="D7"/>
       <c r="E7"/>
     </row>
     <row r="8">
       <c r="A8" s="0" t="s">
         <v>20</v>
       </c>
       <c r="B8" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C8"/>
       <c r="D8"/>
       <c r="E8"/>
     </row>
     <row r="9">
       <c r="A9" s="0" t="s">
         <v>21</v>
       </c>
       <c r="B9" s="0" t="s">
         <v>22</v>
       </c>
       <c r="C9" s="0" t="s">
         <v>23</v>
       </c>
       <c r="D9" s="0" t="s">
-        <v>9</v>
+        <v>24</v>
       </c>
       <c r="E9" s="0" t="s">
         <v>24</v>
       </c>
     </row>
     <row r="10">
       <c r="A10" s="0" t="s">
         <v>25</v>
       </c>
       <c r="B10" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C10"/>
       <c r="D10"/>
       <c r="E10"/>
     </row>
     <row r="11">
       <c r="A11" s="0" t="s">
         <v>26</v>
       </c>
       <c r="B11" s="0" t="s">
         <v>27</v>
       </c>
       <c r="C11"/>
       <c r="D11"/>
       <c r="E11"/>
     </row>
     <row r="12">
       <c r="A12" s="0" t="s">
         <v>28</v>
       </c>
       <c r="B12" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C12"/>
       <c r="D12"/>
       <c r="E12"/>
     </row>
     <row r="13">
       <c r="A13" s="0" t="s">
         <v>29</v>
       </c>
       <c r="B13" s="0" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="C13" s="0" t="s">
-        <v>24</v>
+        <v>30</v>
       </c>
       <c r="D13" s="0" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
       <c r="E13" s="0" t="s">
-        <v>31</v>
+        <v>32</v>
       </c>
     </row>
     <row r="14">
       <c r="A14" s="0" t="s">
-        <v>32</v>
+        <v>33</v>
       </c>
       <c r="B14" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C14" s="0" t="s">
-        <v>34</v>
+        <v>35</v>
       </c>
       <c r="D14" s="0" t="s">
         <v>8</v>
       </c>
       <c r="E14" s="0" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
     </row>
     <row r="15">
       <c r="A15" s="0" t="s">
-        <v>35</v>
+        <v>36</v>
       </c>
       <c r="B15" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C15"/>
       <c r="D15"/>
       <c r="E15"/>
     </row>
     <row r="16">
       <c r="A16" s="0" t="s">
-        <v>36</v>
+        <v>37</v>
       </c>
       <c r="B16" s="0" t="s">
         <v>27</v>
       </c>
       <c r="C16"/>
       <c r="D16"/>
       <c r="E16"/>
     </row>
     <row r="17">
       <c r="A17" s="0" t="s">
-        <v>37</v>
+        <v>38</v>
       </c>
       <c r="B17" s="0" t="s">
-        <v>38</v>
+        <v>34</v>
       </c>
       <c r="C17" s="0" t="s">
         <v>39</v>
       </c>
       <c r="D17" s="0" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="E17" s="0" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
     </row>
     <row r="18">
       <c r="A18" s="0" t="s">
+        <v>40</v>
+      </c>
+      <c r="B18" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="C18" s="0" t="s">
         <v>41</v>
       </c>
-      <c r="B18" s="0" t="s">
+      <c r="D18" s="0" t="s">
         <v>42</v>
-      </c>
-[...4 lines deleted...]
-        <v>43</v>
       </c>
       <c r="E18" s="0" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="19">
       <c r="A19" s="0" t="s">
+        <v>43</v>
+      </c>
+      <c r="B19" s="0" t="s">
+        <v>34</v>
+      </c>
+      <c r="C19" s="0" t="s">
         <v>44</v>
-      </c>
-[...4 lines deleted...]
-        <v>45</v>
       </c>
       <c r="D19" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E19" s="0" t="s">
         <v>10</v>
       </c>
     </row>
     <row r="20">
       <c r="A20" s="0" t="s">
-        <v>46</v>
+        <v>45</v>
       </c>
       <c r="B20" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C20"/>
       <c r="D20"/>
       <c r="E20"/>
     </row>
     <row r="21">
       <c r="A21" s="0" t="s">
-        <v>47</v>
+        <v>46</v>
       </c>
       <c r="B21" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C21"/>
       <c r="D21"/>
       <c r="E21"/>
     </row>
     <row r="22">
       <c r="A22" s="0" t="s">
-        <v>48</v>
+        <v>47</v>
       </c>
       <c r="B22" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C22"/>
       <c r="D22"/>
       <c r="E22"/>
     </row>
     <row r="23">
       <c r="A23" s="0" t="s">
+        <v>48</v>
+      </c>
+      <c r="B23" s="0" t="s">
         <v>49</v>
       </c>
-      <c r="B23" s="0" t="s">
-[...1 lines deleted...]
-      </c>
       <c r="C23" s="0" t="s">
-        <v>50</v>
+        <v>8</v>
       </c>
       <c r="D23" s="0" t="s">
-        <v>51</v>
+        <v>24</v>
       </c>
       <c r="E23" s="0" t="s">
-        <v>15</v>
+        <v>32</v>
       </c>
     </row>
     <row r="24">
       <c r="A24" s="0" t="s">
-        <v>52</v>
+        <v>50</v>
       </c>
       <c r="B24" s="0" t="s">
-        <v>53</v>
-[...9 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="C24"/>
+      <c r="D24"/>
+      <c r="E24"/>
     </row>
     <row r="25">
       <c r="A25" s="0" t="s">
-        <v>55</v>
+        <v>51</v>
       </c>
       <c r="B25" s="0" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="C25"/>
       <c r="D25"/>
       <c r="E25"/>
     </row>
     <row r="26">
       <c r="A26" s="0" t="s">
-        <v>56</v>
+        <v>52</v>
       </c>
       <c r="B26" s="0" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="C26"/>
       <c r="D26"/>
       <c r="E26"/>
     </row>
     <row r="27">
       <c r="A27" s="0" t="s">
-        <v>57</v>
+        <v>53</v>
       </c>
       <c r="B27" s="0" t="s">
-        <v>27</v>
-[...3 lines deleted...]
-      <c r="E27"/>
+        <v>14</v>
+      </c>
+      <c r="C27" s="0" t="s">
+        <v>30</v>
+      </c>
+      <c r="D27" s="0" t="s">
+        <v>24</v>
+      </c>
+      <c r="E27" s="0" t="s">
+        <v>54</v>
+      </c>
     </row>
     <row r="28">
       <c r="A28" s="0" t="s">
-        <v>58</v>
+        <v>55</v>
       </c>
       <c r="B28" s="0" t="s">
-        <v>14</v>
-[...9 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="C28"/>
+      <c r="D28"/>
+      <c r="E28"/>
     </row>
     <row r="29">
       <c r="A29" s="0" t="s">
-        <v>60</v>
+        <v>56</v>
       </c>
       <c r="B29" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C29"/>
       <c r="D29"/>
       <c r="E29"/>
     </row>
     <row r="30">
       <c r="A30" s="0" t="s">
-        <v>61</v>
+        <v>57</v>
       </c>
       <c r="B30" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C30"/>
       <c r="D30"/>
       <c r="E30"/>
     </row>
     <row r="31">
       <c r="A31" s="0" t="s">
-        <v>62</v>
+        <v>58</v>
       </c>
       <c r="B31" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C31"/>
       <c r="D31"/>
       <c r="E31"/>
     </row>
     <row r="32">
       <c r="A32" s="0" t="s">
-        <v>63</v>
+        <v>59</v>
       </c>
       <c r="B32" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C32"/>
       <c r="D32"/>
       <c r="E32"/>
     </row>
     <row r="33">
       <c r="A33" s="0" t="s">
-        <v>64</v>
+        <v>60</v>
       </c>
       <c r="B33" s="0" t="s">
-        <v>12</v>
-[...3 lines deleted...]
-      <c r="E33"/>
+        <v>14</v>
+      </c>
+      <c r="C33" s="0" t="s">
+        <v>23</v>
+      </c>
+      <c r="D33" s="0" t="s">
+        <v>61</v>
+      </c>
+      <c r="E33" s="0" t="s">
+        <v>62</v>
+      </c>
     </row>
     <row r="34">
       <c r="A34" s="0" t="s">
-        <v>65</v>
+        <v>63</v>
       </c>
       <c r="B34" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C34" s="0" t="s">
-        <v>40</v>
+        <v>30</v>
       </c>
       <c r="D34" s="0" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="E34" s="0" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
     </row>
     <row r="35">
       <c r="A35" s="0" t="s">
-        <v>68</v>
+        <v>64</v>
       </c>
       <c r="B35" s="0" t="s">
         <v>27</v>
       </c>
       <c r="C35"/>
       <c r="D35"/>
       <c r="E35"/>
     </row>
     <row r="36">
       <c r="A36" s="0" t="s">
-        <v>69</v>
+        <v>65</v>
       </c>
       <c r="B36" s="0" t="s">
         <v>27</v>
       </c>
       <c r="C36"/>
       <c r="D36"/>
       <c r="E36"/>
     </row>
     <row r="37">
       <c r="A37" s="0" t="s">
-        <v>70</v>
+        <v>66</v>
       </c>
       <c r="B37" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C37" s="0" t="s">
         <v>16</v>
       </c>
       <c r="D37" s="0" t="s">
-        <v>71</v>
+        <v>67</v>
       </c>
       <c r="E37" s="0" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
     </row>
     <row r="38">
       <c r="A38" s="0" t="s">
-        <v>73</v>
+        <v>69</v>
       </c>
       <c r="B38" s="0" t="s">
         <v>27</v>
       </c>
       <c r="C38"/>
       <c r="D38"/>
       <c r="E38"/>
     </row>
     <row r="39">
       <c r="A39" s="0" t="s">
-        <v>74</v>
+        <v>70</v>
       </c>
       <c r="B39" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C39"/>
       <c r="D39"/>
       <c r="E39"/>
     </row>
     <row r="40">
       <c r="A40" s="0" t="s">
-        <v>75</v>
+        <v>71</v>
       </c>
       <c r="B40" s="0" t="s">
-        <v>38</v>
+        <v>22</v>
       </c>
       <c r="C40" s="0" t="s">
         <v>9</v>
       </c>
       <c r="D40" s="0" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="E40" s="0" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
     </row>
     <row r="41">
       <c r="A41" s="0" t="s">
-        <v>76</v>
+        <v>72</v>
       </c>
       <c r="B41" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C41"/>
       <c r="D41"/>
       <c r="E41"/>
     </row>
     <row r="42">
       <c r="A42" s="0" t="s">
-        <v>77</v>
+        <v>73</v>
       </c>
       <c r="B42" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C42"/>
       <c r="D42"/>
       <c r="E42"/>
     </row>
     <row r="43">
       <c r="A43" s="0" t="s">
-        <v>78</v>
+        <v>74</v>
       </c>
       <c r="B43" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C43"/>
       <c r="D43"/>
       <c r="E43"/>
     </row>
     <row r="44">
       <c r="A44" s="0" t="s">
-        <v>79</v>
+        <v>75</v>
       </c>
       <c r="B44" s="0" t="s">
         <v>27</v>
       </c>
       <c r="C44"/>
       <c r="D44"/>
       <c r="E44"/>
     </row>
     <row r="45">
       <c r="A45" s="0" t="s">
-        <v>80</v>
+        <v>76</v>
       </c>
       <c r="B45" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C45"/>
       <c r="D45"/>
       <c r="E45"/>
     </row>
     <row r="46">
       <c r="A46" s="0" t="s">
-        <v>81</v>
+        <v>77</v>
       </c>
       <c r="B46" s="0" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="C46" s="0" t="s">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="D46" s="0" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="E46" s="0" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
     </row>
     <row r="47">
       <c r="A47" s="0" t="s">
-        <v>82</v>
+        <v>78</v>
       </c>
       <c r="B47" s="0" t="s">
-        <v>38</v>
+        <v>22</v>
       </c>
       <c r="C47" s="0" t="s">
         <v>9</v>
       </c>
       <c r="D47" s="0" t="s">
-        <v>54</v>
+        <v>24</v>
       </c>
       <c r="E47" s="0" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
     </row>
     <row r="48">
       <c r="A48" s="0" t="s">
-        <v>83</v>
+        <v>79</v>
       </c>
       <c r="B48" s="0" t="s">
-        <v>33</v>
-[...9 lines deleted...]
-      </c>
+        <v>12</v>
+      </c>
+      <c r="C48"/>
+      <c r="D48"/>
+      <c r="E48"/>
     </row>
     <row r="49">
       <c r="A49" s="0" t="s">
-        <v>84</v>
+        <v>80</v>
       </c>
       <c r="B49" s="0" t="s">
         <v>27</v>
       </c>
       <c r="C49"/>
       <c r="D49"/>
       <c r="E49"/>
     </row>
     <row r="50">
       <c r="A50" s="0" t="s">
-        <v>85</v>
+        <v>81</v>
       </c>
       <c r="B50" s="0" t="s">
+        <v>7</v>
+      </c>
+      <c r="C50" s="0" t="s">
+        <v>44</v>
+      </c>
+      <c r="D50" s="0" t="s">
         <v>42</v>
       </c>
-      <c r="C50" s="0" t="s">
-[...4 lines deleted...]
-      </c>
       <c r="E50" s="0" t="s">
-        <v>30</v>
+        <v>31</v>
       </c>
     </row>
     <row r="51">
       <c r="A51" s="0" t="s">
-        <v>86</v>
+        <v>82</v>
       </c>
       <c r="B51" s="0" t="s">
-        <v>14</v>
+        <v>22</v>
       </c>
       <c r="C51" s="0" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
       <c r="D51" s="0" t="s">
-        <v>66</v>
+        <v>61</v>
       </c>
       <c r="E51" s="0" t="s">
-        <v>87</v>
+        <v>83</v>
       </c>
     </row>
     <row r="52">
       <c r="A52" s="0" t="s">
-        <v>88</v>
+        <v>84</v>
       </c>
       <c r="B52" s="0" t="s">
-        <v>12</v>
+        <v>27</v>
       </c>
       <c r="C52"/>
       <c r="D52"/>
       <c r="E52"/>
     </row>
     <row r="53">
       <c r="A53" s="0" t="s">
-        <v>89</v>
+        <v>85</v>
       </c>
       <c r="B53" s="0" t="s">
-        <v>14</v>
+        <v>86</v>
       </c>
       <c r="C53" s="0" t="s">
-        <v>9</v>
+        <v>23</v>
       </c>
       <c r="D53" s="0" t="s">
-        <v>54</v>
+        <v>24</v>
       </c>
       <c r="E53" s="0" t="s">
-        <v>67</v>
+        <v>62</v>
       </c>
     </row>
     <row r="54">
       <c r="A54" s="0" t="s">
-        <v>90</v>
+        <v>87</v>
       </c>
       <c r="B54" s="0" t="s">
         <v>12</v>
       </c>
       <c r="C54"/>
       <c r="D54"/>
       <c r="E54"/>
     </row>
     <row r="55">
       <c r="A55" s="0" t="s">
-        <v>91</v>
+        <v>88</v>
       </c>
       <c r="B55" s="0" t="s">
-        <v>33</v>
+        <v>34</v>
       </c>
       <c r="C55" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D55" s="0" t="s">
-        <v>43</v>
+        <v>42</v>
       </c>
       <c r="E55" s="0" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
     </row>
     <row r="56">
       <c r="A56" s="0" t="s">
-        <v>92</v>
+        <v>89</v>
       </c>
       <c r="B56" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C56" s="0" t="s">
-        <v>24</v>
+        <v>15</v>
       </c>
       <c r="D56" s="0" t="s">
         <v>16</v>
       </c>
       <c r="E56" s="0" t="s">
-        <v>72</v>
+        <v>68</v>
       </c>
     </row>
     <row r="57">
       <c r="A57" s="0" t="s">
-        <v>93</v>
+        <v>90</v>
       </c>
       <c r="B57" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C57" s="0" t="s">
-        <v>9</v>
+        <v>15</v>
       </c>
       <c r="D57" s="0" t="s">
-        <v>15</v>
+        <v>61</v>
       </c>
       <c r="E57" s="0" t="s">
-        <v>24</v>
+        <v>61</v>
       </c>
     </row>
     <row r="58">
       <c r="A58" s="0" t="s">
-        <v>94</v>
+        <v>91</v>
       </c>
       <c r="B58" s="0" t="s">
         <v>7</v>
       </c>
       <c r="C58" s="0" t="s">
         <v>8</v>
       </c>
       <c r="D58" s="0" t="s">
         <v>9</v>
       </c>
       <c r="E58" s="0" t="s">
-        <v>40</v>
+        <v>23</v>
       </c>
     </row>
     <row r="59">
       <c r="A59" s="0" t="s">
-        <v>95</v>
+        <v>92</v>
       </c>
       <c r="B59" s="0" t="s">
         <v>14</v>
       </c>
       <c r="C59" s="0" t="s">
         <v>9</v>
       </c>
       <c r="D59" s="0" t="s">
-        <v>15</v>
+        <v>30</v>
       </c>
       <c r="E59" s="0" t="s">
-        <v>96</v>
+        <v>93</v>
       </c>
     </row>
   </sheetData>
   <mergeCells>
     <mergeCell ref="A1:E1"/>
   </mergeCells>
   <headerFooter/>
 </worksheet>
 </file>
 
 <file path=EPPlusLicense.txt>This workbook was created with the EPPlus library, licensed to Kammarkollegiet under the Polyform Noncommercial license, see https://polyformproject.org/licenses/noncommercial/1.0.0
 For more information about EPPlus, see https://epplussoftware.com/
 
 </file>
 
 <file path=docProps/app.xml><?xml version="1.0" encoding="utf-8"?>
 <Properties xmlns:vt="http://schemas.openxmlformats.org/officeDocument/2006/docPropsVTypes" xmlns="http://schemas.openxmlformats.org/officeDocument/2006/extended-properties">
   <Application>EPPlus</Application>
   <AppVersion></AppVersion>
   <Company>Kammarkollegiet</Company>
 </Properties>
 </file>
 
 <file path=docProps/core.xml><?xml version="1.0" encoding="utf-8"?>
 <cp:coreProperties xmlns:cp="http://schemas.openxmlformats.org/package/2006/metadata/core-properties" xmlns:dc="http://purl.org/dc/elements/1.1/" xmlns:dcterms="http://purl.org/dc/terms/" xmlns:dcmitype="http://purl.org/dc/dcmitype/" xmlns:xsi="http://www.w3.org/2001/XMLSchema-instance">